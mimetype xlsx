--- v0 (2025-12-11)
+++ v1 (2026-03-11)
@@ -10,5458 +10,5755 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4424" uniqueCount="1795">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4676" uniqueCount="1894">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2618</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>POR</t>
+  </si>
+  <si>
+    <t>Portaria</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2618/portaria_no_036-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia a servidora, sem ônus, Madiele dos Santos Rath Dutra, para atuar como Responsável pelo Serviço de informação ao Cidadão - SlC, no âmbito da Câmara Municipal de Buritis/RO, em cumprimento às disposições da Lei nº 12.527/2011."</t>
+  </si>
+  <si>
+    <t>2617</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2617/portaria_no_035-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia servidores, sem ônus, para atuarem na alimentação do Sistema de Apoio ao Processo Legislativo - SAPL."</t>
+  </si>
+  <si>
+    <t>2606</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2606/portaria_no_034-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia servidores, sem ônus, para atuarem na alimentação do sistema de Apoio ao processo Legislativo - SAPL."</t>
+  </si>
+  <si>
+    <t>2605</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2605/portaria_no_033-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia a servidora Viviane Souza Oliveira, para exercer a função de gestor de Contratos, no âmbito da Câmara Municipal de Buritis- RO, e dá outras providencias."</t>
+  </si>
+  <si>
+    <t>2604</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2604/portaria_no_032-2026.pdf</t>
+  </si>
+  <si>
+    <t>Revoga Portaria Nº 079/2025.</t>
+  </si>
+  <si>
+    <t>2603</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2603/portaria_no_031-2026.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia sem ônus o servidor para exercer Funções inerentes ao cargo de Técnico de apoio tecnológico no âmbito da Câmara Municipal de Buritis".</t>
+  </si>
+  <si>
+    <t>2602</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2602/portaria_no_030-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Hernandes Coelho Braun Chaulet, para exercer a função de encarregado pelo tratamento de dados pessoais e Marcelo Bruni Bonomo, para substituto.</t>
+  </si>
+  <si>
+    <t>2601</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2601/portaria_no_029-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia o encarregado e substituto pelo proteção e tratamento de dados pessoais, conforme Lei 13.709/2018 e institui grupo de trabalho com a finalidade de estruturação da LGPD".</t>
+  </si>
+  <si>
+    <t>2600</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2600/portaria_no_028-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Diretor de Controle Institucional no âmbito Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2599</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2599/portaria_no_027-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia sem ônus servidores para compor a Ouvidoria da câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2598</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2598/portaria_no_026-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Comissão de Contratações no âmbito da Câmara Municipal De Buritis-RO."</t>
+  </si>
+  <si>
+    <t>2594</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2594/portaria_no_025-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Assessor de agente de contratações da Câmara Municipal de Buritis- RO."</t>
+  </si>
+  <si>
+    <t>2593</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2593/portaria_no_024-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Assessor da Diretoria no âmbito da Câmara Municipal de Buritis - RO"</t>
+  </si>
+  <si>
+    <t>2592</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2592/portaria_no_023-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Chefe de Gabinete no âmbito da Câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2590</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2590/portaria_no_022-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia (sem ônus) Servidor para auxiliar o Agente de Contratações/Pregoeiro no âmbito dá Câmara Municipal de Buritis/RO."</t>
+  </si>
+  <si>
+    <t>2589</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2589/portaria_no_021-2026.pdf</t>
+  </si>
+  <si>
+    <t>2578</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2578/portaria_no_020-2026.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia diretora Legislativa Adjunta da Câmara Municipal de Buritis-RO</t>
+  </si>
+  <si>
+    <t>2577</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2577/portaria_no_019-2026.pdf</t>
+  </si>
+  <si>
+    <t>Exonera assessor de agente de contratação no âmbito da câmara Municipal de Buritis-RO</t>
+  </si>
+  <si>
+    <t>2576</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2576/portaria_no_018-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Diretora de Transparecia  da Câmara Municipal de Buritis-RO."</t>
+  </si>
+  <si>
+    <t>2575</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2575/portaria_no_017-2026.pdf</t>
+  </si>
+  <si>
+    <t>Nomeia Assessor parlamentar no âmbito da Câmara Municipal de Buritis- RO".</t>
+  </si>
+  <si>
+    <t>2573</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2573/portaria_no_016-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Diretora Geral da Câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2572</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2572/portaria_no_015-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Exonera Diretor Geral no âmbito da Câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2570</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2570/portaria_no_014-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Fica revogada Portaria Nº 010/2026".</t>
+  </si>
+  <si>
+    <t>2569</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Nomeia assessor jurídico no âmbito da Câmara Municipal de Buritis-RO.</t>
+  </si>
+  <si>
+    <t>2568</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2568/portaria_no_012-2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui calendário de pagamento, no âmbito da Câmara Municipal de Buritis/Rondônia, referente aos meses de fevereiro a dezembro de 2026.</t>
+  </si>
+  <si>
+    <t>2567</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2567/portaria_011-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Assessora Parlamentar no âmbito da Câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2566</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2566/portaria_no_010-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Assessor Parlamentar no âmbito da Câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2565</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2565/portaria_no_009-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Exonera Chefe de Gabinete no âmbito da Câmara Municipal de Buritis - RO".</t>
+  </si>
+  <si>
+    <t>2563</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2563/portaria_no_008-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Diretor de Imprensa da Câmara Municipal de Buritis-RO".</t>
+  </si>
+  <si>
+    <t>2562</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2562/portaria_no_007-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Exonera assessor parlamentar no âmbito da Câmara Municipal de Buritis-RO".</t>
+  </si>
+  <si>
+    <t>2564</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>''Define a Jornada de trabalho dos zeladores da Câmara Municipal de Buritis-RO''</t>
+  </si>
+  <si>
+    <t>2560</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2560/portaria_no_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Exonera Diretor de lmprensa no âmbito da Câmara Municipal de Buritis - RO" .</t>
+  </si>
+  <si>
+    <t>2559</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2559/portaria_no_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Exonera Diretor Jurídico no âmbito da Câmara Municipal de Buritis - RO" .</t>
+  </si>
+  <si>
+    <t>2558</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2558/portaria_no_003-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a confirmação no cargo e reconhecimento de estabilidade de servidores públicos aprovados em estágio probatório no âmbito da Câmara Municipal de Buritis/RO".</t>
+  </si>
+  <si>
+    <t>2557</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2557/portaria_no_002-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia sem ônus o Servidor Benedito Tales Santos Sousa para exercer Funções Inerentes de Administrador do Portal da Transparência no âmbito da Câmara Municipal de Buritis/RO".</t>
+  </si>
+  <si>
+    <t>2546</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2546/portaria_no_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Nomeia Interinamente e sem Ônus servidora para exercer Funções Inerentes ao cargo de ouvidora no âmbito da Câmara Municipal de Buritis/RO"</t>
+  </si>
+  <si>
     <t>2530</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>POR</t>
-[...5 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2530/portaria_no_102-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2530/portaria_no_102-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia (Sem Ônus) servidor para Auxiliar o coordenador de frotas no âmbito da Câmara Municipal de Buritis/RO"</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2520/portaria_no_101-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2520/portaria_no_101-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Agente Suprido sem ônus no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2516/portaria_no_100-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2516/portaria_no_100-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Chefe de Gabinete no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2515/portaria_no_099-2025.pdf</t>
-[...2 lines deleted...]
-    <t>"Exonera assessor parlamentar no âmbito da Câmara Municipal de Buritis-RO".</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2515/portaria_no_099-2025.pdf</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2513/portaria_no_098-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2513/portaria_no_098-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidores para compor a Ouvidoria da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2512/portaria_no_097-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2512/portaria_no_097-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidores para auxiliar os trabalhos da Comissão processante no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2510/portaria_no_096-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2510/portaria_no_096-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia assessora parlamentar no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2509/portaria_no_095-2025_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2509/portaria_no_095-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>"Exonera Chefe de Gabinete no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2506/portaria_no_094-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2506/portaria_no_094-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia interinamente com ônus servidor para exercer funções inerentes ao cargo de Coordenador de frotas no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2505/portaria_no_093-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2505/portaria_no_093-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Agente Suprido sem ônus no âmbito da Câmara Municipal de Buritis/RO."</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2504/portaria_no092-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2504/portaria_no092-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidores para compor  Ouvidoria da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2503/portaria_no_091-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2503/portaria_no_091-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretora Jurídica da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2502/portaria_no_090-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2502/portaria_no_090-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia chefe de Gabinete da Câmara Municipal de Buritis-RO"</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2499/portaria_no_089-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2499/portaria_no_089-2025.pdf</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2498/portaria_no_088-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2498/portaria_no_088-2025.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor (a) Parlamentar no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2497/portaria_no_087-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2497/portaria_no_087-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia interinamente e sem ônus a servidora Fabiana de Almeida Barros de Morais, para exercer a função de Diretor(a) do Legislativo, no âmbito da Câmara Municipal de Buritis - RO e dá outras providências".</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2500/portaria_no_086-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2500/portaria_no_086-2025.pdf</t>
   </si>
   <si>
     <t>"Concede pagamento de progressão vertical retroativa para servidora da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>2495</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2495/portaria_no_085-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2495/portaria_no_085-2025.pdf</t>
   </si>
   <si>
     <t>"Exonera Diretor Jurídico no âmbito da Câmara Municipal de Buritis-RO"</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2485/portaria_no_084-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2485/portaria_no_084-2025.pdf</t>
   </si>
   <si>
     <t>"Concede Progressão Horizontal para servidor da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2484/portaria_no_083-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2484/portaria_no_083-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Fiscalização do processo Nº 120/2025, no âmbio da Câmara Municipal de Buritis-RO"</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2483/portaria_no_082-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2483/portaria_no_082-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia interinamente e sem ônus a servidora Fernanda Costa Ferreira, para exercer a função de fiscal de Contratos, no âmbito da Câmara Municipal de Buritis-RO, e dá outras providências".</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2482/portaria_no_081-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2482/portaria_no_081-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Membros para compor a Comissão de Fiscalização de processo nº 120/2025, no âmbito da Câmara Municipal de Buritis-RO"</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2481/portaria_no_080-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2481/portaria_no_080-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeio a servidora Madiele dos Santos Rath Dutra, para exercer o função de Gestor de Contratos, no âmbito do Câmara Municipal de Buritis-RO, e dá outros providências"</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2473/portaria_no_079-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2473/portaria_no_079-2025.pdf</t>
   </si>
   <si>
     <t>"Revoga Portaria Nº 129/2024".</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2472/portaria_no_078-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2472/portaria_no_078-2025.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 020/2025".</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2469/portaria_no_077-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2469/portaria_no_077-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus para exercer funções inerentes ao cargo de técnico ao cargo de tecnológico no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2463/portaria_no_076-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2463/portaria_no_076-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e com Ônus servidora para exercer Funções Inerentes ao cargo de Diretora de Patrimônio e Materiais no âmbito da Câmara Municipal de Buritis-RO"</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2462/portaria_no_075-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2462/portaria_no_075-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia interinamente com ônus servidor para exercer Funções Inerentes ao cargo de Coordenador de Frotas no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2453/portaria_no_074-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2453/portaria_no_074-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação de assessores para digitalização de documentação da CPI".</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2451/portaria_no_073-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2451/portaria_no_073-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de inventário para conferência física do Patrimônio e almoxarifado no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_no_072-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_no_072-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia (Sem Ônus) servidora para auxiliar o agente de contratações/pregoeiro no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2449/portaria_no_071-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2449/portaria_no_071-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia assessor parlamentar no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2448/portaria_no_070-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2448/portaria_no_070-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora de agente de Contratações da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2447/portaria_no_069-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2447/portaria_no_069-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão de Contratações no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2446/portaria_no_068-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2446/portaria_no_068-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão de Contratações no âmbito da câmara municipal de Buritis-RO."</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2445/portaria_no_067-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2445/portaria_no_067-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia assessora de agente de Contratações da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2443/portaria_no_066-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2443/portaria_no_066-2025.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora de agente de Contratações no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2442/portaria_no_065-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2442/portaria_no_065-2025.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora Parlamentar no âmbito da Câmara Municipal de Buritis-RO" .</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2440/portaria_no_064-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2440/portaria_no_064-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia inteirinamente e com Ônus servidora para exercer funções inerentes ao cargo de Agente de Contratações/ Pregoeira no âmbito da Câmara Municipal de Buritis/RO"</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2439/portaria_no_063-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2439/portaria_no_063-2025.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para compor a comissão temporária de verificação e recebimento de materiais permanentes e produtos de informática e dá outras providências.</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2434/portaria_no_062-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2434/portaria_no_062-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia interinamente e Sem Ônus servidora para exercer Funções inerentes ao cargo de Agente de Contratações/ Pregoeira no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2426/portaria_no_061-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2426/portaria_no_061-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor Parlamentar no âmbito da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2425/portaria_no_060-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2425/portaria_no_060-2025.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor Parlamentar no âmbito da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2424/portaria_no_059-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2424/portaria_no_059-2025.pdf</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2423/portaria_no_058-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2423/portaria_no_058-2025.pdf</t>
   </si>
   <si>
     <t>2422</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2422/portaria_no_057-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2422/portaria_no_057-2025.pdf</t>
   </si>
   <si>
     <t>"Institui calendário de pagamento, no âmbito da Câmara Municipal de Buritis/Rondônia, referente aos meses de julho a dezembro de 2025."</t>
   </si>
   <si>
     <t>2415</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2415/portaria_no_056-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2415/portaria_no_056-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeio servidor para auxiliar os trabalhos da Comissão Parlamentar de inquérito no âmbito do Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2401</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2401/portaria_no_055-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2401/portaria_no_055-2025.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora Parlamentar no âmbito da Câmara Municipal De Buritis-RO".</t>
   </si>
   <si>
     <t>2391</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no_054-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no_054-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidores para auxiliarem os trabalhos da Comissão Parlamentar de Inquérito no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2386/portaria_no_053-2025-_publicado.pdf</t>
-[...2 lines deleted...]
-    <t>"Nomeia servidores, sem ônus, para atuarem na alimentação do Sistema de Apoio ao Processo Legislativo - SAPL."</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2386/portaria_no_053-2025-_publicado.pdf</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2385/portaria_no_052-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2385/portaria_no_052-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidores para auxiliarem os trabalhos da comissão parlamentar de inquérito no âmbito da câmara municipal de Buritis- RO".</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2384/portaria_no_051-2025_membros.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2384/portaria_no_051-2025_membros.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Parlamentar de Inquérito - CPI ".</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2381/portaria_no_050-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2381/portaria_no_050-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a comissão temporária de revisão do regimento interno da câmara municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2378/portaria_no_049-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2378/portaria_no_049-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Processante do Processo Administrativo Disciplinar nº 107/2025 para apurar a conduta do servidor E. C. de J. (matrícula 462) que atua no âmbito da Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2377/portaria_no_048-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2377/portaria_no_048-2025.pdf</t>
   </si>
   <si>
     <t>"Instaura Processo Administrativo Disciplinar nº 107/2025 para apurar a conduta do servidor E. C. de J. (matrícula 462) que atua no âmbito da Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2364/portaria_no_047-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2364/portaria_no_047-2025.pdf</t>
   </si>
   <si>
     <t>"Prorroga o prazo para conclusão dos trabalhos da Comissão de Sindicância para apurar atraso na aquisição de material de consumo"</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2362/portaria_no_046-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2362/portaria_no_046-2025.pdf</t>
   </si>
   <si>
     <t>"Mantém o afastamento dos servidores E. C. de J. (matrícula 462) e D. N. de S. (matrícula 481)."</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2315/portaria_no_045-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2315/portaria_no_045-2025.pdf</t>
   </si>
   <si>
     <t>NOMEIA: BENEDITO TALES SANTOS SOUSA, para exercer a função de encarregado pel tratamento de dados pessoais e MARCELO BRUNI BONOMO, para substituto</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2314/portaria_no_044-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2314/portaria_no_044-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Parlamentar de inquérito - CPI"</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2313/portaria_no_043-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2313/portaria_no_043-2025.pdf</t>
   </si>
   <si>
     <t>"Instaura Processo Administrativo Disciplinar para apurar a conduta dos servidores E. C. de J. e D. N. de S. que atuam no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2311/portaria_no_042-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2311/portaria_no_042-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia o encarregado e substituto pela proteção e tratamento de dados pessoais, conforme a Lei 13.709/2018 e institui grupo de trabalho com a finalidade de estruturação da LGPD"</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2310/portaria_no_041-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2310/portaria_no_041-2025.pdf</t>
   </si>
   <si>
     <t>"Fica revogada Portaria Nº 031/2025"</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2309/portaria_no_040-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2309/portaria_no_040-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apurar atraso na aquisição de material de consumo"</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2308/portaria_no_039-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2308/portaria_no_039-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2306/portaria_no_038-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2306/portaria_no_038-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia (Sem ônus) para Auxiliar no Legislativo da Câmara Municipal de Buritis- RO"</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2300/portaria_no_037-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2300/portaria_no_037-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia (Sem ônus) Auxiliar do Legislativo da Câmara Municipal de Buritis- RO"</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>36</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2299/portaria_no_036-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2299/portaria_no_036-2025.pdf</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>35</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2298/portaria_no_035-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2298/portaria_no_035-2025.pdf</t>
   </si>
   <si>
     <t>"Prorrogação afastamento dos servidores E. C. de J. (matricula 462) e D. N. de S. (matrícula 481)"</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>34</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2297/portaria_no_034-2025_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2297/portaria_no_034-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>33</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2296/portaria_no_033-2025_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2296/portaria_no_033-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Processante para apurar a conduta dos servidores E. C. de J. e D. N. de S. que atuam no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>32</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2295/portaria_no_032-2025_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2295/portaria_no_032-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>"Nomeia Contador interino (sem ônus) da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>31</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2294/portaria_no_031-2025_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2294/portaria_no_031-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>"Nomeio lnterinamente (Sem ônus) servidora para exerer Funções lnerentes ao cargo de Coordenador de Frotas no âmbito do Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>30</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2292/portaria_no_030-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2292/portaria_no_030-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apurar possíveis irregularidades no Portal da Transparência pela falta de alimentação do mesmo"</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>29</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2291/portaria_no_029-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2291/portaria_no_029-2025.pdf</t>
   </si>
   <si>
     <t>"Definição de Hierarquia no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>28</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2290/portaria_no_028-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2290/portaria_no_028-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidora para exercer Funções lnerentes ao cargo de Agente de Contratações/ Pregoeira no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>27</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2289/portaria_no_027-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2289/portaria_no_027-2025.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 019/2025"</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2288/portaria_no_026_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2288/portaria_no_026_-_2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria Nº 016/2025 que nomeia a Servidora Queila Vieira dos Reis"</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>25</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2274/portaria_no_025-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2274/portaria_no_025-2025.pdf</t>
   </si>
   <si>
     <t>"Torna sem efeito Portaria nº 007/2025"</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>24</t>
-[...5 lines deleted...]
-    <t>"Nomeia Assessor Parlamentar no âmbito da Câmara Municipal de Buritis - RO".</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2258/portaria_no_024_-_2025.pdf</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2257/portaria_no_023-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2257/portaria_no_023-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para fazer Publicação no mural da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>21</t>
-[...5 lines deleted...]
-    <t>"Nomeia Assessora Parlamentar no âmbito da Câmara Municipal de Buritis - RO".</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2255/portaria_no_021_-_2025.pdf</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2254/portaria_no_020-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2254/portaria_no_020-2025.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 128/2024".</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2256/portaria_no_022_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2256/portaria_no_022_-_2025.pdf</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>19</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2253/portaria_no_019-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2253/portaria_no_019-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão de Contratações no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>18</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2252/portaria_no_018-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2252/portaria_no_018-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidores para compor a Ouvidoria da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2251/portaria_no_017-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2251/portaria_no_017-2025.pdf</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2250/portaria_no_016_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2250/portaria_no_016_-_2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar no Âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2249/portaria_no_015_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2249/portaria_no_015_-_2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor do Legislativo da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2242/portaria_no_008_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2242/portaria_no_008_-_2025.pdf</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2248/portaria_no_014_-_2025_-_com_errata.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2248/portaria_no_014_-_2025_-_com_errata.pdf</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>13</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2247/portaria_no_013_-_2025_-_com_errata.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2247/portaria_no_013_-_2025_-_com_errata.pdf</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2246/portaria_no_012_-_2025_-_com_errata.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2246/portaria_no_012_-_2025_-_com_errata.pdf</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2245/portaria_no_011_-_2025_-_com_errata.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2245/portaria_no_011_-_2025_-_com_errata.pdf</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2244/portaria_no_010_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2244/portaria_no_010_-_2025.pdf</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2243/portaria_no_009_-_2025_-_com_errata.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2243/portaria_no_009_-_2025_-_com_errata.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor Parlamentar no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2241/portaria_no_007_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2241/portaria_no_007_-_2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora de Agente de Contratações da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2240/portaria_no_006_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2240/portaria_no_006_-_2025.pdf</t>
   </si>
   <si>
     <t>Nomeia Chefe de Gabinete da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2239/portaria_no_005_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2239/portaria_no_005_-_2025.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor de Agente de Contratações da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2238/portaria_no_004_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2238/portaria_no_004_-_2025.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor de lmprensa da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2237/portaria_no_003_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2237/portaria_no_003_-_2025.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor Jurídico da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2236/portaria_no_002_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2236/portaria_no_002_-_2025.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretora Geral da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>1</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2235/portaria_no_001_-_2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2235/portaria_no_001_-_2025.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor Planejamento e Orçamento da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2211/portaria_no_146-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2211/portaria_no_146-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Revoga Portaria 145/2024</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2210/portaria_no_145-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2210/portaria_no_145-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de inventário para conferência física do patrimônio e almoxarifado no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2209/portaria_no_144-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2209/portaria_no_144-2024.pdf</t>
   </si>
   <si>
     <t>"Exonera Servidores da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2208/portaria_no_143-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2208/portaria_no_143-2024.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora Parlamentar no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2207/portaria_no_142-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2207/portaria_no_142-2024.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor Parlamentar no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2206/portaria_no_141-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2206/portaria_no_141-2024_-.pdf</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2205/portaria_no_140-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2205/portaria_no_140-2024_-.pdf</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2204/portaria_no_139-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2204/portaria_no_139-2024_-.pdf</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2203/portaria_no_138-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2203/portaria_no_138-2024_-.pdf</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2202/portaria_no_137-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2202/portaria_no_137-2024_-.pdf</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>2200</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2200/portaria_no_135-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2200/portaria_no_135-2024_-.pdf</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2199/portaria_no_134-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2199/portaria_no_134-2024_-.pdf</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2194/portaria_no_133-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2194/portaria_no_133-2024_-.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor de Recursos Humanos e Finanças da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2193/portaria_no_132-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2193/portaria_no_132-2024_-.pdf</t>
   </si>
   <si>
     <t>"Exonera Diretor de Recursos Humanos e Finanças da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2192/portaria_no_131-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2192/portaria_no_131-2024_-.pdf</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2191/portaria_no_130-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2191/portaria_no_130-2024_-.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Especial para apuração de acidente de trânsito (com veículo não oficial) no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2176/portaria_no_129-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2176/portaria_no_129-2024_-.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 052/2023".</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2175/portaria_no_128-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2175/portaria_no_128-2024_-.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 051/2023".</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2174/portaria_no_127-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2174/portaria_no_127-2024_-.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 093/2024"</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2169/portaria_no_126-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2169/portaria_no_126-2024.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 101/2024".</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2148/portaria_no_125-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2148/portaria_no_125-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor lnterinamente e com  ônus para exercer Funções inerentes ao cargo de ouvidor no âmbito da Câmara Municipal de Buritis/R0".</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2147/portaria_no_124-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2147/portaria_no_124-2024.pdf</t>
   </si>
   <si>
     <t>“Autorização para Saída de Servidores em Razão da Interdição dos Banheiros no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2146/portaria_no_123-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2146/portaria_no_123-2024.pdf</t>
   </si>
   <si>
     <t>”Nomeia interinamente e com ônus servidora para exercer Funções Inerentes ao cargo de Agente de Contratações/ Pregoeira no âmbito da Câmara Municipal de Buritis/R0”.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2134/portaria_no_122-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2134/portaria_no_122-2024_-.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar no âmbito da Câmara Municipalde Buritis - RO"</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2131/portaria_no_121-2024_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2131/portaria_no_121-2024_.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor Parlamentar no âmbito da Câmara Municipalde Buritis - RO".</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2112/portaria_no_120-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2112/portaria_no_120-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº  089/2024".</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2111/portaria_no_119-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2111/portaria_no_119-2024_-_.pdf</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2108/portaria_no_118-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2108/portaria_no_118-2024.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora Parlamentar no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2106/portaria_no_117-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2106/portaria_no_117-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor Geral da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2105/portaria_no_116-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2105/portaria_no_116-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora de Agente de Contratações da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2104/portaria_no_115-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2104/portaria_no_115-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Nomeia Chefe de Gabinete da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2103/portaria_no_114-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2103/portaria_no_114-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora de Agente de Contratações da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2102/portaria_no_113-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2102/portaria_no_113-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretora do Legislativo da Câmara Municipal de Buritis- RO".</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2101/portaria_no_112-2024_-_.pdf</t>
-[...2 lines deleted...]
-    <t>"Exonera Chefe de Gabinete no âmbito da Câmara Municipal de Buritis - RO".</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2101/portaria_no_112-2024_-_.pdf</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2100/portaria_no_111-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2100/portaria_no_111-2024.pdf</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2099/portaria_no_110-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2099/portaria_no_110-2024.pdf</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2097/portaria_no_109-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2097/portaria_no_109-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Nomeia o servidor Interinamente Eliseu Cardoso de Jesus, sem ônus para ser responsável pelo E-Sic, no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2096/portaria_no_108-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2096/portaria_no_108-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor Interinamente e com Ônus para exercer Funções Inerentes ao cargo de ouvidor no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2095/portaria_no_107-2024_-.pdf</t>
-[...2 lines deleted...]
-    <t>"Exonera Diretor Geral no âmbito da Câmara Municipal de Buritis - RO".</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2095/portaria_no_107-2024_-.pdf</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2094/portaria_no_106-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2094/portaria_no_106-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Exonera Diretora Legislativa no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2093/portaria_no_105-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2093/portaria_no_105-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de denúncia quanto a possível imprudência de trânsito no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2072/portaria_no_104-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2072/portaria_no_104-2024.pdf</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2071/portaria_no_103-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2071/portaria_no_103-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus a servidora Rosilda Aguiar de Souza, para ser responsável pelo E-Sic, no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2070/portaria_no_102-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2070/portaria_no_102-2024.pdf</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2069/portaria_no_101-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2069/portaria_no_101-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Membros para Comporem a Comissão de Estudo Técnico Preliminar no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/767/portaria_no_100-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/767/portaria_no_100-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão reavaliação dos bens móveis pertencentes a Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/766/portaria_no_099-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/766/portaria_no_099-2024.pdf</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/754/portaria_no_098-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/754/portaria_no_098-2024.pdf</t>
   </si>
   <si>
     <t>Concede Progressão Vertical para Servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/736/portaria_no_097-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/736/portaria_no_097-2024.pdf</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/725/portaria_no_096-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/725/portaria_no_096-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de possíveis responsabilidades por parte da empresa no que se refere a_x000D_
 possíveis danos ao erário público por descumprimento de normas legais."</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/724/portaria_no_095-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/724/portaria_no_095-2024.pdf</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/723/portaria_no_094-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/723/portaria_no_094-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria Nº 061/2023."</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/721/portaria_no_093-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/721/portaria_no_093-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de Sindicância para apuração de acidente de trânsito no âmbito da Câmara Municipal de_x000D_
 Buritis - RO"</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/720/portaria_no_092-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/720/portaria_no_092-2024.pdf</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/719/portaria_no_091-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/719/portaria_no_091-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de possíveis responsabilidades referentes ao pagamento de juros e_x000D_
 multa no recolhimento das retenções de imposto e contribuição previdenciária no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/718/portaria_no_090-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/718/portaria_no_090-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidores para auxiliarem os trabalhos da Comissão Parlamentar de Inquérito no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/717/portaria_no_089-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/717/portaria_no_089-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão de Contratações no âmbito da Câmara Municipal de Buritis -RO".</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/716/portaria_no_088-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/716/portaria_no_088-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de possível responsabilização da não entrega de materiais permanentes"</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/715/portaria_no_087-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/715/portaria_no_087-2024.pdf</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/714/portaria_no_086-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/714/portaria_no_086-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente (Sem Ônus) servidora para exercer Funções Inerentes ao cargo de Coordenador de Frotas no âmbito da Câmara Municipal_x000D_
 de Buritis - RO".</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/713/portaria_no_085-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/713/portaria_no_085-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor de Imprensa no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/709/portaria_no_084-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/709/portaria_no_084-2024.pdf</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/708/portaria_no_083-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/708/portaria_no_083-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/707/portaria_no_082-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/707/portaria_no_082-2024.pdf</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/706/portaria_no_081-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/706/portaria_no_081-2024.pdf</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/705/portaria_no_080-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/705/portaria_no_080-2024.pdf</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/704/portaria_no_079-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/704/portaria_no_079-2024.pdf</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/703/portaria_no_078-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/703/portaria_no_078-2024.pdf</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/702/portaria_no_077-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/702/portaria_no_077-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar no âmbito da Câmara Municipal de Buritis- RO".</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/701/portaria_no_076-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/701/portaria_no_076-2024.pdf</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/700/portaria_no_075-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/700/portaria_no_075-2024.pdf</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/699/portaria_no_074-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/699/portaria_no_074-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar rio âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/698/portaria_no_073-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/698/portaria_no_073-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora de Agente de Contratações da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/697/portaria_no_072-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/697/portaria_no_072-2024.pdf</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/696/portaria_no_071-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/696/portaria_no_071-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Chefe de Gabinete da Câmara Municipal de Buritis- RO".</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/695/portaria_no_070-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/695/portaria_no_070-2024.pdf</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/694/portaria_no_069-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/694/portaria_no_069-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor de Planejamento e Orçamento da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/693/portaria_no_068-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/693/portaria_no_068-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor Jurídico da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/692/portaria_no_067-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/692/portaria_no_067-2024.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretora Legislativa da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/670/portaria_no_065-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/670/portaria_no_065-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora Interinamente e com Ônus para exercer Funções Inerentes ao cargo de ouvidor no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/646/portaria_no_064-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/646/portaria_no_064-2023.pdf</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/671/portaria_no_066-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/671/portaria_no_066-2023.pdf</t>
   </si>
   <si>
     <t>"Exonera Servidores da Câmara Municipal de Buritis e dá outras providencias".</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/639/portaria_no_063-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/639/portaria_no_063-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria Nº 023/2023 e dá outras providências".</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/637/portaria_no_062-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/637/portaria_no_062-2023.pdf</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/636/portaria_no_061-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/636/portaria_no_061-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Parlamentar de Inquérito - CPI."</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/635/portaria_no_060-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/635/portaria_no_060-2023.pdf</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/634/portaria_no_059-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/634/portaria_no_059-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria Nº 011/2023 que nomeia a Servidora Denisiene dos Santos da Graça".</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/633/portaria_no_058-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/633/portaria_no_058-2023.pdf</t>
   </si>
   <si>
     <t>"Exonera Chefe de Gabinete da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/632/portaria_no_057-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/632/portaria_no_057-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia a servidora Edwirges Pógere, para exercer as funções inerentes ao Cargo de Fiscal de Contrato, no âmbito da Câmara Municipal de Burítis - RO, e dá outras providências".</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/630/portaria_no_056-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/630/portaria_no_056-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia a servidora Rosilda Aguiar de Souza, para exercer as funções inerentes ao cargo de Ouvidora, no âmbito da Câmara Municipal de Buritis - RO, e dá outras providências".</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/629/portaria_no_055-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/629/portaria_no_055-2023.pdf</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/611/portaria_no_054-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/611/portaria_no_054-2023.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/607/portaria_no_053-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/607/portaria_no_053-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de possíveis responsabilidades referente ao pagamento de juros e multa no recolhimento das retenções de imposto e contribuição prevídenciária no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/606/portaria_no_052-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/606/portaria_no_052-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de materiais permanentes e produtos de informática da Câmara _x000D_
 Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/604/portaria_no_051-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/604/portaria_no_051-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de mercadorias, produtos e insumos da Câmara Municipal e dá _x000D_
 outras providências".</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/603/portaria_no_050-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/603/portaria_no_050-2023.pdf</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/602/portaria_no_049-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/602/portaria_no_049-2023.pdf</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/601/portaria_no_048-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/601/portaria_no_048-2023.pdf</t>
   </si>
   <si>
     <t>"Exonera Diretor Geral da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/600/portaria_no_047-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/600/portaria_no_047-2023.pdf</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/599/portaria_no_046-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/599/portaria_no_046-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Parlamentar de Inquérito - CPI".</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/582/portaria_no_045-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/582/portaria_no_045-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Especial para apuração de acidente de trânsito (com veículo oficial) no âmbito da Câmara Municipal _x000D_
 de Buritis - RO"</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/581/portaria_no_044-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/581/portaria_no_044-2023.pdf</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/580/portaria_no_043-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/580/portaria_no_043-2023.pdf</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/579/portaria_no_042-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/579/portaria_no_042-2023.pdf</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/578/portaria_no_041-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/578/portaria_no_041-2023.pdf</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/577/portaria_no_040-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/577/portaria_no_040-2023.pdf</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/569/portaria_no_039-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/569/portaria_no_039-2023.pdf</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/568/portaria_no_038-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/568/portaria_no_038-2023.pdf</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/567/portaria_no_037-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/567/portaria_no_037-2023.pdf</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/566/portaria_no_036-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/566/portaria_no_036-2023.pdf</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/565/portaria_no_035-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/565/portaria_no_035-2023.pdf</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/563/portaria_no_034-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/563/portaria_no_034-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/560/portaria_no_033-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/560/portaria_no_033-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e com Ônus servidor para exercer Funções Inerentes ao cargo de Ouvidor no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/537/portaria_no_032-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/537/portaria_no_032-2023.pdf</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/536/portaria_no_031-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/536/portaria_no_031-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e com Ônus servidor para exercer Funções Inerentes ao cargo de Fiscal de Contrato no âmbito da Câmara Municipal de _x000D_
 Buritis/RO".</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/535/portaria_no_030-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/535/portaria_no_030-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e com ônus servidora para exercer Funções Inerentes ao cargo de Diretora de Patrimônio e Materiais no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/534/portaria_no_029-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/534/portaria_no_029-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e com Ônus servidora para exercer Funções Inerentes ao cargo de Agente de Contratações/ Pregoeira no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/530/portaria_no_028-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/530/portaria_no_028-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de possíveis responsabilidades referente ao pagamento de juros e multa no recolhimento das retenções de impostos e contribuição previdenciária no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/512/portaria_no_027-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/512/portaria_no_027-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de inventário para conferência física do Patrimônio e almoxarifado no âmbito da Câmara _x000D_
 Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/511/portaria_no_026-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/511/portaria_no_026-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Especial para apuração de acidente de trânsito (com veículo oficia) no âmbito da Câmara Municipal _x000D_
 de Buritis - RO"</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/506/portaria_no_025-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/506/portaria_no_025-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração de acidente de trânsito no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/505/portaria_no_024-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/505/portaria_no_024-2023.pdf</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/478/portaria_no_023-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/478/portaria_no_023-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão de Contratações, revoga portarias e dá outras providências".</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/477/portaria_no_022-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/477/portaria_no_022-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Agente de Contratações/Pregoeiro da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/435/portaria_no_021-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/435/portaria_no_021-2023.pdf</t>
   </si>
   <si>
     <t>"Concede Progressão Vertical para servidora da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/401/portaria_no_020-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/401/portaria_no_020-2023.pdf</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/359/portaria_no_019-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/359/portaria_no_019-2023.pdf</t>
   </si>
   <si>
     <t>"Concede Progressão Vertical para servidor da Câmara Municipal de Buritis e dá outras providências "</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/319/portaria_no_018-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/319/portaria_no_018-2023.pdf</t>
   </si>
   <si>
     <t>Concede Progressão Vertical para servidora da Câmara Municipal de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/318/portaria_no_017-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/318/portaria_no_017-2023.pdf</t>
   </si>
   <si>
     <t>Concede Progressão Vertical para servidor da Câmara Municipal de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/317/portaria_no_016-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/317/portaria_no_016-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria de Nomeação do servidor Edivaldo da Silva Souza</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/316/portaria_no_015-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/316/portaria_no_015-2023.pdf</t>
   </si>
   <si>
     <t>Exonera Contador Interino (sem ônus) da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/261/portaria_no_014-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/261/portaria_no_014-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Contador interino (sem ônus) da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/260/portaria_no_013-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/260/portaria_no_013-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora de Agente de contratações da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/259/portaria_no_012-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/259/portaria_no_012-2023.pdf</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/258/portaria_no_011-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/258/portaria_no_011-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria de nomeação da Servidora Denisiene dos Santos da Graça".</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/239/portaria_no_010-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/239/portaria_no_010-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria de nomeação do Servidor Edivaldo da Silva Souza".</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/211/portaria_no_009-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/211/portaria_no_009-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de materiais permanentes e produtos de informática da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/210/portaria_no_008-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/210/portaria_no_008-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a_x000D_
 Comissão Permanente de desfazimento_x000D_
 no âmbito da Câmara Municipal de_x000D_
 Buritis"</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/204/portaria_no_007-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/204/portaria_no_007-2023.pdf</t>
   </si>
   <si>
     <t>"Concede Progressão Vertical para servidora da Câmara Municipal de Buritis e dá outras oro vidências".</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/203/portaria_no_006-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/203/portaria_no_006-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidores para compor a Ouvidoria, da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/202/portaria_no_005-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/202/portaria_no_005-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Chefe de Gabinete da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/201/portaria_no_004-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/201/portaria_no_004-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria Nº 087/2022 da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/199/portaria_no_003-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/199/portaria_no_003-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretora Legislativa da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/198/portaria_no_002-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/198/portaria_no_002-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor da Controladoria da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/200/portaria_no_001-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/200/portaria_no_001-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor de Recursos Humanos e Finanças da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1361/portaria_no_102-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1361/portaria_no_102-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração das inconsistências encontradas no Relatório de Inventário do Almoxarifado da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1360/portaria_no_101-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1360/portaria_no_101-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Sindicância para apuração da Prestação de Contas do Patrimônio da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1359/portaria_no_100-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1359/portaria_no_100-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para conferência de materiais do almoxarifado da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/605/portaria_no_099-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/605/portaria_no_099-2022.pdf</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1358/portaria_no_098-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1358/portaria_no_098-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de desfazimento no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/608/portaria_no_097-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/608/portaria_no_097-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de Licitação - CPL, da Câmara Municipal e da outras providências"</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/479/portaria_no_096-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/479/portaria_no_096-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Sem Ônus servidor para exercer Funções Inerentes ao cargo de Superintendente do Setor de Compras e Licitações da Câmara Municipal de _x000D_
 Buritis/RO".</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1357/portaria_no_095-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1357/portaria_no_095-2022.pdf</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1356/portaria_no_094-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1356/portaria_no_094-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para conferência do inventário físico e financeiro da Câmara Municipal de Buritis- RO"</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1355/portaria_no_093-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1355/portaria_no_093-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia no cargo de Diretora de Patrimônio e Materiais da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1354/portaria_no_092-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1354/portaria_no_092-2022.pdf</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1353/portaria_no_091-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1353/portaria_no_091-2022.pdf</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1352/portaria_no_090-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1352/portaria_no_090-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão para avaliação de desempenho no estágio probatório dos Servidores que tomaram posse no Concurso Público de Edital de Nº_x000D_
 001/2020 da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/154/portaria_no_089-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/154/portaria_no_089-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Comissão para avaliação de desempenho no estágio probatório dos Servidores que tomaram posse no Concurso Público de Edital de Nº 001/2020 da Câmara Municipal de  Buritis/RO".</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/153/portaria_no_088-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/153/portaria_no_088-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidor para exercer Funções Inerentes _x000D_
 ao cargo de Fiscal de Contrato no âmbito da Câmara Municipal de Buritis/RO."</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/152/portaria_no_087-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/152/portaria_no_087-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor Jurídico Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/151/portaria_no_086-2022.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/130/portaria_no_085-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/151/portaria_no_086-2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/130/portaria_no_085-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/63/portaria_no_084-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/63/portaria_no_084-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar da Câmara Municipal de Buritis e da outras providências."</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/65/portaria_no_083-2022.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/66/portaria_no_082-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/65/portaria_no_083-2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/66/portaria_no_082-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretora Geral da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/67/portaria_no_081-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/67/portaria_no_081-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor da Controladoria da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/68/portaria_no_080-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/68/portaria_no_080-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Diretor Geral da câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/69/portaria_no_079-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/69/portaria_no_079-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora para acompanhar, bem como secretariar a Comissão Parlamentar de Inquérito no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/70/portaria_no_078-2022.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/71/portaria_no_077-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/70/portaria_no_078-2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/71/portaria_no_077-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/72/portaria_no_077-2022.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/74/portaria_no_075-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/72/portaria_no_077-2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/73/portaria_no_076-2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/74/portaria_no_075-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão para apuração e responsabilização do servidor responsável pela prestação de contas do patrimônio"</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/75/portaria_no_074-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/75/portaria_no_074-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/76/portaria_no_073-2022.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/77/portaria_no_072-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/76/portaria_no_073-2022.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/77/portaria_no_072-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para conferência do inventário físico e financeiro da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/78/portaria_no_071-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/78/portaria_no_071-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de materiais permanentes e produtos de informática da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/79/portaria_no_070-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/79/portaria_no_070-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de mercadorias, produtos e insumos da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/80/portaria_no_069-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/80/portaria_no_069-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1426/portaria_no_068-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1426/portaria_no_068-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Técnico de Apoio Tecnológico da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1425/portaria_no_067-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1425/portaria_no_067-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Procurador Jurídico da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1424/portaria_no_066-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1424/portaria_no_066-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1423/portaria_no_065-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1423/portaria_no_065-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de materiais permanentes e produtos de informática da Câmara_x000D_
 Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1422/portaria_no_064-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1422/portaria_no_064-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de mercadorias, produtos e insumos da Câmara Municipal e dá_x000D_
 outras providências".</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1421/portaria_no_063-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1421/portaria_no_063-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor Geral da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1420/portaria_no_062-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1420/portaria_no_062-2022.pdf</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1419/portaria_no_061-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1419/portaria_no_061-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor da Controladoria da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1418/portaria_no_060-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1418/portaria_no_060-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Chefe de Gabinete da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1417/portaria_no_059-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1417/portaria_no_059-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Diretora Geral da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1416/portaria_no_058-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1416/portaria_no_058-2022.pdf</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1415/portaria_no_057-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1415/portaria_no_057-2022.pdf</t>
   </si>
   <si>
     <t>Exonera da função gratificada assessor de recursos humanos e finanças da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1414/portaria_no_056-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1414/portaria_no_056-2022.pdf</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1413/portaria_no_055-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1413/portaria_no_055-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor da Controladoria da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1412/portaria_no_054-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1412/portaria_no_054-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Contador da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1411/portaria_no_053-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1411/portaria_no_053-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1410/portaria_no_052-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1410/portaria_no_052-2022.pdf</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1409/portaria_no_051-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1409/portaria_no_051-2022.pdf</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1408/portaria_no_050-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1408/portaria_no_050-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente (Sem Ônus) servidor para exercer Funções Inerentes ao cargo de Coordenador de Frotas da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1407/portaria_no_049-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1407/portaria_no_049-2022.pdf</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1406/portaria_no_048-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1406/portaria_no_048-2022.pdf</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/631/portaria_no_047-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/631/portaria_no_047-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia a servidora Rosilda Aguiar de Souza, para exercer as funções inerentes ao Cargo de Fiscal de Contrato, no âmbito da Câmara Municipal de Buritis - RO, e dó outras providências".</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1405/portaria_no_046-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1405/portaria_no_046-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia a servidora Edwirges Pógere, para exercer as funções inerentes ao Cargo de Ouvidor no âmbito da Câmara Municipal de Buritis - RO, e dá outras providências</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1404/portaria_no_045-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1404/portaria_no_045-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1403/portaria_no_044-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1403/portaria_no_044-2022.pdf</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/480/portaria_no_043-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/480/portaria_no_043-2022.pdf</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1402/portaria_no_042-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1402/portaria_no_042-2022.pdf</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1401/portaria_no_041-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1401/portaria_no_041-2022.pdf</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1400/portaria_no_040-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1400/portaria_no_040-2022.pdf</t>
   </si>
   <si>
     <t>"Exonera Chefe de Gabinete da Câmara Municipal de Buritis - RO e dá outras providências".</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1399/portaria_no_039-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1399/portaria_no_039-2022.pdf</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1398/portaria_no_038-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1398/portaria_no_038-2022.pdf</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1397/portaria_no_037-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1397/portaria_no_037-2022.pdf</t>
   </si>
   <si>
     <t>Determina prazo para entrega de Declaração Anual SIGAP e de Bens dos vereadores e servidores da Câmara Municipal de Buritis/RO e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1396/portaria_no_036-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1396/portaria_no_036-2022.pdf</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1395/portaria_no_035-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1395/portaria_no_035-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidor para exercer Funções Inerentes ao cargo de Fiscal de Contrato no âmbito da Câmara Municipal de_x000D_
 Buritis/RO".</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1393/portaria_no_033-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1393/portaria_no_033-2022.pdf</t>
   </si>
   <si>
     <t>"Concede Progressão Vertical para servidor da Câmara Municipal de Buritis e dó outras providências"</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1392/portaria_no_032-202.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1392/portaria_no_032-202.pdf</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1391/portaria_no_031-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1391/portaria_no_031-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora para acompanhar, bem como secretariar a Comissão Processante no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1390/portaria_no_030-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1390/portaria_no_030-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Processante e dá outras providências"</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1394/portaria_no_034-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1394/portaria_no_034-2022.pdf</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1389/portaria_no_029-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1389/portaria_no_029-2022.pdf</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1388/portaria_no_028-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1388/portaria_no_028-2022.pdf</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1387/portaria_no_027-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1387/portaria_no_027-2022.pdf</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1386/portaria_no_026-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1386/portaria_no_026-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº 018/2022 que nomeia Iza Anjos de Souza, servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1385/portaria_no_025-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1385/portaria_no_025-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº 009/2022 que nomeia Elizane Krofke, servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1384/portaria_no_024-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1384/portaria_no_024-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº 008/2022 que nomeia Patrícia Mendes Martins, servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1383/portaria_no_023-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1383/portaria_no_023-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº 004/2022 que nomeia Mardelly Costa Silva, servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1382/portaria_no_022-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1382/portaria_no_022-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Portaria nº 003/2022 que nomeia Viviane Souza Oliveira, servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1381/portaria_no_021-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1381/portaria_no_021-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Procurador Jurídico da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1380/portaria_no_020-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1380/portaria_no_020-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor de Imprensa da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/131/portaria_019-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/131/portaria_019-2022.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1379/portaria_no_018-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1379/portaria_no_018-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessora de Suporte da Escola do Legislativo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1378/portaria_no_017-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1378/portaria_no_017-2022.pdf</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1377/portaria_no_016-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1377/portaria_no_016-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Técnico de apoio tecnológico da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1376/portaria_no_015-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1376/portaria_no_015-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretora de Patrimônio e Materiais da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1375/portaria_no_014-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1375/portaria_no_014-2022.pdf</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1374/portaria_no_013-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1374/portaria_no_013-2022.pdf</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1373/portaria_no_012-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1373/portaria_no_012-2022.pdf</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1372/portaria_no_011-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1372/portaria_no_011-2022.pdf</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1371/portaria_no_010-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1371/portaria_no_010-2022.pdf</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1370/portaria_no_009-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1370/portaria_no_009-2022.pdf</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1369/portaria_no_008-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1369/portaria_no_008-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Superintendente do Setor de Compras e Licitações (CPL) da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1368/portaria_no_007-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1368/portaria_no_007-2022.pdf</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1367/portaria_no_006-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1367/portaria_no_006-2022.pdf</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1366/portaria_no_005-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1366/portaria_no_005-2022.pdf</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1365/portaria_no_004-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1365/portaria_no_004-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessora de Processos Legislativo e da Mesa Diretora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1364/portaria_no_003-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1364/portaria_no_003-2022.pdf</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1363/portaria_no_002-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1363/portaria_no_002-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Contador da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1362/portaria_no_001-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1362/portaria_no_001-2022.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor de Recursos Humanos e Finanças da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1669/portaria_no_060-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1669/portaria_no_060-2021.pdf</t>
   </si>
   <si>
     <t>Exonera Servidores e Assessores da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1668/portaria_no_059-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1668/portaria_no_059-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente (Sem Ônus) servidora para exercer Funções Inerentes ao cargo de Coordenadora de Frotas e combustível da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1667/portaria_no_058-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1667/portaria_no_058-2021.pdf</t>
   </si>
   <si>
     <t>Exonera Assessora Parlamentar da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1666/portaria_no_057-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1666/portaria_no_057-2021.pdf</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1665/portaria_no_056-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1665/portaria_no_056-2021.pdf</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1664/portaria_no_055-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1664/portaria_no_055-2021.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor de Imprensa da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1663/portaria_no_054-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1663/portaria_no_054-2021.pdf</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1662/portaria_no_053-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1662/portaria_no_053-2021.pdf</t>
   </si>
   <si>
     <t>Determina prazo para entrega de ficha de ponto dos servidores e Folha de Pagamento da Câmara Municipal de Buritis/RO e dá outras providências.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1661/portaria_no_052-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1661/portaria_no_052-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessora Parlamentar Câmara Municipal de Buritis e outras providências.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1660/portaria_no_051-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1660/portaria_no_051-2021.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1659/portaria_no_050-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1659/portaria_no_050-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para acompanhamento da elaboração de projeto arquitetônico incluindo projeto de interiores e complementares para o plenário e prédio da Câmara Municipal de Buritis".</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1658/portaria_no_049-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1658/portaria_no_049-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para preenchimento de questionário referente ao Programa Nacional de Prevenção a Corrupção - PNCP e dá outras providências "</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1657/portaria_no_047-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1657/portaria_no_047-2021.pdf</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1656/portaria_no_046-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1656/portaria_no_046-2021.pdf</t>
   </si>
   <si>
     <t>Determina prazo para declaração de Bens dos vereadores e servidores da Câmara Municipal de Buritis/RO e dá outras providências.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1655/portaria_no_045-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1655/portaria_no_045-2021.pdf</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1654/portaria_no_044-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1654/portaria_no_044-2021.pdf</t>
   </si>
   <si>
     <t>"Altera a Portaria Nº 035/2021"</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1653/portaria_no_043-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1653/portaria_no_043-2021.pdf</t>
   </si>
   <si>
     <t>Exonera Chefe de Gabinete da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1652/portaria_no_042-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1652/portaria_no_042-2021.pdf</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1651/portaria_no_041-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1651/portaria_no_041-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidor para exercer Funções Inerentes ao cargo de Fiscal de Contrato no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1650/portaria_no_040-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1650/portaria_no_040-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidor para exercer Funções Inerentes ao cargo de Coordenador de Frotas e Combustível no âmbito da Câmara_x000D_
 Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1649/portaria_no_039-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1649/portaria_no_039-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidor para exercer Funções Inerentes ao cargo de ouvidor no âmbito da Câmara Municipal de Buritis/RO".</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1648/portaria_no_038-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1648/portaria_no_038-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de atualização e revisão do Regimento Interno da Câmara Municipal e dá outras providências "</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1647/portaria_no_037-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1647/portaria_no_037-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia responsável pelo controle e recebimento das Certidões Negativas de Débitos, conforme Instrução  Normativa Nº 001/TCE/RO/98, no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1646/portaria_no_036-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1646/portaria_no_036-2021.pdf</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1645/portaria_no_035-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1645/portaria_no_035-2021.pdf</t>
   </si>
   <si>
     <t>"Institui a Frente Parlamentar Evangélica no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1644/portaria_no_033-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1644/portaria_no_033-2021.pdf</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1643/portaria_no_032-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1643/portaria_no_032-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidores para compor a Ouvidoria da Câmara Municipal de Buritis- RO"</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1642/portaria_no_031-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1642/portaria_no_031-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de Licitação - CPL, da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1641/portaria_no_030-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1641/portaria_no_030-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Gestora, Conselho Fiscal, Contador, Diretor Financeiro e Controlador Interno do Fundo Especial da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1640/portaria_no_029-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1640/portaria_no_029-2021.pdf</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1639/portaria_no_028-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1639/portaria_no_028-2021.pdf</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1638/portaria_no_027-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1638/portaria_no_027-2021.pdf</t>
   </si>
   <si>
     <t>'Nomeia Procurador do Fundo Especial da Câmara Municipal de Buritis- RO"</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1637/portaria_no_026-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1637/portaria_no_026-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Especial Temporária de acompanhamento das medidas adotadas da pandemia COVID-19 no município de Buritis/RO".</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1636/portaria_no_025-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1636/portaria_no_025-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para compor a Comissão Permanente de verificação e recebimento de materiais permanentes e produtos de informática da Câmara_x000D_
 Municipal e dá outras providências"</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1635/portaria_no_024-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1635/portaria_no_024-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia membros para compor a Comissão Permanente de Licitação - CPL, da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1634/portaria_no_023-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1634/portaria_no_023-2021.pdf</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1633/portaria_no_022-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1633/portaria_no_022-2021.pdf</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1632/portaria_no_021-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1632/portaria_no_021-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente (Sem Ônus) servidor para exercer Funções Inerentes ao cargo de Fiscal de Contrato da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1631/portaria_no_020-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1631/portaria_no_020-2021.pdf</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1630/portaria_no_019-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1630/portaria_no_019-2021.pdf</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1629/portaria_no_018-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1629/portaria_no_018-2021.pdf</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1628/portaria_no_017-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1628/portaria_no_017-2021.pdf</t>
   </si>
   <si>
     <t>1627</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1627/portaria_no_016-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1627/portaria_no_016-2021.pdf</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1626/portaria_no_015-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1626/portaria_no_015-2021.pdf</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1625/portaria_no_014-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1625/portaria_no_014-2021.pdf</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1624/portaria_no_013-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1624/portaria_no_013-2021.pdf</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1623/portaria_no_012-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1623/portaria_no_012-2021.pdf</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1622/portaria_no_011-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1622/portaria_no_011-2021.pdf</t>
   </si>
   <si>
     <t>Exonera Procurador Jurídico da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1621/portaria_no_010-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1621/portaria_no_010-2021.pdf</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1620/portaria_no_009-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1620/portaria_no_009-2021.pdf</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1619/portaria_no_008-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1619/portaria_no_008-2021.pdf</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1618/portaria_no_007-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1618/portaria_no_007-2021.pdf</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1617/portaria_no_006-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1617/portaria_no_006-2021.pdf</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1616/portaria_no_005-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1616/portaria_no_005-2021.pdf</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1615/portaria_no_004-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1615/portaria_no_004-2021.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretora Geral da Câmara Municipal de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1614/portaria_no_003-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1614/portaria_no_003-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessora de Processos Legislativo e da Mesa Diretora da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1613/portaria_no_002-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1613/portaria_no_002-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Contador da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1612/portaria_no_001-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1612/portaria_no_001-2021.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor de Recursos Humanos e Finanças da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1771/portaria_no_069-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1771/portaria_no_069-2020.pdf</t>
   </si>
   <si>
     <t>Exonera Servidores da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1770/portaria_no_068-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1770/portaria_no_068-2020.pdf</t>
   </si>
   <si>
     <t>Exonera servidores da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1769/portaria_no_067-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1769/portaria_no_067-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para conferência de materiais do almoxarifado da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1768/portaria_no_066-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1768/portaria_no_066-2020.pdf</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1710/portaria_no_007-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1710/portaria_no_007-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus Assessor de Processos Legislativo da Mesa Diretora, da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1767/portaria_no_065-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1767/portaria_no_065-2020.pdf</t>
   </si>
   <si>
     <t>Altera o cargo de servidor da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1766/portaria_no_064-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1766/portaria_no_064-2020.pdf</t>
   </si>
   <si>
     <t>Exonera Chefe de Gabinete da Presidência da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1765/portaria_no_063-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1765/portaria_no_063-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Procuradora Jurídica da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1764/portaria_no_062-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1764/portaria_no_062-2020.pdf</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1763/portaria_no_061-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1763/portaria_no_061-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Interinamente e Sem Ônus servidor para exercer Funções Inerentes ao cargo de ouvidor da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1762/portaria_no_060-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1762/portaria_no_060-2020.pdf</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1761/portaria_no_059-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1761/portaria_no_059-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1760/portaria_no_058-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1760/portaria_no_058-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Chefe de Gabinete da Presidência da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1758/portaria_no_056-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1758/portaria_no_056-2020.pdf</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1759/portaria_no_057-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1759/portaria_no_057-2020.pdf</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1757/portaria_no_055-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1757/portaria_no_055-2020.pdf</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1756/portaria_no_054-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1756/portaria_no_054-2020.pdf</t>
   </si>
   <si>
     <t>Exoneração de Cedência do Diretor Geral de Administração Legislativa da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1755/portaria_no_053-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1755/portaria_no_053-2020.pdf</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1754/portaria_no_052-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1754/portaria_no_052-2020.pdf</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1753/portaria_no_051-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1753/portaria_no_051-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para ser responsável em fazer as publicações necessárias no SIGAP/TCE/RO no que se refere ao Concurso Público no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1752/portaria_no_050-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1752/portaria_no_050-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para comporem a Comissão Especial de Processo Administrativo no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1751/portaria_no_049-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1751/portaria_no_049-2020.pdf</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1750/portaria_no_048-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1750/portaria_no_048-2020.pdf</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1749/portaria_no_047_2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1749/portaria_no_047_2020.pdf</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1748/portaria_no_046-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1748/portaria_no_046-2020.pdf</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1747/portaria_no_045-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1747/portaria_no_045-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para conferência do inventário físico e financeiro da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1746/portaria_no_044-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1746/portaria_no_044-2020.pdf</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/482/portaria_no_043-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/482/portaria_no_043-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia Pregoeiro da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1745/portaria_no_042-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1745/portaria_no_042-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidores responsáveis em alimentar o Sisconta"</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1744/portaria_no_041-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1744/portaria_no_041-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Procuradora do Fundo Especial da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1743/portaria_no_040-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1743/portaria_no_040-2020.pdf</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1742/portaria_no_039-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1742/portaria_no_039-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Avaliação de Imóveis e Locações da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1741/portaria_no_038-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1741/portaria_no_038-2020.pdf</t>
   </si>
   <si>
     <t>"Prorroga o prazo estabelecido na Portaria Nº 036/2020"</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1740/portaria_no_037-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1740/portaria_no_037-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Especial Temporária de acompanhamento das medidas adotadas da pandemia COVID-19 no município de _x000D_
 Buritis/RO".</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1739/portaria_no_036-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1739/portaria_no_036-2020.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o disposto no Ato da Mesa Nº 001/2020, que dispõe sobre os procedimentos e regras para fins de prevenção do COVID-19 no âmbito da Câmara Municipal".</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1738/portaria_no_035-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1738/portaria_no_035-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora para fazer Publicação no mural da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1737/portaria_no_034-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1737/portaria_no_034-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de revisão do Regimento Interno da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1736/portaria_no_033-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1736/portaria_no_033-2020.pdf</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1735/portaria_no_032-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1735/portaria_no_032-2020.pdf</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1734/portaria_no_031-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1734/portaria_no_031-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária Gestora do fundo Especial da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1733/portaria_no_030-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1733/portaria_no_030-2020.pdf</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1732/portaria_no_029-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1732/portaria_no_029-2020.pdf</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1731/portaria_no_028-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1731/portaria_no_028-2020.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 007/2020".</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1730/portaria_no_027-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1730/portaria_no_027-2020.pdf</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1729/portaria_no_026-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1729/portaria_no_026-2020.pdf</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1728/portaria_no_025-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1728/portaria_no_025-2020.pdf</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1727/portaria_no_024-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1727/portaria_no_024-2020.pdf</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1726/portaria_no_023-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1726/portaria_no_023-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Assessor de Suporte da Escola do Legislativo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1725/portaria_no_022-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1725/portaria_no_022-2020.pdf</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1724/portaria_no_021-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1724/portaria_no_021-2020.pdf</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1723/portaria_no_020-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1723/portaria_no_020-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de Assessor Parlamentar da Câmara Municipal de Buritis.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1722/portaria_no_019-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1722/portaria_no_019-2020.pdf</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1721/portaria_no_018-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1721/portaria_no_018-2020.pdf</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1720/portaria_no_017-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1720/portaria_no_017-2020.pdf</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1719/portaria_no_016-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1719/portaria_no_016-2020.pdf</t>
   </si>
   <si>
     <t>Exonera Técnico de Apoio Tecnológico da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1718/portaria_no_015-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1718/portaria_no_015-2020.pdf</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1716/portaria_no_013-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1716/portaria_no_013-2020.pdf</t>
   </si>
   <si>
     <t>Nomeia servidor no cargo de superintendente do Setor de Compras e Licitações (CPL) da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1717/portaria_no_014-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1717/portaria_no_014-2020.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 091/2019".</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1715/portaria_no_012-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1715/portaria_no_012-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para o cargo de Coordenador de Frotas e Combustível da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1714/portaria_no_011-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1714/portaria_no_011-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora no cargo de ouvidora sem ônus da Câmara Municipal de Buritis e dá ouras Providências".</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1713/portaria_no_010-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1713/portaria_no_010-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora para o cargo de Fiscal de Contrato da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1712/portaria_no_009-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1712/portaria_no_009-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para comporem a Comissão Especial para Estudo de Impacto para realização de Concurso Público no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1711/portaria_no_008-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1711/portaria_no_008-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Assessor de Imprensa da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1709/portaria_no_006-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1709/portaria_no_006-2020.pdf</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1708/portaria_no_005-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1708/portaria_no_005-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Procuradora Jurídica da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1707/portaria_no_004-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1707/portaria_no_004-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Técnico de Apoio Tecnológico da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1706/portaria_no_003-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1706/portaria_no_003-2020.pdf</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1705/portaria_no_002-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1705/portaria_no_002-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Contador da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1704/portaria_no_001-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1704/portaria_no_001-2020.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretor de Recursos Humanos e Finanças da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1958/portaria_no_094-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1958/portaria_no_094-2019.pdf</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1957/portaria_no_093-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1957/portaria_no_093-2019.pdf</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1956/portaria_no_092-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1956/portaria_no_092-2019.pdf</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1874/portaria_no_031-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1874/portaria_no_031-2019.pdf</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1955/portaria_no_091-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1955/portaria_no_091-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para o cargo de Superintendente do Setor de Compras e Licitações (CPL) da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1954/portaria_no_090-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1954/portaria_no_090-2019.pdf</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1953/portaria_no_089-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1953/portaria_no_089-2019.pdf</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1952/portaria_no_088-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1952/portaria_no_088-2019.pdf</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1951/portaria_no_087-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1951/portaria_no_087-2019.pdf</t>
   </si>
   <si>
     <t>Altera o cargo de Mardelly Costa Silva, servidora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1950/portaria_no_086-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1950/portaria_no_086-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para comporem a Comissão Especial para Estudo de Impacto para Elaboração da Lei da Reforma Administrativa no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1949/portaria_no_085-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1949/portaria_no_085-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora no cargo de ouvidora da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1948/portaria_no_084-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1948/portaria_no_084-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem Ônus servidora para o cargo de Fiscal de Contrato da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1947/portaria_no_083-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1947/portaria_no_083-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidor para o cargo de Coordenador do Setor de Compras e Licitações da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1946/portaria_no_082-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1946/portaria_no_082-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia Diretora de Patrimônio e materiais da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1945/portaria_no_081-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1945/portaria_no_081-2019.pdf</t>
   </si>
   <si>
     <t>"Altera o cargo da Servidora da Câmara Municipal de Buritis Lorena Espanhol e dá outras providências".</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1944/portaria_no_080-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1944/portaria_no_080-2019.pdf</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1943/portaria_no_079-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1943/portaria_no_079-2019.pdf</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1942/portaria_no_078-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1942/portaria_no_078-2019.pdf</t>
   </si>
   <si>
     <t>Exonera ouvidoria da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1941/portaria_no_077-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1941/portaria_no_077-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor de Apoio Ao Plenário da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1940/portaria_no_076-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1940/portaria_no_076-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Assessora de Secretaria da Mesa Diretora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1939/portaria_no_075-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1939/portaria_no_075-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Chefe de Cerimonial e da Escola do Legislativo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1938/portaria_no_074-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1938/portaria_no_074-2019.pdf</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1937/portaria_no_073-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1937/portaria_no_073-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor de Comunicação Social da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1936/portaria_no_072-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1936/portaria_no_072-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor de Controle Interno da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1935/portaria_no_071-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1935/portaria_no_071-2019.pdf</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1934/portaria_no_070-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1934/portaria_no_070-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor Parlamentar, da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1933/portaria_no_069-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1933/portaria_no_069-2019.pdf</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1932/portaria_no_068-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1932/portaria_no_068-2019.pdf</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1931/portaria_no_067-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1931/portaria_no_067-2019.pdf</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1929/portaria_no_065-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1929/portaria_no_065-2019.pdf</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1928/portaria_no_064-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1928/portaria_no_064-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessora de Secretaria da Mesa Diretora da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1927/portaria_no_063-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1927/portaria_no_063-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor de Controle Interno da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1930/portaria_no_066-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1930/portaria_no_066-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidores para fazerem Publicação no mural da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1926/portaria_no_062-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1926/portaria_no_062-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia vereador como representante da Câmara Municipal de Buritis para compor comissão na reformulação do PCCs e dá outras providências"</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1925/portaria_no_061-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1925/portaria_no_061-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus Diretor de Apoio Legislativo, da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1924/portaria_no_060-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1924/portaria_no_060-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de desfazimento de motocicleta da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1923/portaria_no_059-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1923/portaria_no_059-2019.pdf</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/481/portaria_no_058-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/481/portaria_no_058-2019.pdf</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1922/portaria_no_057-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1922/portaria_no_057-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Chefe de Cerimonial e da Escola do Legislativo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1921/portaria_no_056-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1921/portaria_no_056-2019.pdf</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1920/portaria_no_055-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1920/portaria_no_055-2019.pdf</t>
   </si>
   <si>
     <t>Exonera Diretor da Escola do Legislativo, da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1919/portaria_no_054-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1919/portaria_no_054-2019.pdf</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1918/portaria_no_053-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1918/portaria_no_053-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para comporem a Comissão Especial de Processo Administrativo no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1897/portaria_no_052-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1897/portaria_no_052-2019.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor de Imprensa e Relações Públicas, da Câmara Municipal de Buritis - RO e dá outras providências"</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1896/portaria_no_051-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1896/portaria_no_051-2019.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor Executivo da Câmara Municipal de Buritis - RO e dá outras providências"</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1895/portaria_no_050-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1895/portaria_no_050-2019.pdf</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1894/portaria_no_049-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1894/portaria_no_049-2019.pdf</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1893/portaria_no_048-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1893/portaria_no_048-2019.pdf</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1892/portaria_no_047-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1892/portaria_no_047-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Parlamentar de Inquérito e dá outras providências".</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1891/portaria_no_046-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1891/portaria_no_046-2019.pdf</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1890/portaria_no_045-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1890/portaria_no_045-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária para conferência do inventário físico e financeiro da Câmara Municipal de Buritis".</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1889/portaria_no_044-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1889/portaria_no_044-2019.pdf</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1888/portaria_no_043-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1888/portaria_no_043-2019.pdf</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1887/portaria_no_042-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1887/portaria_no_042-2019.pdf</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1886/portaria_no_041-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1886/portaria_no_041-2019.pdf</t>
   </si>
   <si>
     <t>"Prorroga prazo para conclusão dos trabalhos da Comissão Parlamentar de Inquérito e dá outras providências".</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1885/portaria_no_040-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1885/portaria_no_040-2019.pdf</t>
   </si>
   <si>
     <t>Concede Progressão Vertical para servidor efetivo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>39A</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1883/portaria_no_039-2019_a.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1883/portaria_no_039-2019_a.pdf</t>
   </si>
   <si>
     <t>"Nomeia temporariamente membro para compor a Comissão de Educação, Saúde e Bem Estar Social".</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1884/portaria_no_039-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1884/portaria_no_039-2019.pdf</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1882/portaria_no_038-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1882/portaria_no_038-2019.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria Nº 036/2019".</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1881/portaria_no_037-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1881/portaria_no_037-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus servidor para o cargo de Coordenador de Frotas e Combustível da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1880/portaria_no_036-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1880/portaria_no_036-2019.pdf</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1879/portaria_no_035-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1879/portaria_no_035-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para acompanhar, bem como secretariar as Comissões Parlamentares Permanentes e Temporárias no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1878/portaria_no_034-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1878/portaria_no_034-2019.pdf</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1877/portaria_no_033-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1877/portaria_no_033-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidora para o cargo de Fiscal de Contrato da Câmara Municipal de Vereadores"</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>33A</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1876/portaria_no_033-a-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1876/portaria_no_033-a-2019.pdf</t>
   </si>
   <si>
     <t>"Altera a nomenclatura do cargo de concurso de servidores da Câmara Municipal de Vereadores".</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1875/portaria_no_032-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1875/portaria_no_032-2019.pdf</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1873/portaria_no_030-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1873/portaria_no_030-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor Executivo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1872/portaria_no_029-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1872/portaria_no_029-2019.pdf</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1871/portaria_no_028-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1871/portaria_no_028-2019.pdf</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1870/portaria_no_027-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1870/portaria_no_027-2019.pdf</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1869/portaria_no_026-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1869/portaria_no_026-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor Executivo da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1868/portaria_no_025-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1868/portaria_no_025-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia o Assessor Executivo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1867/portaria_no_024-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1867/portaria_no_024-2019.pdf</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1866/portaria_no_023-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1866/portaria_no_023-2019.pdf</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1865/portaria_no_022-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1865/portaria_no_022-2019.pdf</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1864/portaria_no_021-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1864/portaria_no_021-2019.pdf</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1863/portaria_no_020-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1863/portaria_no_020-2019.pdf</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1862/portaria_no_019-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1862/portaria_no_019-2019.pdf</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1861/portaria_no_018-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1861/portaria_no_018-2019.pdf</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1860/portaria_no_017-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1860/portaria_no_017-2019.pdf</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1859/portaria_no_016-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1859/portaria_no_016-2019.pdf</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1858/portaria_no_015-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1858/portaria_no_015-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para cargo de Assessor de Recursos Humanos e Finanças da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1857/portaria_no_014-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1857/portaria_no_014-2019.pdf</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1856/portaria_no_013-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1856/portaria_no_013-2019.pdf</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1855/portaria_no_012-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1855/portaria_no_012-2019.pdf</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1854/portaria_no_011-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1854/portaria_no_011-2019.pdf</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1853/portaria_no_010-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1853/portaria_no_010-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Procuradora Jurídica da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1852/portaria_no_009-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1852/portaria_no_009-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretora de Patrimônio e materiais da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1851/portaria_no_008-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1851/portaria_no_008-2019.pdf</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1850/portaria_no_007-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1850/portaria_no_007-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Chefe de Apoio Tecnológico e Informação da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1849/portaria_no_006-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1849/portaria_no_006-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor da Escola do Legislativo da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1848/portaria_no_005-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1848/portaria_no_005-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor Geral de Administração Legislativa da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1847/portaria_no_004-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1847/portaria_no_004-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Chefe de Gabinete da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1846/portaria_no_003-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1846/portaria_no_003-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Servidor no cargo de ouvidoria da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1845/portaria_no_002-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1845/portaria_no_002-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia contador da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1844/portaria_no_001-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1844/portaria_no_001-2019.pdf</t>
   </si>
   <si>
     <t>Nomeia Superintendente de Recursos Humanos e Finanças da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2038/portaria_no_057-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2038/portaria_no_057-2018.pdf</t>
   </si>
   <si>
     <t>Exonera Servidores, da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2037/portaria_no_056-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2037/portaria_no_056-2018.pdf</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2036/portaria_no_055-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2036/portaria_no_055-2018.pdf</t>
   </si>
   <si>
     <t>Exonera Procurador Jurídico, da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2035/portaria_no_054-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2035/portaria_no_054-2018.pdf</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2034/portaria_no_053-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2034/portaria_no_053-2018.pdf</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2033/portaria_no_052-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2033/portaria_no_052-2018.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor de Parlamentar, da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2032/portaria_no_051-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2032/portaria_no_051-2018.pdf</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2031/portaria_no_050-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2031/portaria_no_050-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Temporária de Revisão e Atualização da Lei Orgânica do Município de Buritis - RO"</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2030/portaria_no_049-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2030/portaria_no_049-2018.pdf</t>
   </si>
   <si>
     <t>"Revoga a Portaria nº 048/2018 em relação a nomeação da Procuradora Ad hoc, convalida os atos praticados e da outras providências".</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2029/portaria_no_048-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2029/portaria_no_048-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia sem ônus a Procuradora Jurídica (ad hoc) para análise do Processo de Licitação Nº 119/2018 e dá outras providências".</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2028/portaria_no_047-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2028/portaria_no_047-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia servidor para secretariar, bem como fazer as devidas intimações/notificações dos trabalhos da Comissão Processante da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2027/portaria_no_046-2018.pdf</t>
-[...5 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2026/portaria_no_045-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2027/portaria_no_046-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2026/portaria_no_045-2018.pdf</t>
   </si>
   <si>
     <t>"Altera membro da Comissão Processante e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2025/portaria_no_044-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2025/portaria_no_044-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Processante e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2024/portaria_no_043-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2024/portaria_no_043-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia Servidor para fazer Publicações no Mural da Câmara Municipal de Buritis por tempo determinado e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2023/portaria_no_042-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2023/portaria_no_042-2018.pdf</t>
   </si>
   <si>
     <t>"Adia a 21ª Sessão Ordinária da 2ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2020/portaria_no_039-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2020/portaria_no_039-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão de Inquérito e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2022/portaria_no_041-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2022/portaria_no_041-2018.pdf</t>
   </si>
   <si>
     <t>"Exonera Assessor Parlamentar da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2021/portaria_no_040-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2021/portaria_no_040-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Representação no âmbito da Câmara Municipal de Buritis no período de recesso Parlamentar e dá outras providências".</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2019/portaria_no_038-2018.pdf</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2018/portaria_no_037-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2019/portaria_no_038-2018.pdf</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2018/portaria_no_037-2018.pdf</t>
   </si>
   <si>
     <t>Determina prazo para declaração de posse e de Bens dos vereadores e servidores da Câmara Municipal de Buritis/RO e dá outras providências.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2017/portaria_no_036-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2017/portaria_no_036-2018.pdf</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2016/portaria_no_035-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2016/portaria_no_035-2018.pdf</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2015/portaria_no_034-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2015/portaria_no_034-2018.pdf</t>
   </si>
   <si>
     <t>Exonera Assessor Parlamentar da Câmara Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2014/portaria_no_033-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2014/portaria_no_033-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Especial de Avaliação e Recebimento do Software, da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2013/portaria_no_032-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2013/portaria_no_032-2018.pdf</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2012/portaria_no_031-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2012/portaria_no_031-2018.pdf</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2011/portaria_no_030-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2011/portaria_no_030-2018.pdf</t>
   </si>
   <si>
     <t>"Adia a 3ª Sessão Ordinária da 2ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2010/portaria_no_029-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2010/portaria_no_029-2018.pdf</t>
   </si>
   <si>
     <t>"Adia a 2ª Sessão Ordinária da 2ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2009/portaria_no_028-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2009/portaria_no_028-2018.pdf</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2008/portaria_no_027-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2008/portaria_no_027-2018.pdf</t>
   </si>
   <si>
     <t>Revogam-se as disposições em contrário e dá outras providências.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2007/portaria_no_026-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2007/portaria_no_026-2018.pdf</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2006/portaria_no_025-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2006/portaria_no_025-2018.pdf</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2005/portaria_no_024-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2005/portaria_no_024-2018.pdf</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2004/portaria_no_023-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2004/portaria_no_023-2018.pdf</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2003/portaria_no_022-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2003/portaria_no_022-2018.pdf</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2002/portaria_no_021-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2002/portaria_no_021-2018.pdf</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2001/portaria_no_020-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2001/portaria_no_020-2018.pdf</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2000/portaria_no_019-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2000/portaria_no_019-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Chefe de Gabinete da Presidência da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1999/portaria_no_018-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1999/portaria_no_018-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Assessor de Imprensa e Comunicação Social da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1998/portaria_no_017-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1998/portaria_no_017-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Chefe de Cerimonial da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1997/portaria_no_016-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1997/portaria_no_016-2018.pdf</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1996/portaria_no_015-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1996/portaria_no_015-2018.pdf</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1995/portaria_no_014-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1995/portaria_no_014-2018.pdf</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1994/portaria_no_013-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1994/portaria_no_013-2018.pdf</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1993/portaria_no_012-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1993/portaria_no_012-2018.pdf</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1992/portaria_no_011-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1992/portaria_no_011-2018.pdf</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1991/portaria_no_010-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1991/portaria_no_010-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Procurador Geral da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1990/portaria_no_009-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1990/portaria_no_009-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Permanente de verificação e recebimento de produtos de informática da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1989/portaria_no_008-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1989/portaria_no_008-2018.pdf</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1988/portaria_no_007-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1988/portaria_no_007-2018.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para atuar como Assistente de Pregoeiro da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1987/portaria_no_006-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1987/portaria_no_006-2018.pdf</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1986/portaria_no_005-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1986/portaria_no_005-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Presidente da Comissão Permanente de Licitação da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1985/portaria_no_004-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1985/portaria_no_004-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Diretor de Patrimônio e Materiais da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1984/portaria_no_003-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1984/portaria_no_003-2018.pdf</t>
   </si>
   <si>
     <t>Nomeia Contador Geral da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1983/portaria_no_002-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1983/portaria_no_002-2018.pdf</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1982/portaria_no_001-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1982/portaria_no_001-2018.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5765,66 +6062,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2530/portaria_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2520/portaria_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2516/portaria_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2515/portaria_no_099-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2513/portaria_no_098-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2512/portaria_no_097-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2510/portaria_no_096-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2509/portaria_no_095-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2506/portaria_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2505/portaria_no_093-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2504/portaria_no092-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2503/portaria_no_091-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2502/portaria_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2499/portaria_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2498/portaria_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2497/portaria_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2500/portaria_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2495/portaria_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2485/portaria_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2484/portaria_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2483/portaria_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2482/portaria_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2481/portaria_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2473/portaria_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2472/portaria_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2469/portaria_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2463/portaria_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2462/portaria_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2453/portaria_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2451/portaria_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2449/portaria_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2448/portaria_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2447/portaria_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2446/portaria_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2445/portaria_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2443/portaria_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2442/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2440/portaria_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2439/portaria_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2434/portaria_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2426/portaria_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2425/portaria_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2424/portaria_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2423/portaria_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2422/portaria_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2415/portaria_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2401/portaria_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2386/portaria_no_053-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2385/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2384/portaria_no_051-2025_membros.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2381/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2378/portaria_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2377/portaria_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2364/portaria_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2362/portaria_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2315/portaria_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2314/portaria_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2313/portaria_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2311/portaria_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2310/portaria_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2309/portaria_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2308/portaria_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2306/portaria_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2300/portaria_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2299/portaria_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2298/portaria_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2297/portaria_no_034-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2296/portaria_no_033-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2295/portaria_no_032-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2294/portaria_no_031-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2292/portaria_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2291/portaria_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2290/portaria_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2289/portaria_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2288/portaria_no_026_-_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2274/portaria_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2258/portaria_no_024_-_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2257/portaria_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2255/portaria_no_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2254/portaria_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2256/portaria_no_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2253/portaria_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2252/portaria_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2251/portaria_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2250/portaria_no_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2249/portaria_no_015_-_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2242/portaria_no_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2248/portaria_no_014_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2247/portaria_no_013_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2246/portaria_no_012_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2245/portaria_no_011_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2244/portaria_no_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2243/portaria_no_009_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2241/portaria_no_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2240/portaria_no_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2239/portaria_no_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2238/portaria_no_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2237/portaria_no_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2236/portaria_no_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2235/portaria_no_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2211/portaria_no_146-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2210/portaria_no_145-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2209/portaria_no_144-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2208/portaria_no_143-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2207/portaria_no_142-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2206/portaria_no_141-2024_-.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2205/portaria_no_140-2024_-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2204/portaria_no_139-2024_-.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2203/portaria_no_138-2024_-.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2202/portaria_no_137-2024_-.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2200/portaria_no_135-2024_-.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2199/portaria_no_134-2024_-.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2194/portaria_no_133-2024_-.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2193/portaria_no_132-2024_-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2192/portaria_no_131-2024_-.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2191/portaria_no_130-2024_-.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2176/portaria_no_129-2024_-.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2175/portaria_no_128-2024_-.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2174/portaria_no_127-2024_-.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2169/portaria_no_126-2024.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2148/portaria_no_125-2024.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2147/portaria_no_124-2024.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2146/portaria_no_123-2024.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2134/portaria_no_122-2024_-.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2131/portaria_no_121-2024_.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2112/portaria_no_120-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2111/portaria_no_119-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2108/portaria_no_118-2024.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2106/portaria_no_117-2024.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2105/portaria_no_116-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2104/portaria_no_115-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2103/portaria_no_114-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2102/portaria_no_113-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2101/portaria_no_112-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2100/portaria_no_111-2024.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2099/portaria_no_110-2024.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2097/portaria_no_109-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2096/portaria_no_108-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2095/portaria_no_107-2024_-.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2094/portaria_no_106-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2093/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2072/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2071/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2070/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2069/portaria_no_101-2024.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/767/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/766/portaria_no_099-2024.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/754/portaria_no_098-2024.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/736/portaria_no_097-2024.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/725/portaria_no_096-2024.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/724/portaria_no_095-2024.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/723/portaria_no_094-2024.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/721/portaria_no_093-2024.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/720/portaria_no_092-2024.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/719/portaria_no_091-2024.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/718/portaria_no_090-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/717/portaria_no_089-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/716/portaria_no_088-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/715/portaria_no_087-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/714/portaria_no_086-2024.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/713/portaria_no_085-2024.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/709/portaria_no_084-2024.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/708/portaria_no_083-2024.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/707/portaria_no_082-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/706/portaria_no_081-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/705/portaria_no_080-2024.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/704/portaria_no_079-2024.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/703/portaria_no_078-2024.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/702/portaria_no_077-2024.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/701/portaria_no_076-2024.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/700/portaria_no_075-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/699/portaria_no_074-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/698/portaria_no_073-2024.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/697/portaria_no_072-2024.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/696/portaria_no_071-2024.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/695/portaria_no_070-2024.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/694/portaria_no_069-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/693/portaria_no_068-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/692/portaria_no_067-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/670/portaria_no_065-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/646/portaria_no_064-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/671/portaria_no_066-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/639/portaria_no_063-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/637/portaria_no_062-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/636/portaria_no_061-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/635/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/634/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/633/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/632/portaria_no_057-2023.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/630/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/629/portaria_no_055-2023.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/611/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/607/portaria_no_053-2023.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/606/portaria_no_052-2023.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/604/portaria_no_051-2023.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/603/portaria_no_050-2023.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/602/portaria_no_049-2023.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/601/portaria_no_048-2023.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/600/portaria_no_047-2023.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/599/portaria_no_046-2023.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/582/portaria_no_045-2023.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/581/portaria_no_044-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/580/portaria_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/579/portaria_no_042-2023.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/578/portaria_no_041-2023.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/577/portaria_no_040-2023.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/569/portaria_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/568/portaria_no_038-2023.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/567/portaria_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/566/portaria_no_036-2023.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/565/portaria_no_035-2023.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/563/portaria_no_034-2023.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/560/portaria_no_033-2023.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/537/portaria_no_032-2023.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/536/portaria_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/535/portaria_no_030-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/534/portaria_no_029-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/530/portaria_no_028-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/512/portaria_no_027-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/511/portaria_no_026-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/506/portaria_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/505/portaria_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/478/portaria_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/477/portaria_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/435/portaria_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/401/portaria_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/359/portaria_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/319/portaria_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/318/portaria_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/317/portaria_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/316/portaria_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/261/portaria_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/260/portaria_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/259/portaria_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/258/portaria_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/239/portaria_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/211/portaria_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/210/portaria_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/204/portaria_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/203/portaria_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/202/portaria_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/201/portaria_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/199/portaria_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/198/portaria_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/200/portaria_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1361/portaria_no_102-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1360/portaria_no_101-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1359/portaria_no_100-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/605/portaria_no_099-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1358/portaria_no_098-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/608/portaria_no_097-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/479/portaria_no_096-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1357/portaria_no_095-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1356/portaria_no_094-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1355/portaria_no_093-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1354/portaria_no_092-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1353/portaria_no_091-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1352/portaria_no_090-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/154/portaria_no_089-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/153/portaria_no_088-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/152/portaria_no_087-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/151/portaria_no_086-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/130/portaria_no_085-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/63/portaria_no_084-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/65/portaria_no_083-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/66/portaria_no_082-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/67/portaria_no_081-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/68/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/69/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/70/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/71/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/72/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/73/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/74/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/75/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/76/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/77/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/78/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/79/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/80/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1426/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1425/portaria_no_067-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1424/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1423/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1422/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1421/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1420/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1419/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1418/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1417/portaria_no_059-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1416/portaria_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1415/portaria_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1414/portaria_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1413/portaria_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1412/portaria_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1411/portaria_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1410/portaria_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1409/portaria_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1408/portaria_no_050-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1407/portaria_no_049-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1406/portaria_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/631/portaria_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1405/portaria_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1404/portaria_no_045-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1403/portaria_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/480/portaria_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1402/portaria_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1401/portaria_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1400/portaria_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1399/portaria_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1398/portaria_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1397/portaria_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1396/portaria_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1395/portaria_no_035-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1393/portaria_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1392/portaria_no_032-202.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1391/portaria_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1390/portaria_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1394/portaria_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1389/portaria_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1388/portaria_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1387/portaria_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1386/portaria_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1385/portaria_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1384/portaria_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1383/portaria_no_023-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1382/portaria_no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1381/portaria_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1380/portaria_no_020-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/131/portaria_019-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1379/portaria_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1378/portaria_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1377/portaria_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1376/portaria_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1375/portaria_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1374/portaria_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1373/portaria_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1372/portaria_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1371/portaria_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1370/portaria_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1369/portaria_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1368/portaria_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1367/portaria_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1366/portaria_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1365/portaria_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1364/portaria_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1363/portaria_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1362/portaria_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1669/portaria_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1668/portaria_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1667/portaria_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1666/portaria_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1665/portaria_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1664/portaria_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1663/portaria_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1662/portaria_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1661/portaria_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1660/portaria_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1659/portaria_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1658/portaria_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1657/portaria_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1656/portaria_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1655/portaria_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1654/portaria_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1653/portaria_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1652/portaria_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1651/portaria_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1650/portaria_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1649/portaria_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1648/portaria_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1647/portaria_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1646/portaria_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1645/portaria_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1644/portaria_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1643/portaria_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1642/portaria_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1641/portaria_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1640/portaria_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1639/portaria_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1638/portaria_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1637/portaria_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1636/portaria_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1635/portaria_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1634/portaria_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1633/portaria_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1632/portaria_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1631/portaria_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1630/portaria_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1629/portaria_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1628/portaria_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1627/portaria_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1626/portaria_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1625/portaria_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1624/portaria_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1623/portaria_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1622/portaria_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1621/portaria_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1620/portaria_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1619/portaria_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1618/portaria_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1617/portaria_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1616/portaria_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1615/portaria_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1614/portaria_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1613/portaria_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1612/portaria_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1771/portaria_no_069-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1770/portaria_no_068-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1769/portaria_no_067-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1768/portaria_no_066-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1710/portaria_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1767/portaria_no_065-2020.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1766/portaria_no_064-2020.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1765/portaria_no_063-2020.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1764/portaria_no_062-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1763/portaria_no_061-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1762/portaria_no_060-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1761/portaria_no_059-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1760/portaria_no_058-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1758/portaria_no_056-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1759/portaria_no_057-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1757/portaria_no_055-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1756/portaria_no_054-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1755/portaria_no_053-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1754/portaria_no_052-2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1753/portaria_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1752/portaria_no_050-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1751/portaria_no_049-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1750/portaria_no_048-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1749/portaria_no_047_2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1748/portaria_no_046-2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1747/portaria_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1746/portaria_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/482/portaria_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1745/portaria_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1744/portaria_no_041-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1743/portaria_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1742/portaria_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1741/portaria_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1740/portaria_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1739/portaria_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1738/portaria_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1737/portaria_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1736/portaria_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1735/portaria_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1734/portaria_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1733/portaria_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1732/portaria_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1731/portaria_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1730/portaria_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1729/portaria_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1728/portaria_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1727/portaria_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1726/portaria_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1725/portaria_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1724/portaria_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1723/portaria_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1722/portaria_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1721/portaria_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1720/portaria_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1719/portaria_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1718/portaria_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1716/portaria_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1717/portaria_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1715/portaria_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1714/portaria_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1713/portaria_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1712/portaria_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1711/portaria_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1709/portaria_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1708/portaria_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1707/portaria_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1706/portaria_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1705/portaria_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1704/portaria_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1958/portaria_no_094-2019.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1957/portaria_no_093-2019.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1956/portaria_no_092-2019.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1874/portaria_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1955/portaria_no_091-2019.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1954/portaria_no_090-2019.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1953/portaria_no_089-2019.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1952/portaria_no_088-2019.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1951/portaria_no_087-2019.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1950/portaria_no_086-2019.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1949/portaria_no_085-2019.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1948/portaria_no_084-2019.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1947/portaria_no_083-2019.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1946/portaria_no_082-2019.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1945/portaria_no_081-2019.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1944/portaria_no_080-2019.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1943/portaria_no_079-2019.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1942/portaria_no_078-2019.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1941/portaria_no_077-2019.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1940/portaria_no_076-2019.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1939/portaria_no_075-2019.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1938/portaria_no_074-2019.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1937/portaria_no_073-2019.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1936/portaria_no_072-2019.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1935/portaria_no_071-2019.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1934/portaria_no_070-2019.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1933/portaria_no_069-2019.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1932/portaria_no_068-2019.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1931/portaria_no_067-2019.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1929/portaria_no_065-2019.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1928/portaria_no_064-2019.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1927/portaria_no_063-2019.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1930/portaria_no_066-2019.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1926/portaria_no_062-2019.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1925/portaria_no_061-2019.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1924/portaria_no_060-2019.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1923/portaria_no_059-2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/481/portaria_no_058-2019.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1922/portaria_no_057-2019.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1921/portaria_no_056-2019.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1920/portaria_no_055-2019.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1919/portaria_no_054-2019.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1918/portaria_no_053-2019.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1897/portaria_no_052-2019.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1896/portaria_no_051-2019.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1895/portaria_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1894/portaria_no_049-2019.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1893/portaria_no_048-2019.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1892/portaria_no_047-2019.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1891/portaria_no_046-2019.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1890/portaria_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1889/portaria_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1888/portaria_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1887/portaria_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1886/portaria_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1885/portaria_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1883/portaria_no_039-2019_a.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1884/portaria_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1882/portaria_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1881/portaria_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1880/portaria_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1879/portaria_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1878/portaria_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1877/portaria_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1876/portaria_no_033-a-2019.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1875/portaria_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1873/portaria_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1872/portaria_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1871/portaria_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1870/portaria_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1869/portaria_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1868/portaria_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1867/portaria_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1866/portaria_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1865/portaria_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1864/portaria_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1863/portaria_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1862/portaria_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1861/portaria_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1860/portaria_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1859/portaria_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1858/portaria_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1857/portaria_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1856/portaria_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1855/portaria_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1854/portaria_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1853/portaria_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1852/portaria_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1851/portaria_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1850/portaria_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1849/portaria_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1848/portaria_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1847/portaria_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1846/portaria_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1845/portaria_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1844/portaria_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2038/portaria_no_057-2018.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2037/portaria_no_056-2018.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2036/portaria_no_055-2018.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2035/portaria_no_054-2018.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2034/portaria_no_053-2018.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2033/portaria_no_052-2018.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2032/portaria_no_051-2018.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2031/portaria_no_050-2018.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2030/portaria_no_049-2018.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2029/portaria_no_048-2018.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2028/portaria_no_047-2018.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2027/portaria_no_046-2018.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2026/portaria_no_045-2018.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2025/portaria_no_044-2018.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2024/portaria_no_043-2018.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2023/portaria_no_042-2018.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2020/portaria_no_039-2018.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2022/portaria_no_041-2018.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2021/portaria_no_040-2018.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2019/portaria_no_038-2018.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2018/portaria_no_037-2018.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2017/portaria_no_036-2018.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2016/portaria_no_035-2018.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2015/portaria_no_034-2018.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2014/portaria_no_033-2018.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2013/portaria_no_032-2018.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2012/portaria_no_031-2018.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2011/portaria_no_030-2018.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2010/portaria_no_029-2018.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2009/portaria_no_028-2018.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2008/portaria_no_027-2018.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2007/portaria_no_026-2018.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2006/portaria_no_025-2018.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2005/portaria_no_024-2018.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2004/portaria_no_023-2018.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2003/portaria_no_022-2018.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2002/portaria_no_021-2018.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2001/portaria_no_020-2018.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2000/portaria_no_019-2018.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1999/portaria_no_018-2018.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1998/portaria_no_017-2018.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1997/portaria_no_016-2018.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1996/portaria_no_015-2018.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1995/portaria_no_014-2018.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1994/portaria_no_013-2018.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1993/portaria_no_012-2018.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1992/portaria_no_011-2018.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1991/portaria_no_010-2018.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1990/portaria_no_009-2018.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1989/portaria_no_008-2018.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1988/portaria_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1987/portaria_no_006-2018.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1986/portaria_no_005-2018.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1985/portaria_no_004-2018.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1984/portaria_no_003-2018.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1983/portaria_no_002-2018.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1982/portaria_no_001-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2618/portaria_no_036-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2617/portaria_no_035-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2606/portaria_no_034-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2605/portaria_no_033-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2604/portaria_no_032-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2603/portaria_no_031-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2602/portaria_no_030-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2601/portaria_no_029-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2600/portaria_no_028-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2599/portaria_no_027-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2598/portaria_no_026-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2594/portaria_no_025-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2593/portaria_no_024-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2592/portaria_no_023-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2590/portaria_no_022-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2589/portaria_no_021-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2578/portaria_no_020-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2577/portaria_no_019-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2576/portaria_no_018-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2575/portaria_no_017-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2573/portaria_no_016-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2572/portaria_no_015-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2570/portaria_no_014-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2568/portaria_no_012-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2567/portaria_011-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2566/portaria_no_010-2026.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2565/portaria_no_009-2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2563/portaria_no_008-2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2562/portaria_no_007-2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2560/portaria_no_005-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2559/portaria_no_004-2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2558/portaria_no_003-2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2557/portaria_no_002-2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2546/portaria_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2530/portaria_no_102-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2520/portaria_no_101-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2516/portaria_no_100-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2515/portaria_no_099-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2513/portaria_no_098-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2512/portaria_no_097-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2510/portaria_no_096-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2509/portaria_no_095-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2506/portaria_no_094-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2505/portaria_no_093-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2504/portaria_no092-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2503/portaria_no_091-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2502/portaria_no_090-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2499/portaria_no_089-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2498/portaria_no_088-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2497/portaria_no_087-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2500/portaria_no_086-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2495/portaria_no_085-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2485/portaria_no_084-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2484/portaria_no_083-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2483/portaria_no_082-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2482/portaria_no_081-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2481/portaria_no_080-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2473/portaria_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2472/portaria_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2469/portaria_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2463/portaria_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2462/portaria_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2453/portaria_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2451/portaria_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2450/portaria_no_072-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2449/portaria_no_071-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2448/portaria_no_070-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2447/portaria_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2446/portaria_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2445/portaria_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2443/portaria_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2442/portaria_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2440/portaria_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2439/portaria_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2434/portaria_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2426/portaria_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2425/portaria_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2424/portaria_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2423/portaria_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2422/portaria_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2415/portaria_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2401/portaria_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2391/portaria_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2386/portaria_no_053-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2385/portaria_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2384/portaria_no_051-2025_membros.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2381/portaria_no_050-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2378/portaria_no_049-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2377/portaria_no_048-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2364/portaria_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2362/portaria_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2315/portaria_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2314/portaria_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2313/portaria_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2311/portaria_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2310/portaria_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2309/portaria_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2308/portaria_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2306/portaria_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2300/portaria_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2299/portaria_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2298/portaria_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2297/portaria_no_034-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2296/portaria_no_033-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2295/portaria_no_032-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2294/portaria_no_031-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2292/portaria_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2291/portaria_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2290/portaria_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2289/portaria_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2288/portaria_no_026_-_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2274/portaria_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2258/portaria_no_024_-_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2257/portaria_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2255/portaria_no_021_-_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2254/portaria_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2256/portaria_no_022_-_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2253/portaria_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2252/portaria_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2251/portaria_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2250/portaria_no_016_-_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2249/portaria_no_015_-_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2242/portaria_no_008_-_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2248/portaria_no_014_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2247/portaria_no_013_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2246/portaria_no_012_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2245/portaria_no_011_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2244/portaria_no_010_-_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2243/portaria_no_009_-_2025_-_com_errata.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2241/portaria_no_007_-_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2240/portaria_no_006_-_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2239/portaria_no_005_-_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2238/portaria_no_004_-_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2237/portaria_no_003_-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2236/portaria_no_002_-_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2235/portaria_no_001_-_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2211/portaria_no_146-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2210/portaria_no_145-2024.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2209/portaria_no_144-2024.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2208/portaria_no_143-2024.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2207/portaria_no_142-2024.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2206/portaria_no_141-2024_-.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2205/portaria_no_140-2024_-.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2204/portaria_no_139-2024_-.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2203/portaria_no_138-2024_-.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2202/portaria_no_137-2024_-.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2200/portaria_no_135-2024_-.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2199/portaria_no_134-2024_-.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2194/portaria_no_133-2024_-.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2193/portaria_no_132-2024_-.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2192/portaria_no_131-2024_-.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2191/portaria_no_130-2024_-.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2176/portaria_no_129-2024_-.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2175/portaria_no_128-2024_-.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2174/portaria_no_127-2024_-.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2169/portaria_no_126-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2148/portaria_no_125-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2147/portaria_no_124-2024.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2146/portaria_no_123-2024.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2134/portaria_no_122-2024_-.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2131/portaria_no_121-2024_.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2112/portaria_no_120-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2111/portaria_no_119-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2108/portaria_no_118-2024.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2106/portaria_no_117-2024.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2105/portaria_no_116-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2104/portaria_no_115-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2103/portaria_no_114-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2102/portaria_no_113-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2101/portaria_no_112-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2100/portaria_no_111-2024.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2099/portaria_no_110-2024.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2097/portaria_no_109-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2096/portaria_no_108-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2095/portaria_no_107-2024_-.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2094/portaria_no_106-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2093/portaria_no_105-2024.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2072/portaria_no_104-2024.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2071/portaria_no_103-2024.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2070/portaria_no_102-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2069/portaria_no_101-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/767/portaria_no_100-2024.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/766/portaria_no_099-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/754/portaria_no_098-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/736/portaria_no_097-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/725/portaria_no_096-2024.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/724/portaria_no_095-2024.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/723/portaria_no_094-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/721/portaria_no_093-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/720/portaria_no_092-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/719/portaria_no_091-2024.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/718/portaria_no_090-2024.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/717/portaria_no_089-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/716/portaria_no_088-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/715/portaria_no_087-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/714/portaria_no_086-2024.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/713/portaria_no_085-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/709/portaria_no_084-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/708/portaria_no_083-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/707/portaria_no_082-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/706/portaria_no_081-2024.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/705/portaria_no_080-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/704/portaria_no_079-2024.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/703/portaria_no_078-2024.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/702/portaria_no_077-2024.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/701/portaria_no_076-2024.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/700/portaria_no_075-2024.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/699/portaria_no_074-2024.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/698/portaria_no_073-2024.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/697/portaria_no_072-2024.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/696/portaria_no_071-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/695/portaria_no_070-2024.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/694/portaria_no_069-2024.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/693/portaria_no_068-2024.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/692/portaria_no_067-2024.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/670/portaria_no_065-2023.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/646/portaria_no_064-2023.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/671/portaria_no_066-2023.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/639/portaria_no_063-2023.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/637/portaria_no_062-2023.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/636/portaria_no_061-2023.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/635/portaria_no_060-2023.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/634/portaria_no_059-2023.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/633/portaria_no_058-2023.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/632/portaria_no_057-2023.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/630/portaria_no_056-2023.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/629/portaria_no_055-2023.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/611/portaria_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/607/portaria_no_053-2023.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/606/portaria_no_052-2023.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/604/portaria_no_051-2023.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/603/portaria_no_050-2023.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/602/portaria_no_049-2023.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/601/portaria_no_048-2023.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/600/portaria_no_047-2023.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/599/portaria_no_046-2023.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/582/portaria_no_045-2023.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/581/portaria_no_044-2023.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/580/portaria_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/579/portaria_no_042-2023.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/578/portaria_no_041-2023.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/577/portaria_no_040-2023.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/569/portaria_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/568/portaria_no_038-2023.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/567/portaria_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/566/portaria_no_036-2023.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/565/portaria_no_035-2023.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/563/portaria_no_034-2023.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/560/portaria_no_033-2023.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/537/portaria_no_032-2023.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/536/portaria_no_031-2023.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/535/portaria_no_030-2023.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/534/portaria_no_029-2023.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/530/portaria_no_028-2023.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/512/portaria_no_027-2023.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/511/portaria_no_026-2023.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/506/portaria_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/505/portaria_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/478/portaria_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/477/portaria_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/435/portaria_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/401/portaria_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/359/portaria_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/319/portaria_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/318/portaria_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/317/portaria_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/316/portaria_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/261/portaria_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/260/portaria_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/259/portaria_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/258/portaria_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/239/portaria_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/211/portaria_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/210/portaria_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/204/portaria_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/203/portaria_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/202/portaria_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/201/portaria_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/199/portaria_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/198/portaria_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/200/portaria_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1361/portaria_no_102-2022.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1360/portaria_no_101-2022.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1359/portaria_no_100-2022.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/605/portaria_no_099-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1358/portaria_no_098-2022.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/608/portaria_no_097-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/479/portaria_no_096-2022.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1357/portaria_no_095-2022.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1356/portaria_no_094-2022.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1355/portaria_no_093-2022.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1354/portaria_no_092-2022.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1353/portaria_no_091-2022.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1352/portaria_no_090-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/154/portaria_no_089-2022.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/153/portaria_no_088-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/152/portaria_no_087-2022.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/151/portaria_no_086-2022.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/130/portaria_no_085-2022.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/63/portaria_no_084-2022.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/65/portaria_no_083-2022.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/66/portaria_no_082-2022.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/67/portaria_no_081-2022.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/68/portaria_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/69/portaria_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/70/portaria_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/71/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/72/portaria_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/73/portaria_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/74/portaria_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/75/portaria_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/76/portaria_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/77/portaria_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/78/portaria_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/79/portaria_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/80/portaria_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1426/portaria_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1425/portaria_no_067-2022.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1424/portaria_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1423/portaria_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1422/portaria_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1421/portaria_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1420/portaria_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1419/portaria_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1418/portaria_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1417/portaria_no_059-2022.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1416/portaria_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1415/portaria_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1414/portaria_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1413/portaria_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1412/portaria_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1411/portaria_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1410/portaria_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1409/portaria_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1408/portaria_no_050-2022.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1407/portaria_no_049-2022.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1406/portaria_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/631/portaria_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1405/portaria_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1404/portaria_no_045-2022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1403/portaria_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/480/portaria_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1402/portaria_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1401/portaria_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1400/portaria_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1399/portaria_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1398/portaria_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1397/portaria_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1396/portaria_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1395/portaria_no_035-2022.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1393/portaria_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1392/portaria_no_032-202.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1391/portaria_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1390/portaria_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1394/portaria_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1389/portaria_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1388/portaria_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1387/portaria_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1386/portaria_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1385/portaria_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1384/portaria_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1383/portaria_no_023-2022.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1382/portaria_no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1381/portaria_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1380/portaria_no_020-2022.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/131/portaria_019-2022.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1379/portaria_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1378/portaria_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1377/portaria_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1376/portaria_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1375/portaria_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1374/portaria_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1373/portaria_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1372/portaria_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1371/portaria_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1370/portaria_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1369/portaria_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1368/portaria_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1367/portaria_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1366/portaria_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1365/portaria_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1364/portaria_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1363/portaria_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1362/portaria_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1669/portaria_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1668/portaria_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1667/portaria_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1666/portaria_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1665/portaria_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1664/portaria_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1663/portaria_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1662/portaria_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1661/portaria_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1660/portaria_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1659/portaria_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1658/portaria_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1657/portaria_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1656/portaria_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1655/portaria_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1654/portaria_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1653/portaria_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1652/portaria_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1651/portaria_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1650/portaria_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1649/portaria_no_039-2021.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1648/portaria_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1647/portaria_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1646/portaria_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1645/portaria_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1644/portaria_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1643/portaria_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1642/portaria_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1641/portaria_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1640/portaria_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1639/portaria_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1638/portaria_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1637/portaria_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1636/portaria_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1635/portaria_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1634/portaria_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1633/portaria_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1632/portaria_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1631/portaria_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1630/portaria_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1629/portaria_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1628/portaria_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1627/portaria_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1626/portaria_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1625/portaria_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1624/portaria_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1623/portaria_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1622/portaria_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1621/portaria_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1620/portaria_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1619/portaria_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1618/portaria_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1617/portaria_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1616/portaria_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1615/portaria_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1614/portaria_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1613/portaria_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1612/portaria_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1771/portaria_no_069-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1770/portaria_no_068-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1769/portaria_no_067-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1768/portaria_no_066-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1710/portaria_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1767/portaria_no_065-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1766/portaria_no_064-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1765/portaria_no_063-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1764/portaria_no_062-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1763/portaria_no_061-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1762/portaria_no_060-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1761/portaria_no_059-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1760/portaria_no_058-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1758/portaria_no_056-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1759/portaria_no_057-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1757/portaria_no_055-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1756/portaria_no_054-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1755/portaria_no_053-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1754/portaria_no_052-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1753/portaria_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1752/portaria_no_050-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1751/portaria_no_049-2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1750/portaria_no_048-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1749/portaria_no_047_2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1748/portaria_no_046-2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1747/portaria_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1746/portaria_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/482/portaria_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1745/portaria_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1744/portaria_no_041-2020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1743/portaria_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1742/portaria_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1741/portaria_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1740/portaria_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1739/portaria_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1738/portaria_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1737/portaria_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1736/portaria_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1735/portaria_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1734/portaria_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1733/portaria_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1732/portaria_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1731/portaria_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1730/portaria_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1729/portaria_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1728/portaria_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1727/portaria_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1726/portaria_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1725/portaria_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1724/portaria_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1723/portaria_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1722/portaria_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1721/portaria_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1720/portaria_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1719/portaria_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1718/portaria_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1716/portaria_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1717/portaria_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1715/portaria_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1714/portaria_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1713/portaria_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1712/portaria_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1711/portaria_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1709/portaria_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1708/portaria_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1707/portaria_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1706/portaria_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1705/portaria_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1704/portaria_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1958/portaria_no_094-2019.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1957/portaria_no_093-2019.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1956/portaria_no_092-2019.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1874/portaria_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1955/portaria_no_091-2019.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1954/portaria_no_090-2019.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1953/portaria_no_089-2019.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1952/portaria_no_088-2019.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1951/portaria_no_087-2019.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1950/portaria_no_086-2019.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1949/portaria_no_085-2019.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1948/portaria_no_084-2019.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1947/portaria_no_083-2019.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1946/portaria_no_082-2019.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1945/portaria_no_081-2019.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1944/portaria_no_080-2019.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1943/portaria_no_079-2019.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1942/portaria_no_078-2019.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1941/portaria_no_077-2019.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1940/portaria_no_076-2019.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1939/portaria_no_075-2019.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1938/portaria_no_074-2019.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1937/portaria_no_073-2019.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1936/portaria_no_072-2019.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1935/portaria_no_071-2019.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1934/portaria_no_070-2019.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1933/portaria_no_069-2019.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1932/portaria_no_068-2019.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1931/portaria_no_067-2019.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1929/portaria_no_065-2019.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1928/portaria_no_064-2019.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1927/portaria_no_063-2019.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1930/portaria_no_066-2019.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1926/portaria_no_062-2019.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1925/portaria_no_061-2019.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1924/portaria_no_060-2019.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1923/portaria_no_059-2019.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/481/portaria_no_058-2019.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1922/portaria_no_057-2019.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1921/portaria_no_056-2019.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1920/portaria_no_055-2019.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1919/portaria_no_054-2019.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1918/portaria_no_053-2019.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1897/portaria_no_052-2019.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1896/portaria_no_051-2019.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1895/portaria_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1894/portaria_no_049-2019.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1893/portaria_no_048-2019.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1892/portaria_no_047-2019.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1891/portaria_no_046-2019.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1890/portaria_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1889/portaria_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1888/portaria_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1887/portaria_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1886/portaria_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1885/portaria_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1883/portaria_no_039-2019_a.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1884/portaria_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1882/portaria_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1881/portaria_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1880/portaria_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1879/portaria_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1878/portaria_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1877/portaria_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1876/portaria_no_033-a-2019.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1875/portaria_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1873/portaria_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1872/portaria_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1871/portaria_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1870/portaria_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1869/portaria_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1868/portaria_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1867/portaria_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1866/portaria_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1865/portaria_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1864/portaria_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1863/portaria_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1862/portaria_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1861/portaria_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1860/portaria_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1859/portaria_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1858/portaria_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1857/portaria_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1856/portaria_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1855/portaria_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1854/portaria_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1853/portaria_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1852/portaria_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1851/portaria_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1850/portaria_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1849/portaria_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1848/portaria_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1847/portaria_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1846/portaria_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1845/portaria_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1844/portaria_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2038/portaria_no_057-2018.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2037/portaria_no_056-2018.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2036/portaria_no_055-2018.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2035/portaria_no_054-2018.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2034/portaria_no_053-2018.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2033/portaria_no_052-2018.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2032/portaria_no_051-2018.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2031/portaria_no_050-2018.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2030/portaria_no_049-2018.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2029/portaria_no_048-2018.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2028/portaria_no_047-2018.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2027/portaria_no_046-2018.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2026/portaria_no_045-2018.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2025/portaria_no_044-2018.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2024/portaria_no_043-2018.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2023/portaria_no_042-2018.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2020/portaria_no_039-2018.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2022/portaria_no_041-2018.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2021/portaria_no_040-2018.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2019/portaria_no_038-2018.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2018/portaria_no_037-2018.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2017/portaria_no_036-2018.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2016/portaria_no_035-2018.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2015/portaria_no_034-2018.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2014/portaria_no_033-2018.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2013/portaria_no_032-2018.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2012/portaria_no_031-2018.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2011/portaria_no_030-2018.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2010/portaria_no_029-2018.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2009/portaria_no_028-2018.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2008/portaria_no_027-2018.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2007/portaria_no_026-2018.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2006/portaria_no_025-2018.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2005/portaria_no_024-2018.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2004/portaria_no_023-2018.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2003/portaria_no_022-2018.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2002/portaria_no_021-2018.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2001/portaria_no_020-2018.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2000/portaria_no_019-2018.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1999/portaria_no_018-2018.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1998/portaria_no_017-2018.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1997/portaria_no_016-2018.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1996/portaria_no_015-2018.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1995/portaria_no_014-2018.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1994/portaria_no_013-2018.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1993/portaria_no_012-2018.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1992/portaria_no_011-2018.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1991/portaria_no_010-2018.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1990/portaria_no_009-2018.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1989/portaria_no_008-2018.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1988/portaria_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1987/portaria_no_006-2018.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1986/portaria_no_005-2018.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1985/portaria_no_004-2018.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1984/portaria_no_003-2018.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1983/portaria_no_002-2018.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1982/portaria_no_001-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G632"/>
+  <dimension ref="A1:G668"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="104" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="103.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="239.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6126,97 +6423,97 @@
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
         <v>8</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
         <v>8</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G16" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B17" t="s">
         <v>8</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>73</v>
       </c>
       <c r="B18" t="s">
         <v>8</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>75</v>
       </c>
       <c r="G18" t="s">
         <v>76</v>
       </c>
     </row>
@@ -6514,13854 +6811,14682 @@
       </c>
       <c r="F31" s="1" t="s">
         <v>127</v>
       </c>
       <c r="G31" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>129</v>
       </c>
       <c r="B32" t="s">
         <v>8</v>
       </c>
       <c r="C32" t="s">
         <v>130</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="G32" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B33" t="s">
         <v>8</v>
       </c>
       <c r="C33" t="s">
+        <v>133</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="D33" t="s">
-[...5 lines deleted...]
-      <c r="F33" s="1" t="s">
+      <c r="G33" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B34" t="s">
         <v>8</v>
       </c>
       <c r="C34" t="s">
+        <v>137</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
         <v>138</v>
       </c>
-      <c r="D34" t="s">
-[...5 lines deleted...]
-      <c r="F34" s="1" t="s">
+      <c r="G34" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
         <v>8</v>
       </c>
       <c r="C35" t="s">
+        <v>141</v>
+      </c>
+      <c r="D35" t="s">
+        <v>10</v>
+      </c>
+      <c r="E35" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="D35" t="s">
-[...5 lines deleted...]
-      <c r="F35" s="1" t="s">
+      <c r="G35" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
         <v>8</v>
       </c>
       <c r="C36" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="D36" t="s">
-[...5 lines deleted...]
-      <c r="F36" s="1" t="s">
+      <c r="G36" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B37" t="s">
         <v>8</v>
       </c>
       <c r="C37" t="s">
+        <v>149</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+      <c r="E37" t="s">
+        <v>11</v>
+      </c>
+      <c r="F37" s="1" t="s">
         <v>150</v>
       </c>
-      <c r="D37" t="s">
-[...5 lines deleted...]
-      <c r="F37" s="1" t="s">
+      <c r="G37" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>152</v>
+      </c>
+      <c r="B38" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="C38" t="s">
         <v>154</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="G38" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
         <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C39" t="s">
         <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>159</v>
       </c>
       <c r="G39" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
         <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C40" t="s">
         <v>162</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>163</v>
       </c>
       <c r="G40" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C41" t="s">
         <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>167</v>
       </c>
       <c r="G41" t="s">
-        <v>168</v>
+        <v>128</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>168</v>
+      </c>
+      <c r="B42" t="s">
+        <v>153</v>
+      </c>
+      <c r="C42" t="s">
         <v>169</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>10</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" s="1" t="s">
         <v>170</v>
       </c>
-      <c r="D42" t="s">
-[...5 lines deleted...]
-      <c r="F42" s="1" t="s">
+      <c r="G42" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>172</v>
+      </c>
+      <c r="B43" t="s">
+        <v>153</v>
+      </c>
+      <c r="C43" t="s">
         <v>173</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>10</v>
+      </c>
+      <c r="E43" t="s">
+        <v>11</v>
+      </c>
+      <c r="F43" s="1" t="s">
         <v>174</v>
       </c>
-      <c r="D43" t="s">
-[...5 lines deleted...]
-      <c r="F43" s="1" t="s">
+      <c r="G43" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
+        <v>176</v>
+      </c>
+      <c r="B44" t="s">
+        <v>153</v>
+      </c>
+      <c r="C44" t="s">
         <v>177</v>
       </c>
-      <c r="B44" t="s">
-[...2 lines deleted...]
-      <c r="C44" t="s">
+      <c r="D44" t="s">
+        <v>10</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="D44" t="s">
-[...5 lines deleted...]
-      <c r="F44" s="1" t="s">
+      <c r="G44" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
+        <v>180</v>
+      </c>
+      <c r="B45" t="s">
+        <v>153</v>
+      </c>
+      <c r="C45" t="s">
         <v>181</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>10</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" s="1" t="s">
         <v>182</v>
       </c>
-      <c r="D45" t="s">
-[...5 lines deleted...]
-      <c r="F45" s="1" t="s">
+      <c r="G45" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C46" t="s">
         <v>185</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>186</v>
       </c>
       <c r="G46" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G48" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B49" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C49" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="G49" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B50" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C50" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="G50" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B51" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C51" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G51" t="s">
-        <v>206</v>
+        <v>183</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>207</v>
       </c>
       <c r="B52" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C52" t="s">
         <v>208</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>209</v>
       </c>
       <c r="G52" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>211</v>
       </c>
       <c r="B53" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C53" t="s">
         <v>212</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>213</v>
       </c>
       <c r="G53" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>215</v>
       </c>
       <c r="B54" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>216</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>217</v>
       </c>
       <c r="G54" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>219</v>
       </c>
       <c r="B55" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
         <v>220</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>221</v>
       </c>
       <c r="G55" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>223</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
         <v>224</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>225</v>
       </c>
       <c r="G56" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>227</v>
       </c>
       <c r="B57" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C57" t="s">
         <v>228</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>229</v>
       </c>
       <c r="G57" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>231</v>
       </c>
       <c r="B58" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C58" t="s">
         <v>232</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>233</v>
       </c>
       <c r="G58" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>235</v>
       </c>
       <c r="B59" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C59" t="s">
         <v>236</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>237</v>
       </c>
       <c r="G59" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>239</v>
       </c>
       <c r="B60" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C60" t="s">
         <v>240</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>241</v>
       </c>
       <c r="G60" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>243</v>
       </c>
       <c r="B61" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C61" t="s">
         <v>244</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>245</v>
       </c>
       <c r="G61" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>247</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C62" t="s">
         <v>248</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>249</v>
       </c>
       <c r="G62" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>251</v>
       </c>
       <c r="B63" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C63" t="s">
         <v>252</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>253</v>
       </c>
       <c r="G63" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>255</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C64" t="s">
         <v>256</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>257</v>
       </c>
       <c r="G64" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
         <v>259</v>
       </c>
       <c r="B65" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C65" t="s">
         <v>260</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>261</v>
       </c>
       <c r="G65" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
         <v>263</v>
       </c>
       <c r="B66" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C66" t="s">
         <v>264</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>265</v>
       </c>
       <c r="G66" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
         <v>267</v>
       </c>
       <c r="B67" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C67" t="s">
         <v>268</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>269</v>
       </c>
       <c r="G67" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
         <v>271</v>
       </c>
       <c r="B68" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C68" t="s">
         <v>272</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>273</v>
       </c>
       <c r="G68" t="s">
-        <v>258</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B69" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C69" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G69" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="B70" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C70" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G70" t="s">
-        <v>258</v>
+        <v>282</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="B71" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C71" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="G71" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B72" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C72" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="G72" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="B73" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C73" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="G73" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B74" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C74" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="G74" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B75" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C75" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="G75" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B76" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C76" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="G76" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B77" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C77" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="G77" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B78" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C78" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="G78" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B79" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C79" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="G79" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="B80" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C80" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="G80" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B81" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C81" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="G81" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B82" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C82" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="G82" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>329</v>
       </c>
       <c r="B83" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C83" t="s">
         <v>330</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>331</v>
       </c>
       <c r="G83" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>333</v>
       </c>
       <c r="B84" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C84" t="s">
         <v>334</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>335</v>
       </c>
       <c r="G84" t="s">
-        <v>320</v>
+        <v>336</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B85" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C85" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G85" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B86" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C86" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="G86" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B87" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C87" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="G87" t="s">
-        <v>328</v>
+        <v>17</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B88" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C88" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="G88" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B89" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C89" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="G89" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B90" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C90" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="G90" t="s">
-        <v>262</v>
+        <v>359</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="B91" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C91" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="G91" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="B92" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C92" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="G92" t="s">
-        <v>320</v>
+        <v>367</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="B93" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C93" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="G93" t="s">
-        <v>320</v>
+        <v>371</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B94" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C94" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="G94" t="s">
-        <v>328</v>
+        <v>375</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>370</v>
+        <v>376</v>
       </c>
       <c r="B95" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C95" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>372</v>
+        <v>378</v>
       </c>
       <c r="G95" t="s">
-        <v>328</v>
+        <v>379</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="B96" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C96" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="G96" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="B97" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C97" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="G97" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="B98" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C98" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="G98" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="B99" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C99" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="G99" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="B100" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C100" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="G100" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="B101" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C101" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="G101" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="B102" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C102" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="G102" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="B103" t="s">
-        <v>8</v>
+        <v>153</v>
       </c>
       <c r="C103" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="G103" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="B104" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C104" t="s">
-        <v>407</v>
+        <v>9</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="G104" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="B105" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C105" t="s">
-        <v>411</v>
+        <v>15</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="G105" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="B106" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C106" t="s">
-        <v>415</v>
+        <v>19</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="G106" t="s">
-        <v>417</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B107" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C107" t="s">
-        <v>419</v>
+        <v>23</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>420</v>
       </c>
       <c r="G107" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>422</v>
       </c>
       <c r="B108" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C108" t="s">
+        <v>27</v>
+      </c>
+      <c r="D108" t="s">
+        <v>10</v>
+      </c>
+      <c r="E108" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="D108" t="s">
-[...5 lines deleted...]
-      <c r="F108" s="1" t="s">
+      <c r="G108" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
+        <v>425</v>
+      </c>
+      <c r="B109" t="s">
+        <v>153</v>
+      </c>
+      <c r="C109" t="s">
+        <v>31</v>
+      </c>
+      <c r="D109" t="s">
+        <v>10</v>
+      </c>
+      <c r="E109" t="s">
+        <v>11</v>
+      </c>
+      <c r="F109" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="B109" t="s">
-[...2 lines deleted...]
-      <c r="C109" t="s">
+      <c r="G109" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
+        <v>428</v>
+      </c>
+      <c r="B110" t="s">
+        <v>153</v>
+      </c>
+      <c r="C110" t="s">
+        <v>35</v>
+      </c>
+      <c r="D110" t="s">
+        <v>10</v>
+      </c>
+      <c r="E110" t="s">
+        <v>11</v>
+      </c>
+      <c r="F110" s="1" t="s">
         <v>429</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="G110" t="s">
         <v>430</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>431</v>
+      </c>
+      <c r="B111" t="s">
+        <v>153</v>
+      </c>
+      <c r="C111" t="s">
+        <v>39</v>
+      </c>
+      <c r="D111" t="s">
+        <v>10</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" s="1" t="s">
         <v>432</v>
       </c>
-      <c r="B111" t="s">
-[...2 lines deleted...]
-      <c r="C111" t="s">
+      <c r="G111" t="s">
         <v>433</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
+        <v>434</v>
+      </c>
+      <c r="B112" t="s">
+        <v>153</v>
+      </c>
+      <c r="C112" t="s">
+        <v>43</v>
+      </c>
+      <c r="D112" t="s">
+        <v>10</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B112" t="s">
-[...2 lines deleted...]
-      <c r="C112" t="s">
+      <c r="G112" t="s">
         <v>436</v>
-      </c>
-[...10 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>437</v>
+      </c>
+      <c r="B113" t="s">
+        <v>153</v>
+      </c>
+      <c r="C113" t="s">
+        <v>47</v>
+      </c>
+      <c r="D113" t="s">
+        <v>10</v>
+      </c>
+      <c r="E113" t="s">
+        <v>11</v>
+      </c>
+      <c r="F113" s="1" t="s">
         <v>438</v>
       </c>
-      <c r="B113" t="s">
-[...2 lines deleted...]
-      <c r="C113" t="s">
+      <c r="G113" t="s">
         <v>439</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>440</v>
+      </c>
+      <c r="B114" t="s">
+        <v>153</v>
+      </c>
+      <c r="C114" t="s">
+        <v>51</v>
+      </c>
+      <c r="D114" t="s">
+        <v>10</v>
+      </c>
+      <c r="E114" t="s">
+        <v>11</v>
+      </c>
+      <c r="F114" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B114" t="s">
-[...2 lines deleted...]
-      <c r="C114" t="s">
+      <c r="G114" t="s">
         <v>442</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
+        <v>443</v>
+      </c>
+      <c r="B115" t="s">
+        <v>153</v>
+      </c>
+      <c r="C115" t="s">
+        <v>55</v>
+      </c>
+      <c r="D115" t="s">
+        <v>10</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" s="1" t="s">
         <v>444</v>
       </c>
-      <c r="B115" t="s">
-[...2 lines deleted...]
-      <c r="C115" t="s">
+      <c r="G115" t="s">
         <v>445</v>
-      </c>
-[...10 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
+        <v>446</v>
+      </c>
+      <c r="B116" t="s">
+        <v>153</v>
+      </c>
+      <c r="C116" t="s">
+        <v>59</v>
+      </c>
+      <c r="D116" t="s">
+        <v>10</v>
+      </c>
+      <c r="E116" t="s">
+        <v>11</v>
+      </c>
+      <c r="F116" s="1" t="s">
         <v>447</v>
       </c>
-      <c r="B116" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G116" t="s">
-        <v>421</v>
+        <v>116</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>448</v>
+      </c>
+      <c r="B117" t="s">
+        <v>153</v>
+      </c>
+      <c r="C117" t="s">
+        <v>63</v>
+      </c>
+      <c r="D117" t="s">
+        <v>10</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="G117" t="s">
         <v>450</v>
-      </c>
-[...16 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="B118" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C118" t="s">
-        <v>455</v>
+        <v>71</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="G118" t="s">
-        <v>457</v>
+        <v>112</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B119" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C119" t="s">
-        <v>459</v>
+        <v>74</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="G119" t="s">
-        <v>84</v>
+        <v>455</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B120" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C120" t="s">
-        <v>462</v>
+        <v>67</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="G120" t="s">
-        <v>464</v>
+        <v>116</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>465</v>
+        <v>458</v>
       </c>
       <c r="B121" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C121" t="s">
-        <v>466</v>
+        <v>78</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="G121" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="B122" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C122" t="s">
-        <v>470</v>
+        <v>82</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="G122" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="B123" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C123" t="s">
-        <v>474</v>
+        <v>86</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
       <c r="G123" t="s">
-        <v>476</v>
+        <v>112</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="B124" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C124" t="s">
-        <v>478</v>
+        <v>90</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="G124" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="B125" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C125" t="s">
-        <v>482</v>
+        <v>94</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>483</v>
+        <v>470</v>
       </c>
       <c r="G125" t="s">
-        <v>484</v>
+        <v>471</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>485</v>
+        <v>472</v>
       </c>
       <c r="B126" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C126" t="s">
-        <v>486</v>
+        <v>122</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="G126" t="s">
-        <v>488</v>
+        <v>403</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>489</v>
+        <v>474</v>
       </c>
       <c r="B127" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C127" t="s">
-        <v>490</v>
+        <v>98</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>491</v>
+        <v>475</v>
       </c>
       <c r="G127" t="s">
-        <v>492</v>
+        <v>116</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>493</v>
+        <v>476</v>
       </c>
       <c r="B128" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C128" t="s">
-        <v>494</v>
+        <v>102</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>495</v>
+        <v>477</v>
       </c>
       <c r="G128" t="s">
-        <v>496</v>
+        <v>116</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>497</v>
+        <v>478</v>
       </c>
       <c r="B129" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C129" t="s">
-        <v>498</v>
+        <v>106</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>499</v>
+        <v>479</v>
       </c>
       <c r="G129" t="s">
-        <v>500</v>
+        <v>116</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
       <c r="B130" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C130" t="s">
-        <v>502</v>
+        <v>110</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>503</v>
+        <v>481</v>
       </c>
       <c r="G130" t="s">
-        <v>504</v>
+        <v>112</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>505</v>
+        <v>482</v>
       </c>
       <c r="B131" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C131" t="s">
-        <v>506</v>
+        <v>114</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>507</v>
+        <v>483</v>
       </c>
       <c r="G131" t="s">
-        <v>376</v>
+        <v>112</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>508</v>
+        <v>484</v>
       </c>
       <c r="B132" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C132" t="s">
-        <v>509</v>
+        <v>118</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>510</v>
+        <v>485</v>
       </c>
       <c r="G132" t="s">
-        <v>511</v>
+        <v>486</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>512</v>
+        <v>487</v>
       </c>
       <c r="B133" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C133" t="s">
-        <v>513</v>
+        <v>126</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>514</v>
+        <v>488</v>
       </c>
       <c r="G133" t="s">
-        <v>515</v>
+        <v>489</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>516</v>
+        <v>490</v>
       </c>
       <c r="B134" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C134" t="s">
-        <v>517</v>
+        <v>130</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>518</v>
+        <v>491</v>
       </c>
       <c r="G134" t="s">
-        <v>519</v>
+        <v>492</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>520</v>
+        <v>493</v>
       </c>
       <c r="B135" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C135" t="s">
-        <v>521</v>
+        <v>133</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>522</v>
+        <v>494</v>
       </c>
       <c r="G135" t="s">
-        <v>523</v>
+        <v>495</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>524</v>
+        <v>496</v>
       </c>
       <c r="B136" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C136" t="s">
-        <v>525</v>
+        <v>137</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>526</v>
+        <v>497</v>
       </c>
       <c r="G136" t="s">
-        <v>527</v>
+        <v>498</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>528</v>
+        <v>499</v>
       </c>
       <c r="B137" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C137" t="s">
-        <v>529</v>
+        <v>141</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>530</v>
+        <v>500</v>
       </c>
       <c r="G137" t="s">
-        <v>531</v>
+        <v>501</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>532</v>
+        <v>502</v>
       </c>
       <c r="B138" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C138" t="s">
-        <v>533</v>
+        <v>145</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>534</v>
+        <v>503</v>
       </c>
       <c r="G138" t="s">
-        <v>535</v>
+        <v>504</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>536</v>
+        <v>505</v>
       </c>
       <c r="B139" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="C139" t="s">
-        <v>537</v>
+        <v>149</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>538</v>
+        <v>506</v>
       </c>
       <c r="G139" t="s">
-        <v>328</v>
+        <v>507</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>539</v>
+        <v>508</v>
       </c>
       <c r="B140" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C140" t="s">
-        <v>540</v>
+        <v>510</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>541</v>
+        <v>511</v>
       </c>
       <c r="G140" t="s">
-        <v>421</v>
+        <v>512</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>542</v>
+        <v>513</v>
       </c>
       <c r="B141" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C141" t="s">
-        <v>543</v>
+        <v>514</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>544</v>
+        <v>515</v>
       </c>
       <c r="G141" t="s">
-        <v>545</v>
+        <v>516</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>546</v>
+        <v>517</v>
       </c>
       <c r="B142" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C142" t="s">
-        <v>547</v>
+        <v>518</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>548</v>
+        <v>519</v>
       </c>
       <c r="G142" t="s">
-        <v>549</v>
+        <v>520</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>550</v>
+        <v>521</v>
       </c>
       <c r="B143" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C143" t="s">
-        <v>551</v>
+        <v>522</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>552</v>
+        <v>523</v>
       </c>
       <c r="G143" t="s">
-        <v>553</v>
+        <v>524</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>554</v>
+        <v>525</v>
       </c>
       <c r="B144" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C144" t="s">
-        <v>555</v>
+        <v>526</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>556</v>
+        <v>527</v>
       </c>
       <c r="G144" t="s">
-        <v>557</v>
+        <v>528</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>558</v>
+        <v>529</v>
       </c>
       <c r="B145" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C145" t="s">
-        <v>559</v>
+        <v>530</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>560</v>
+        <v>531</v>
       </c>
       <c r="G145" t="s">
-        <v>561</v>
+        <v>528</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>562</v>
+        <v>532</v>
       </c>
       <c r="B146" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C146" t="s">
-        <v>563</v>
+        <v>533</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>564</v>
+        <v>534</v>
       </c>
       <c r="G146" t="s">
-        <v>288</v>
+        <v>524</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>565</v>
+        <v>535</v>
       </c>
       <c r="B147" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C147" t="s">
-        <v>566</v>
+        <v>536</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>567</v>
+        <v>537</v>
       </c>
       <c r="G147" t="s">
-        <v>568</v>
+        <v>524</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>569</v>
+        <v>538</v>
       </c>
       <c r="B148" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C148" t="s">
-        <v>9</v>
+        <v>539</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>570</v>
+        <v>540</v>
       </c>
       <c r="G148" t="s">
-        <v>84</v>
+        <v>528</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>571</v>
+        <v>541</v>
       </c>
       <c r="B149" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C149" t="s">
-        <v>15</v>
+        <v>542</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>572</v>
+        <v>543</v>
       </c>
       <c r="G149" t="s">
-        <v>573</v>
+        <v>524</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>574</v>
+        <v>544</v>
       </c>
       <c r="B150" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C150" t="s">
-        <v>19</v>
+        <v>545</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>575</v>
+        <v>103</v>
       </c>
       <c r="G150" t="s">
-        <v>576</v>
+        <v>524</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>577</v>
+        <v>546</v>
       </c>
       <c r="B151" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C151" t="s">
-        <v>23</v>
+        <v>547</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>578</v>
+        <v>548</v>
       </c>
       <c r="G151" t="s">
-        <v>296</v>
+        <v>524</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>579</v>
+        <v>549</v>
       </c>
       <c r="B152" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C152" t="s">
-        <v>27</v>
+        <v>550</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>580</v>
+        <v>551</v>
       </c>
       <c r="G152" t="s">
-        <v>581</v>
+        <v>524</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>582</v>
+        <v>552</v>
       </c>
       <c r="B153" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C153" t="s">
-        <v>31</v>
+        <v>553</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>583</v>
+        <v>554</v>
       </c>
       <c r="G153" t="s">
-        <v>176</v>
+        <v>555</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>584</v>
+        <v>556</v>
       </c>
       <c r="B154" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C154" t="s">
-        <v>35</v>
+        <v>557</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>585</v>
+        <v>558</v>
       </c>
       <c r="G154" t="s">
-        <v>586</v>
+        <v>559</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>587</v>
+        <v>560</v>
       </c>
       <c r="B155" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C155" t="s">
-        <v>39</v>
+        <v>561</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>588</v>
+        <v>562</v>
       </c>
       <c r="G155" t="s">
-        <v>425</v>
+        <v>226</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>589</v>
+        <v>563</v>
       </c>
       <c r="B156" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C156" t="s">
-        <v>43</v>
+        <v>564</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>590</v>
+        <v>565</v>
       </c>
       <c r="G156" t="s">
-        <v>591</v>
+        <v>566</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>592</v>
+        <v>567</v>
       </c>
       <c r="B157" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C157" t="s">
-        <v>47</v>
+        <v>568</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>593</v>
+        <v>569</v>
       </c>
       <c r="G157" t="s">
-        <v>594</v>
+        <v>570</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>595</v>
+        <v>571</v>
       </c>
       <c r="B158" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C158" t="s">
-        <v>51</v>
+        <v>572</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>596</v>
+        <v>573</v>
       </c>
       <c r="G158" t="s">
-        <v>202</v>
+        <v>574</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>597</v>
+        <v>575</v>
       </c>
       <c r="B159" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C159" t="s">
-        <v>55</v>
+        <v>576</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>598</v>
+        <v>577</v>
       </c>
       <c r="G159" t="s">
-        <v>599</v>
+        <v>578</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>600</v>
+        <v>579</v>
       </c>
       <c r="B160" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C160" t="s">
-        <v>59</v>
+        <v>580</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>601</v>
+        <v>581</v>
       </c>
       <c r="G160" t="s">
-        <v>602</v>
+        <v>582</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>603</v>
+        <v>583</v>
       </c>
       <c r="B161" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C161" t="s">
-        <v>63</v>
+        <v>584</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>604</v>
+        <v>585</v>
       </c>
       <c r="G161" t="s">
-        <v>605</v>
+        <v>586</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>606</v>
+        <v>587</v>
       </c>
       <c r="B162" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C162" t="s">
-        <v>66</v>
+        <v>588</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>607</v>
+        <v>589</v>
       </c>
       <c r="G162" t="s">
-        <v>608</v>
+        <v>590</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>609</v>
+        <v>591</v>
       </c>
       <c r="B163" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C163" t="s">
-        <v>70</v>
+        <v>592</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
       <c r="G163" t="s">
-        <v>343</v>
+        <v>594</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>611</v>
+        <v>595</v>
       </c>
       <c r="B164" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C164" t="s">
-        <v>74</v>
+        <v>596</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>612</v>
+        <v>597</v>
       </c>
       <c r="G164" t="s">
-        <v>613</v>
+        <v>598</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>614</v>
+        <v>599</v>
       </c>
       <c r="B165" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C165" t="s">
-        <v>78</v>
+        <v>600</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>615</v>
+        <v>601</v>
       </c>
       <c r="G165" t="s">
-        <v>616</v>
+        <v>602</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="B166" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C166" t="s">
-        <v>82</v>
+        <v>604</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>618</v>
+        <v>605</v>
       </c>
       <c r="G166" t="s">
-        <v>262</v>
+        <v>606</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>619</v>
+        <v>607</v>
       </c>
       <c r="B167" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C167" t="s">
-        <v>86</v>
+        <v>608</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>620</v>
+        <v>609</v>
       </c>
       <c r="G167" t="s">
-        <v>621</v>
+        <v>486</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>622</v>
+        <v>610</v>
       </c>
       <c r="B168" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C168" t="s">
-        <v>90</v>
+        <v>611</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="G168" t="s">
-        <v>376</v>
+        <v>613</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
       <c r="B169" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C169" t="s">
-        <v>94</v>
+        <v>615</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="G169" t="s">
-        <v>376</v>
+        <v>617</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="B170" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C170" t="s">
-        <v>98</v>
+        <v>619</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
       <c r="G170" t="s">
-        <v>328</v>
+        <v>621</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="B171" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C171" t="s">
-        <v>102</v>
+        <v>623</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="G171" t="s">
-        <v>328</v>
+        <v>625</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="B172" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C172" t="s">
-        <v>106</v>
+        <v>627</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="G172" t="s">
-        <v>328</v>
+        <v>629</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>630</v>
+      </c>
+      <c r="B173" t="s">
+        <v>509</v>
+      </c>
+      <c r="C173" t="s">
+        <v>631</v>
+      </c>
+      <c r="D173" t="s">
+        <v>10</v>
+      </c>
+      <c r="E173" t="s">
+        <v>11</v>
+      </c>
+      <c r="F173" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="B173" t="s">
-[...11 lines deleted...]
-      <c r="F173" s="1" t="s">
+      <c r="G173" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>634</v>
+      </c>
+      <c r="B174" t="s">
+        <v>509</v>
+      </c>
+      <c r="C174" t="s">
         <v>635</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>636</v>
       </c>
       <c r="G174" t="s">
-        <v>328</v>
+        <v>120</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
         <v>637</v>
       </c>
       <c r="B175" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C175" t="s">
-        <v>118</v>
+        <v>638</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="G175" t="s">
-        <v>320</v>
+        <v>112</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B176" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C176" t="s">
-        <v>122</v>
+        <v>641</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="G176" t="s">
-        <v>641</v>
+        <v>524</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B177" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C177" t="s">
-        <v>126</v>
+        <v>644</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="G177" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="B178" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C178" t="s">
-        <v>130</v>
+        <v>648</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="G178" t="s">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="B179" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C179" t="s">
-        <v>134</v>
+        <v>652</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="G179" t="s">
-        <v>649</v>
+        <v>96</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="B180" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C180" t="s">
-        <v>138</v>
+        <v>655</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="G180" t="s">
-        <v>515</v>
+        <v>657</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="B181" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C181" t="s">
-        <v>142</v>
+        <v>659</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="G181" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="B182" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C182" t="s">
-        <v>146</v>
+        <v>663</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="G182" t="s">
-        <v>657</v>
+        <v>424</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="B183" t="s">
-        <v>406</v>
+        <v>509</v>
       </c>
       <c r="C183" t="s">
-        <v>150</v>
+        <v>666</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="G183" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="B184" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C184" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="G184" t="s">
-        <v>664</v>
+        <v>226</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="B185" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C185" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="G185" t="s">
-        <v>549</v>
+        <v>673</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="B186" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C186" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="G186" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="B187" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C187" t="s">
         <v>166</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="G187" t="s">
-        <v>672</v>
+        <v>430</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="B188" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C188" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="G188" t="s">
-        <v>602</v>
+        <v>681</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="B189" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C189" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="G189" t="s">
-        <v>677</v>
+        <v>318</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="B190" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C190" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="G190" t="s">
-        <v>519</v>
+        <v>686</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B191" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C191" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="G191" t="s">
-        <v>682</v>
+        <v>528</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="B192" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C192" t="s">
         <v>185</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="G192" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="B193" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C193" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
       <c r="G193" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="B194" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C194" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="G194" t="s">
-        <v>691</v>
+        <v>344</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="B195" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C195" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="G195" t="s">
-        <v>320</v>
+        <v>699</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="B196" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C196" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="G196" t="s">
-        <v>425</v>
+        <v>702</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="B197" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C197" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="G197" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="B198" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C198" t="s">
         <v>208</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="G198" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="B199" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C199" t="s">
         <v>212</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="G199" t="s">
-        <v>704</v>
+        <v>463</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="B200" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C200" t="s">
         <v>216</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="G200" t="s">
-        <v>515</v>
+        <v>713</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="B201" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C201" t="s">
         <v>220</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="G201" t="s">
-        <v>654</v>
+        <v>716</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="B202" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C202" t="s">
         <v>224</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="G202" t="s">
-        <v>711</v>
+        <v>403</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="B203" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C203" t="s">
         <v>228</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="G203" t="s">
-        <v>602</v>
+        <v>721</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
       <c r="B204" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C204" t="s">
         <v>232</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="G204" t="s">
-        <v>716</v>
+        <v>486</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="B205" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C205" t="s">
         <v>236</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="G205" t="s">
-        <v>719</v>
+        <v>486</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="B206" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C206" t="s">
         <v>240</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="G206" t="s">
-        <v>320</v>
+        <v>112</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="B207" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C207" t="s">
         <v>244</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="G207" t="s">
-        <v>328</v>
+        <v>112</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="B208" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C208" t="s">
         <v>248</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="G208" t="s">
-        <v>328</v>
+        <v>112</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="B209" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C209" t="s">
         <v>252</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="G209" t="s">
-        <v>320</v>
+        <v>734</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="B210" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C210" t="s">
         <v>256</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="G210" t="s">
-        <v>328</v>
+        <v>112</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="B211" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C211" t="s">
         <v>260</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="G211" t="s">
-        <v>328</v>
+        <v>116</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="B212" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C212" t="s">
         <v>264</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="G212" t="s">
-        <v>328</v>
+        <v>741</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="B213" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C213" t="s">
         <v>268</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="G213" t="s">
-        <v>328</v>
+        <v>744</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>736</v>
+        <v>745</v>
       </c>
       <c r="B214" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C214" t="s">
         <v>272</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>737</v>
+        <v>746</v>
       </c>
       <c r="G214" t="s">
-        <v>328</v>
+        <v>489</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>738</v>
+        <v>747</v>
       </c>
       <c r="B215" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C215" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>739</v>
+        <v>748</v>
       </c>
       <c r="G215" t="s">
-        <v>262</v>
+        <v>749</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="B216" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C216" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="G216" t="s">
-        <v>742</v>
+        <v>617</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="B217" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C217" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>744</v>
+        <v>753</v>
       </c>
       <c r="G217" t="s">
-        <v>745</v>
+        <v>754</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>746</v>
+        <v>755</v>
       </c>
       <c r="B218" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C218" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="G218" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="B219" t="s">
-        <v>662</v>
+        <v>509</v>
       </c>
       <c r="C219" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="G219" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
       <c r="B220" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C220" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="G220" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="B221" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C221" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="G221" t="s">
-        <v>756</v>
+        <v>650</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="B222" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C222" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="G222" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
       <c r="B223" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C223" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="G223" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="B224" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C224" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="G224" t="s">
-        <v>765</v>
+        <v>702</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="B225" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C225" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>767</v>
+        <v>776</v>
       </c>
       <c r="G225" t="s">
-        <v>768</v>
+        <v>777</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>769</v>
+        <v>778</v>
       </c>
       <c r="B226" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C226" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>770</v>
+        <v>779</v>
       </c>
       <c r="G226" t="s">
-        <v>573</v>
+        <v>621</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>771</v>
+        <v>780</v>
       </c>
       <c r="B227" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C227" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>772</v>
+        <v>781</v>
       </c>
       <c r="G227" t="s">
-        <v>773</v>
+        <v>782</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>774</v>
+        <v>783</v>
       </c>
       <c r="B228" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C228" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="G228" t="s">
-        <v>776</v>
+        <v>785</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>777</v>
+        <v>786</v>
       </c>
       <c r="B229" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C229" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>778</v>
+        <v>787</v>
       </c>
       <c r="G229" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="B230" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C230" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="G230" t="s">
-        <v>608</v>
+        <v>791</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="B231" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C231" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
       <c r="G231" t="s">
-        <v>784</v>
+        <v>116</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="B232" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C232" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="G232" t="s">
-        <v>787</v>
+        <v>528</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="B233" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C233" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="G233" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="B234" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C234" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="G234" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="B235" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C235" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="G235" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="B236" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C236" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="G236" t="s">
-        <v>799</v>
+        <v>617</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="B237" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C237" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="G237" t="s">
-        <v>802</v>
+        <v>754</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="B238" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C238" t="s">
         <v>365</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="G238" t="s">
-        <v>523</v>
+        <v>811</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="B239" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C239" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="G239" t="s">
-        <v>807</v>
+        <v>702</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="B240" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C240" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="G240" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="B241" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C241" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="G241" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="B242" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C242" t="s">
-        <v>356</v>
+        <v>381</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="G242" t="s">
-        <v>816</v>
+        <v>116</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="B243" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C243" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="G243" t="s">
-        <v>819</v>
+        <v>112</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="B244" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C244" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="G244" t="s">
-        <v>822</v>
+        <v>112</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B245" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C245" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="G245" t="s">
-        <v>825</v>
+        <v>116</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="B246" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C246" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="G246" t="s">
-        <v>828</v>
+        <v>112</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B247" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C247" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="G247" t="s">
-        <v>831</v>
+        <v>112</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
         <v>832</v>
       </c>
       <c r="B248" t="s">
-        <v>662</v>
+        <v>762</v>
       </c>
       <c r="C248" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
         <v>833</v>
       </c>
       <c r="G248" t="s">
-        <v>834</v>
+        <v>112</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
+        <v>834</v>
+      </c>
+      <c r="B249" t="s">
+        <v>762</v>
+      </c>
+      <c r="C249" t="s">
+        <v>409</v>
+      </c>
+      <c r="D249" t="s">
+        <v>10</v>
+      </c>
+      <c r="E249" t="s">
+        <v>11</v>
+      </c>
+      <c r="F249" s="1" t="s">
         <v>835</v>
       </c>
-      <c r="B249" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G249" t="s">
-        <v>837</v>
+        <v>112</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>838</v>
+        <v>836</v>
       </c>
       <c r="B250" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C250" t="s">
         <v>9</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="G250" t="s">
-        <v>841</v>
+        <v>112</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="B251" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C251" t="s">
         <v>15</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>843</v>
+        <v>839</v>
       </c>
       <c r="G251" t="s">
-        <v>844</v>
+        <v>403</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="B252" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C252" t="s">
         <v>19</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="G252" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="B253" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C253" t="s">
         <v>23</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="G253" t="s">
-        <v>704</v>
+        <v>845</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="B254" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C254" t="s">
         <v>27</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="G254" t="s">
-        <v>852</v>
+        <v>845</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="B255" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C255" t="s">
         <v>31</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
       <c r="G255" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="B256" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C256" t="s">
         <v>35</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="G256" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B257" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C257" t="s">
         <v>39</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="G257" t="s">
-        <v>417</v>
+        <v>856</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>861</v>
+        <v>857</v>
       </c>
       <c r="B258" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C258" t="s">
         <v>43</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>862</v>
+        <v>858</v>
       </c>
       <c r="G258" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>864</v>
+        <v>860</v>
       </c>
       <c r="B259" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C259" t="s">
         <v>47</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>865</v>
+        <v>861</v>
       </c>
       <c r="G259" t="s">
-        <v>866</v>
+        <v>862</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="B260" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C260" t="s">
         <v>51</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>868</v>
+        <v>864</v>
       </c>
       <c r="G260" t="s">
-        <v>847</v>
+        <v>865</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
       <c r="B261" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C261" t="s">
         <v>55</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="G261" t="s">
-        <v>417</v>
+        <v>868</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="B262" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C262" t="s">
         <v>59</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="G262" t="s">
-        <v>873</v>
+        <v>673</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="B263" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C263" t="s">
         <v>63</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="G263" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="B264" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C264" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="G264" t="s">
-        <v>879</v>
+        <v>876</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="B265" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C265" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="G265" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="B266" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C266" t="s">
         <v>74</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="G266" t="s">
-        <v>621</v>
+        <v>708</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>462</v>
+        <v>882</v>
       </c>
       <c r="B267" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C267" t="s">
         <v>78</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="G267" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>166</v>
+        <v>885</v>
       </c>
       <c r="B268" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C268" t="s">
         <v>82</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="G268" t="s">
         <v>887</v>
-      </c>
-[...1 lines deleted...]
-        <v>888</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>158</v>
+        <v>888</v>
       </c>
       <c r="B269" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C269" t="s">
         <v>86</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
         <v>889</v>
       </c>
       <c r="G269" t="s">
-        <v>523</v>
+        <v>890</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>154</v>
+        <v>891</v>
       </c>
       <c r="B270" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C270" t="s">
         <v>90</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="G270" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>150</v>
+        <v>894</v>
       </c>
       <c r="B271" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C271" t="s">
         <v>94</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="G271" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>146</v>
+        <v>897</v>
       </c>
       <c r="B272" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C272" t="s">
         <v>98</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="G272" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>142</v>
+        <v>900</v>
       </c>
       <c r="B273" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C273" t="s">
         <v>102</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="G273" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>138</v>
+        <v>903</v>
       </c>
       <c r="B274" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C274" t="s">
         <v>106</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="G274" t="s">
-        <v>716</v>
+        <v>625</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>134</v>
+        <v>905</v>
       </c>
       <c r="B275" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C275" t="s">
         <v>110</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="G275" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>130</v>
+        <v>908</v>
       </c>
       <c r="B276" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C276" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="G276" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>126</v>
+        <v>911</v>
       </c>
       <c r="B277" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C277" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="G277" t="s">
-        <v>685</v>
+        <v>913</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
+        <v>914</v>
+      </c>
+      <c r="B278" t="s">
+        <v>762</v>
+      </c>
+      <c r="C278" t="s">
         <v>122</v>
       </c>
-      <c r="B278" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>903</v>
+        <v>915</v>
       </c>
       <c r="G278" t="s">
-        <v>904</v>
+        <v>916</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>118</v>
+        <v>917</v>
       </c>
       <c r="B279" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C279" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="G279" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>114</v>
+        <v>920</v>
       </c>
       <c r="B280" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C280" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>907</v>
+        <v>921</v>
       </c>
       <c r="G280" t="s">
-        <v>523</v>
+        <v>922</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>110</v>
+        <v>923</v>
       </c>
       <c r="B281" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C281" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>908</v>
+        <v>924</v>
       </c>
       <c r="G281" t="s">
-        <v>909</v>
+        <v>925</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>106</v>
+        <v>926</v>
       </c>
       <c r="B282" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C282" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="G282" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>102</v>
+        <v>929</v>
       </c>
       <c r="B283" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C283" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>912</v>
+        <v>930</v>
       </c>
       <c r="G283" t="s">
-        <v>913</v>
+        <v>931</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>98</v>
+        <v>932</v>
       </c>
       <c r="B284" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C284" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>914</v>
+        <v>933</v>
       </c>
       <c r="G284" t="s">
-        <v>915</v>
+        <v>934</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>916</v>
+        <v>935</v>
       </c>
       <c r="B285" t="s">
-        <v>839</v>
+        <v>762</v>
       </c>
       <c r="C285" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>917</v>
+        <v>936</v>
       </c>
       <c r="G285" t="s">
-        <v>918</v>
+        <v>937</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>919</v>
+        <v>938</v>
       </c>
       <c r="B286" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C286" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>920</v>
+        <v>940</v>
       </c>
       <c r="G286" t="s">
-        <v>921</v>
+        <v>941</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>922</v>
+        <v>942</v>
       </c>
       <c r="B287" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C287" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>923</v>
+        <v>943</v>
       </c>
       <c r="G287" t="s">
-        <v>924</v>
+        <v>944</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>925</v>
+        <v>945</v>
       </c>
       <c r="B288" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C288" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>926</v>
+        <v>946</v>
       </c>
       <c r="G288" t="s">
-        <v>927</v>
+        <v>947</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>928</v>
+        <v>948</v>
       </c>
       <c r="B289" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C289" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>929</v>
+        <v>949</v>
       </c>
       <c r="G289" t="s">
-        <v>930</v>
+        <v>804</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>931</v>
+        <v>950</v>
       </c>
       <c r="B290" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C290" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="G290" t="s">
-        <v>933</v>
+        <v>952</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>934</v>
+        <v>953</v>
       </c>
       <c r="B291" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C291" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>935</v>
+        <v>954</v>
       </c>
       <c r="G291" t="s">
-        <v>900</v>
+        <v>955</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>936</v>
+        <v>956</v>
       </c>
       <c r="B292" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C292" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>937</v>
+        <v>957</v>
       </c>
       <c r="G292" t="s">
-        <v>938</v>
+        <v>958</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
+        <v>959</v>
+      </c>
+      <c r="B293" t="s">
         <v>939</v>
       </c>
-      <c r="B293" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C293" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>940</v>
+        <v>960</v>
       </c>
       <c r="G293" t="s">
-        <v>941</v>
+        <v>520</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>942</v>
+        <v>961</v>
       </c>
       <c r="B294" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C294" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>943</v>
+        <v>962</v>
       </c>
       <c r="G294" t="s">
-        <v>944</v>
+        <v>963</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>945</v>
+        <v>964</v>
       </c>
       <c r="B295" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C295" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>946</v>
+        <v>965</v>
       </c>
       <c r="G295" t="s">
-        <v>742</v>
+        <v>966</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
+        <v>967</v>
+      </c>
+      <c r="B296" t="s">
+        <v>939</v>
+      </c>
+      <c r="C296" t="s">
+        <v>193</v>
+      </c>
+      <c r="D296" t="s">
+        <v>10</v>
+      </c>
+      <c r="E296" t="s">
+        <v>11</v>
+      </c>
+      <c r="F296" s="1" t="s">
+        <v>968</v>
+      </c>
+      <c r="G296" t="s">
         <v>947</v>
-      </c>
-[...16 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>950</v>
+        <v>969</v>
       </c>
       <c r="B297" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C297" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>951</v>
+        <v>970</v>
       </c>
       <c r="G297" t="s">
-        <v>904</v>
+        <v>520</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>952</v>
+        <v>971</v>
       </c>
       <c r="B298" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C298" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>953</v>
+        <v>972</v>
       </c>
       <c r="G298" t="s">
-        <v>954</v>
+        <v>973</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>955</v>
+        <v>974</v>
       </c>
       <c r="B299" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C299" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>956</v>
+        <v>975</v>
       </c>
       <c r="G299" t="s">
-        <v>957</v>
+        <v>976</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>958</v>
+        <v>977</v>
       </c>
       <c r="B300" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C300" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>959</v>
+        <v>978</v>
       </c>
       <c r="G300" t="s">
-        <v>960</v>
+        <v>979</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>961</v>
+        <v>980</v>
       </c>
       <c r="B301" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C301" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>962</v>
+        <v>981</v>
       </c>
       <c r="G301" t="s">
-        <v>847</v>
+        <v>982</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>963</v>
+        <v>983</v>
       </c>
       <c r="B302" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C302" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>964</v>
+        <v>984</v>
       </c>
       <c r="G302" t="s">
-        <v>909</v>
+        <v>721</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>965</v>
+        <v>564</v>
       </c>
       <c r="B303" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C303" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>966</v>
+        <v>985</v>
       </c>
       <c r="G303" t="s">
-        <v>967</v>
+        <v>986</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>968</v>
+        <v>308</v>
       </c>
       <c r="B304" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C304" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="G304" t="s">
-        <v>900</v>
+        <v>988</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>970</v>
+        <v>300</v>
       </c>
       <c r="B305" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C305" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>971</v>
+        <v>989</v>
       </c>
       <c r="G305" t="s">
-        <v>900</v>
+        <v>625</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>972</v>
+        <v>296</v>
       </c>
       <c r="B306" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C306" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>973</v>
+        <v>990</v>
       </c>
       <c r="G306" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>975</v>
+        <v>292</v>
       </c>
       <c r="B307" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C307" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>976</v>
+        <v>992</v>
       </c>
       <c r="G307" t="s">
-        <v>977</v>
+        <v>993</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>978</v>
+        <v>288</v>
       </c>
       <c r="B308" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C308" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>979</v>
+        <v>994</v>
       </c>
       <c r="G308" t="s">
-        <v>980</v>
+        <v>995</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>981</v>
+        <v>284</v>
       </c>
       <c r="B309" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C309" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="G309" t="s">
-        <v>915</v>
+        <v>997</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>983</v>
+        <v>280</v>
       </c>
       <c r="B310" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C310" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="G310" t="s">
-        <v>742</v>
+        <v>816</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>985</v>
+        <v>276</v>
       </c>
       <c r="B311" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C311" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="G311" t="s">
-        <v>915</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>987</v>
+        <v>272</v>
       </c>
       <c r="B312" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C312" t="s">
         <v>252</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="G312" t="s">
-        <v>960</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>989</v>
+        <v>268</v>
       </c>
       <c r="B313" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C313" t="s">
         <v>256</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>990</v>
+        <v>1002</v>
       </c>
       <c r="G313" t="s">
-        <v>991</v>
+        <v>785</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>992</v>
+        <v>264</v>
       </c>
       <c r="B314" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C314" t="s">
         <v>260</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>993</v>
+        <v>1003</v>
       </c>
       <c r="G314" t="s">
-        <v>960</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>994</v>
+        <v>260</v>
       </c>
       <c r="B315" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C315" t="s">
         <v>264</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>995</v>
+        <v>1005</v>
       </c>
       <c r="G315" t="s">
-        <v>915</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>996</v>
+        <v>256</v>
       </c>
       <c r="B316" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C316" t="s">
         <v>268</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>997</v>
+        <v>1007</v>
       </c>
       <c r="G316" t="s">
-        <v>998</v>
+        <v>625</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>999</v>
+        <v>252</v>
       </c>
       <c r="B317" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C317" t="s">
         <v>272</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1000</v>
+        <v>1008</v>
       </c>
       <c r="G317" t="s">
-        <v>915</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1001</v>
+        <v>248</v>
       </c>
       <c r="B318" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C318" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="G318" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1004</v>
+        <v>244</v>
       </c>
       <c r="B319" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C319" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1005</v>
+        <v>1012</v>
       </c>
       <c r="G319" t="s">
-        <v>1006</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1007</v>
+        <v>240</v>
       </c>
       <c r="B320" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C320" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="G320" t="s">
-        <v>779</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1009</v>
+        <v>1016</v>
       </c>
       <c r="B321" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C321" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1010</v>
+        <v>1017</v>
       </c>
       <c r="G321" t="s">
-        <v>1011</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1012</v>
+        <v>1019</v>
       </c>
       <c r="B322" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C322" t="s">
-        <v>294</v>
+        <v>292</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1013</v>
+        <v>1020</v>
       </c>
       <c r="G322" t="s">
-        <v>1014</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1015</v>
+        <v>1022</v>
       </c>
       <c r="B323" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C323" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="G323" t="s">
-        <v>779</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1017</v>
+        <v>1025</v>
       </c>
       <c r="B324" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C324" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1018</v>
+        <v>1026</v>
       </c>
       <c r="G324" t="s">
-        <v>930</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
       <c r="B325" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C325" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="G325" t="s">
-        <v>927</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1021</v>
+        <v>1031</v>
       </c>
       <c r="B326" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C326" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1022</v>
+        <v>1032</v>
       </c>
       <c r="G326" t="s">
-        <v>960</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1023</v>
+        <v>1034</v>
       </c>
       <c r="B327" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C327" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1024</v>
+        <v>1035</v>
       </c>
       <c r="G327" t="s">
-        <v>1025</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1026</v>
+        <v>1036</v>
       </c>
       <c r="B328" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C328" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1027</v>
+        <v>1037</v>
       </c>
       <c r="G328" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="B329" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C329" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="G329" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="B330" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C330" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="G330" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="B331" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C331" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="G331" t="s">
-        <v>1037</v>
+        <v>842</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="B332" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C332" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="G332" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="B333" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C333" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="G333" t="s">
-        <v>1043</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>459</v>
+        <v>1052</v>
       </c>
       <c r="B334" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C334" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1044</v>
+        <v>1053</v>
       </c>
       <c r="G334" t="s">
-        <v>1045</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1046</v>
+        <v>1055</v>
       </c>
       <c r="B335" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C335" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1047</v>
+        <v>1056</v>
       </c>
       <c r="G335" t="s">
-        <v>1048</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1049</v>
+        <v>1058</v>
       </c>
       <c r="B336" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C336" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1050</v>
+        <v>1059</v>
       </c>
       <c r="G336" t="s">
-        <v>960</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="B337" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C337" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="G337" t="s">
-        <v>1053</v>
+        <v>947</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1054</v>
+        <v>1063</v>
       </c>
       <c r="B338" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C338" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1055</v>
+        <v>1064</v>
       </c>
       <c r="G338" t="s">
-        <v>1056</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="B339" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C339" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="G339" t="s">
-        <v>960</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1059</v>
+        <v>1068</v>
       </c>
       <c r="B340" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C340" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1060</v>
+        <v>1069</v>
       </c>
       <c r="G340" t="s">
-        <v>960</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1061</v>
+        <v>1070</v>
       </c>
       <c r="B341" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C341" t="s">
         <v>365</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
       <c r="G341" t="s">
-        <v>960</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1063</v>
+        <v>1072</v>
       </c>
       <c r="B342" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C342" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1064</v>
+        <v>1073</v>
       </c>
       <c r="G342" t="s">
-        <v>960</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="B343" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C343" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
       <c r="G343" t="s">
-        <v>960</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="B344" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C344" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="G344" t="s">
-        <v>960</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1069</v>
+        <v>1081</v>
       </c>
       <c r="B345" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C345" t="s">
-        <v>356</v>
+        <v>381</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1070</v>
+        <v>1082</v>
       </c>
       <c r="G345" t="s">
-        <v>1071</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1072</v>
+        <v>1083</v>
       </c>
       <c r="B346" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C346" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="G346" t="s">
-        <v>960</v>
+        <v>842</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="B347" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C347" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="G347" t="s">
-        <v>960</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="B348" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C348" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="G348" t="s">
-        <v>384</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="B349" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C349" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
       <c r="G349" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
       <c r="B350" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C350" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1082</v>
+        <v>1093</v>
       </c>
       <c r="G350" t="s">
-        <v>400</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1083</v>
+        <v>1094</v>
       </c>
       <c r="B351" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C351" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1084</v>
+        <v>1095</v>
       </c>
       <c r="G351" t="s">
-        <v>1085</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="B352" t="s">
-        <v>839</v>
+        <v>939</v>
       </c>
       <c r="C352" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="G352" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="B353" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C353" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1091</v>
+        <v>1100</v>
       </c>
       <c r="G353" t="s">
-        <v>1092</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1093</v>
+        <v>1101</v>
       </c>
       <c r="B354" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C354" t="s">
-        <v>182</v>
+        <v>15</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1094</v>
+        <v>1102</v>
       </c>
       <c r="G354" t="s">
-        <v>1095</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="B355" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C355" t="s">
-        <v>185</v>
+        <v>23</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1097</v>
+        <v>1105</v>
       </c>
       <c r="G355" t="s">
-        <v>1098</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1099</v>
+        <v>1107</v>
       </c>
       <c r="B356" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C356" t="s">
-        <v>188</v>
+        <v>27</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1100</v>
+        <v>1108</v>
       </c>
       <c r="G356" t="s">
-        <v>1043</v>
+        <v>879</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1101</v>
+        <v>1109</v>
       </c>
       <c r="B357" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C357" t="s">
-        <v>192</v>
+        <v>31</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1102</v>
+        <v>1110</v>
       </c>
       <c r="G357" t="s">
-        <v>960</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1103</v>
+        <v>1112</v>
       </c>
       <c r="B358" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C358" t="s">
-        <v>196</v>
+        <v>35</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1104</v>
+        <v>1113</v>
       </c>
       <c r="G358" t="s">
-        <v>1105</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1106</v>
+        <v>1115</v>
       </c>
       <c r="B359" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C359" t="s">
-        <v>200</v>
+        <v>19</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1107</v>
+        <v>1116</v>
       </c>
       <c r="G359" t="s">
-        <v>1098</v>
+        <v>879</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1108</v>
+        <v>1117</v>
       </c>
       <c r="B360" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C360" t="s">
-        <v>204</v>
+        <v>39</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1109</v>
+        <v>1118</v>
       </c>
       <c r="G360" t="s">
-        <v>1110</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1111</v>
+        <v>1119</v>
       </c>
       <c r="B361" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C361" t="s">
-        <v>208</v>
+        <v>43</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="G361" t="s">
-        <v>1113</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="B362" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C362" t="s">
-        <v>212</v>
+        <v>47</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="G362" t="s">
-        <v>1116</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="B363" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C363" t="s">
-        <v>216</v>
+        <v>51</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1118</v>
+        <v>1124</v>
       </c>
       <c r="G363" t="s">
-        <v>1119</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1120</v>
+        <v>1126</v>
       </c>
       <c r="B364" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C364" t="s">
-        <v>220</v>
+        <v>55</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1121</v>
+        <v>1127</v>
       </c>
       <c r="G364" t="s">
-        <v>1122</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1123</v>
+        <v>1129</v>
       </c>
       <c r="B365" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C365" t="s">
-        <v>228</v>
+        <v>59</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1124</v>
+        <v>1130</v>
       </c>
       <c r="G365" t="s">
-        <v>960</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1125</v>
+        <v>1132</v>
       </c>
       <c r="B366" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C366" t="s">
-        <v>232</v>
+        <v>63</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1126</v>
+        <v>1133</v>
       </c>
       <c r="G366" t="s">
-        <v>1127</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="B367" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C367" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1129</v>
+        <v>1136</v>
       </c>
       <c r="G367" t="s">
-        <v>384</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="B368" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C368" t="s">
-        <v>240</v>
+        <v>71</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
       <c r="G368" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="B369" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C369" t="s">
-        <v>244</v>
+        <v>74</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="G369" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1136</v>
+        <v>561</v>
       </c>
       <c r="B370" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C370" t="s">
-        <v>248</v>
+        <v>78</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1137</v>
+        <v>1144</v>
       </c>
       <c r="G370" t="s">
-        <v>1116</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="B371" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C371" t="s">
-        <v>252</v>
+        <v>82</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="G371" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="B372" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C372" t="s">
-        <v>256</v>
+        <v>86</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="G372" t="s">
-        <v>1143</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="B373" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C373" t="s">
-        <v>260</v>
+        <v>90</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="G373" t="s">
-        <v>1146</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="B374" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C374" t="s">
-        <v>264</v>
+        <v>94</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1148</v>
+        <v>1155</v>
       </c>
       <c r="G374" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="B375" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C375" t="s">
-        <v>268</v>
+        <v>98</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="G375" t="s">
-        <v>1152</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="B376" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C376" t="s">
-        <v>272</v>
+        <v>102</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="G376" t="s">
-        <v>960</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="B377" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C377" t="s">
-        <v>275</v>
+        <v>106</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="G377" t="s">
-        <v>1157</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1158</v>
+        <v>1163</v>
       </c>
       <c r="B378" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C378" t="s">
-        <v>282</v>
+        <v>110</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="G378" t="s">
-        <v>1116</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="B379" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C379" t="s">
-        <v>286</v>
+        <v>114</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="G379" t="s">
-        <v>1162</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B380" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C380" t="s">
-        <v>290</v>
+        <v>118</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="G380" t="s">
-        <v>1165</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="B381" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C381" t="s">
-        <v>294</v>
+        <v>122</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="G381" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B382" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C382" t="s">
-        <v>298</v>
+        <v>126</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="G382" t="s">
-        <v>980</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="B383" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C383" t="s">
-        <v>302</v>
+        <v>130</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="G383" t="s">
-        <v>930</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="B384" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C384" t="s">
-        <v>306</v>
+        <v>133</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="G384" t="s">
-        <v>1175</v>
+        <v>492</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="B385" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C385" t="s">
-        <v>310</v>
+        <v>137</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="G385" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
       <c r="B386" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C386" t="s">
-        <v>314</v>
+        <v>141</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="G386" t="s">
-        <v>1181</v>
+        <v>504</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B387" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C387" t="s">
-        <v>318</v>
+        <v>145</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="G387" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B388" t="s">
-        <v>1090</v>
+        <v>939</v>
       </c>
       <c r="C388" t="s">
-        <v>322</v>
+        <v>149</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="G388" t="s">
-        <v>960</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="B389" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C389" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="G389" t="s">
-        <v>960</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="B390" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C390" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="G390" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="B391" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C391" t="s">
-        <v>330</v>
+        <v>327</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="G391" t="s">
-        <v>960</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="B392" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C392" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
       <c r="G392" t="s">
-        <v>960</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="B393" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C393" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="G393" t="s">
-        <v>960</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="B394" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C394" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="G394" t="s">
-        <v>1048</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1200</v>
+        <v>1206</v>
       </c>
       <c r="B395" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C395" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1201</v>
+        <v>1207</v>
       </c>
       <c r="G395" t="s">
-        <v>960</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1202</v>
+        <v>1208</v>
       </c>
       <c r="B396" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C396" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="G396" t="s">
-        <v>980</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1204</v>
+        <v>1211</v>
       </c>
       <c r="B397" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C397" t="s">
-        <v>359</v>
+        <v>349</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1205</v>
+        <v>1212</v>
       </c>
       <c r="G397" t="s">
-        <v>960</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1206</v>
+        <v>1214</v>
       </c>
       <c r="B398" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C398" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1207</v>
+        <v>1215</v>
       </c>
       <c r="G398" t="s">
-        <v>384</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1208</v>
+        <v>1217</v>
       </c>
       <c r="B399" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C399" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="G399" t="s">
-        <v>1040</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="B400" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C400" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
       <c r="G400" t="s">
-        <v>1212</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1213</v>
+        <v>1223</v>
       </c>
       <c r="B401" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C401" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1214</v>
+        <v>1224</v>
       </c>
       <c r="G401" t="s">
-        <v>1040</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1215</v>
+        <v>1225</v>
       </c>
       <c r="B402" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C402" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1216</v>
+        <v>1226</v>
       </c>
       <c r="G402" t="s">
-        <v>960</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1217</v>
+        <v>1228</v>
       </c>
       <c r="B403" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C403" t="s">
-        <v>356</v>
+        <v>377</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1218</v>
+        <v>1229</v>
       </c>
       <c r="G403" t="s">
-        <v>1043</v>
+        <v>492</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1219</v>
+        <v>1230</v>
       </c>
       <c r="B404" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C404" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1220</v>
+        <v>1231</v>
       </c>
       <c r="G404" t="s">
-        <v>1056</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
       <c r="B405" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C405" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="G405" t="s">
-        <v>1053</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1223</v>
+        <v>1236</v>
       </c>
       <c r="B406" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C406" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1224</v>
+        <v>1237</v>
       </c>
       <c r="G406" t="s">
-        <v>980</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1225</v>
+        <v>1238</v>
       </c>
       <c r="B407" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C407" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1226</v>
+        <v>1239</v>
       </c>
       <c r="G407" t="s">
-        <v>1227</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1228</v>
+        <v>1241</v>
       </c>
       <c r="B408" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C408" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1229</v>
+        <v>1242</v>
       </c>
       <c r="G408" t="s">
-        <v>1230</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1231</v>
+        <v>1244</v>
       </c>
       <c r="B409" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C409" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1232</v>
+        <v>1245</v>
       </c>
       <c r="G409" t="s">
-        <v>1233</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1234</v>
+        <v>1247</v>
       </c>
       <c r="B410" t="s">
-        <v>1090</v>
+        <v>1190</v>
       </c>
       <c r="C410" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="G410" t="s">
-        <v>1236</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1237</v>
+        <v>1250</v>
       </c>
       <c r="B411" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C411" t="s">
-        <v>142</v>
+        <v>409</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1239</v>
+        <v>1251</v>
       </c>
       <c r="G411" t="s">
-        <v>1240</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1241</v>
+        <v>1253</v>
       </c>
       <c r="B412" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C412" t="s">
-        <v>146</v>
+        <v>9</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1242</v>
+        <v>1254</v>
       </c>
       <c r="G412" t="s">
-        <v>1243</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1244</v>
+        <v>1255</v>
       </c>
       <c r="B413" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C413" t="s">
-        <v>150</v>
+        <v>15</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1245</v>
+        <v>1256</v>
       </c>
       <c r="G413" t="s">
-        <v>1246</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1247</v>
+        <v>1258</v>
       </c>
       <c r="B414" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C414" t="s">
-        <v>154</v>
+        <v>23</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1248</v>
+        <v>1259</v>
       </c>
       <c r="G414" t="s">
-        <v>1116</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1249</v>
+        <v>1260</v>
       </c>
       <c r="B415" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C415" t="s">
-        <v>378</v>
+        <v>27</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1250</v>
+        <v>1261</v>
       </c>
       <c r="G415" t="s">
-        <v>1251</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1252</v>
+        <v>1263</v>
       </c>
       <c r="B416" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C416" t="s">
-        <v>158</v>
+        <v>31</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1253</v>
+        <v>1264</v>
       </c>
       <c r="G416" t="s">
-        <v>1254</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
-        <v>1255</v>
+        <v>1266</v>
       </c>
       <c r="B417" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C417" t="s">
-        <v>162</v>
+        <v>35</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1256</v>
+        <v>1267</v>
       </c>
       <c r="G417" t="s">
-        <v>1257</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1258</v>
+        <v>1269</v>
       </c>
       <c r="B418" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C418" t="s">
-        <v>166</v>
+        <v>39</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1259</v>
+        <v>1270</v>
       </c>
       <c r="G418" t="s">
-        <v>1260</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1261</v>
+        <v>1271</v>
       </c>
       <c r="B419" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C419" t="s">
-        <v>170</v>
+        <v>43</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1262</v>
+        <v>1272</v>
       </c>
       <c r="G419" t="s">
-        <v>1212</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1263</v>
+        <v>1273</v>
       </c>
       <c r="B420" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C420" t="s">
-        <v>174</v>
+        <v>47</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1264</v>
+        <v>1274</v>
       </c>
       <c r="G420" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="B421" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C421" t="s">
-        <v>178</v>
+        <v>51</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
       <c r="G421" t="s">
-        <v>343</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1268</v>
+        <v>1279</v>
       </c>
       <c r="B422" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C422" t="s">
-        <v>182</v>
+        <v>55</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="G422" t="s">
-        <v>1270</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1271</v>
+        <v>1282</v>
       </c>
       <c r="B423" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C423" t="s">
-        <v>185</v>
+        <v>59</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1272</v>
+        <v>1283</v>
       </c>
       <c r="G423" t="s">
-        <v>1273</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1274</v>
+        <v>1285</v>
       </c>
       <c r="B424" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C424" t="s">
-        <v>192</v>
+        <v>63</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1275</v>
+        <v>1286</v>
       </c>
       <c r="G424" t="s">
-        <v>1191</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1276</v>
+        <v>1287</v>
       </c>
       <c r="B425" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C425" t="s">
-        <v>188</v>
+        <v>67</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1277</v>
+        <v>1288</v>
       </c>
       <c r="G425" t="s">
-        <v>1254</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1278</v>
+        <v>1289</v>
       </c>
       <c r="B426" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C426" t="s">
-        <v>196</v>
+        <v>71</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1279</v>
+        <v>1290</v>
       </c>
       <c r="G426" t="s">
-        <v>1116</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1280</v>
+        <v>1292</v>
       </c>
       <c r="B427" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C427" t="s">
-        <v>200</v>
+        <v>74</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1281</v>
+        <v>1293</v>
       </c>
       <c r="G427" t="s">
-        <v>1282</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1283</v>
+        <v>1294</v>
       </c>
       <c r="B428" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C428" t="s">
-        <v>204</v>
+        <v>78</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1284</v>
+        <v>1295</v>
       </c>
       <c r="G428" t="s">
-        <v>1270</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1285</v>
+        <v>1296</v>
       </c>
       <c r="B429" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C429" t="s">
-        <v>208</v>
+        <v>82</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1286</v>
+        <v>1297</v>
       </c>
       <c r="G429" t="s">
-        <v>1116</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1287</v>
+        <v>1298</v>
       </c>
       <c r="B430" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C430" t="s">
-        <v>212</v>
+        <v>86</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1288</v>
+        <v>1299</v>
       </c>
       <c r="G430" t="s">
-        <v>1289</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
       <c r="B431" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C431" t="s">
-        <v>216</v>
+        <v>90</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="G431" t="s">
-        <v>1292</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="B432" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C432" t="s">
-        <v>220</v>
+        <v>94</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1294</v>
+        <v>1303</v>
       </c>
       <c r="G432" t="s">
-        <v>1251</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1295</v>
+        <v>1304</v>
       </c>
       <c r="B433" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C433" t="s">
-        <v>224</v>
+        <v>98</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1296</v>
+        <v>1305</v>
       </c>
       <c r="G433" t="s">
-        <v>1270</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1297</v>
+        <v>1306</v>
       </c>
       <c r="B434" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C434" t="s">
-        <v>228</v>
+        <v>102</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1298</v>
+        <v>1307</v>
       </c>
       <c r="G434" t="s">
-        <v>1270</v>
+        <v>492</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1299</v>
+        <v>1308</v>
       </c>
       <c r="B435" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C435" t="s">
-        <v>232</v>
+        <v>106</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1300</v>
+        <v>1309</v>
       </c>
       <c r="G435" t="s">
-        <v>1116</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1301</v>
+        <v>1310</v>
       </c>
       <c r="B436" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C436" t="s">
-        <v>236</v>
+        <v>110</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1302</v>
+        <v>1311</v>
       </c>
       <c r="G436" t="s">
-        <v>1303</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1304</v>
+        <v>1313</v>
       </c>
       <c r="B437" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C437" t="s">
-        <v>240</v>
+        <v>114</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1305</v>
+        <v>1314</v>
       </c>
       <c r="G437" t="s">
-        <v>1116</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1306</v>
+        <v>1315</v>
       </c>
       <c r="B438" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C438" t="s">
-        <v>244</v>
+        <v>118</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1307</v>
+        <v>1316</v>
       </c>
       <c r="G438" t="s">
-        <v>1308</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1309</v>
+        <v>1317</v>
       </c>
       <c r="B439" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C439" t="s">
-        <v>248</v>
+        <v>122</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="G439" t="s">
-        <v>1311</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="B440" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C440" t="s">
-        <v>252</v>
+        <v>126</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="G440" t="s">
-        <v>1314</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1315</v>
+        <v>1321</v>
       </c>
       <c r="B441" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C441" t="s">
-        <v>256</v>
+        <v>130</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1316</v>
+        <v>1322</v>
       </c>
       <c r="G441" t="s">
-        <v>1168</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1317</v>
+        <v>1323</v>
       </c>
       <c r="B442" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C442" t="s">
-        <v>260</v>
+        <v>133</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1318</v>
+        <v>1324</v>
       </c>
       <c r="G442" t="s">
-        <v>1319</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1320</v>
+        <v>1325</v>
       </c>
       <c r="B443" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C443" t="s">
-        <v>264</v>
+        <v>137</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1321</v>
+        <v>1326</v>
       </c>
       <c r="G443" t="s">
-        <v>1322</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1323</v>
+        <v>1328</v>
       </c>
       <c r="B444" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C444" t="s">
-        <v>268</v>
+        <v>141</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1324</v>
+        <v>1329</v>
       </c>
       <c r="G444" t="s">
-        <v>1325</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1326</v>
+        <v>1331</v>
       </c>
       <c r="B445" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C445" t="s">
-        <v>272</v>
+        <v>145</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1327</v>
+        <v>1332</v>
       </c>
       <c r="G445" t="s">
-        <v>1328</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1329</v>
+        <v>1334</v>
       </c>
       <c r="B446" t="s">
-        <v>1238</v>
+        <v>1190</v>
       </c>
       <c r="C446" t="s">
-        <v>275</v>
+        <v>149</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="G446" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="B447" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C447" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="G447" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="B448" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C448" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1336</v>
+        <v>1342</v>
       </c>
       <c r="G448" t="s">
-        <v>913</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="B449" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C449" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="G449" t="s">
-        <v>911</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
       <c r="B450" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C450" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1340</v>
+        <v>1348</v>
       </c>
       <c r="G450" t="s">
-        <v>1341</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="B451" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C451" t="s">
-        <v>294</v>
+        <v>126</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="G451" t="s">
-        <v>1270</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="B452" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C452" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
       <c r="G452" t="s">
-        <v>1270</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>1346</v>
+        <v>1355</v>
       </c>
       <c r="B453" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C453" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1347</v>
+        <v>1356</v>
       </c>
       <c r="G453" t="s">
-        <v>1348</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1349</v>
+        <v>1358</v>
       </c>
       <c r="B454" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C454" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1350</v>
+        <v>1359</v>
       </c>
       <c r="G454" t="s">
-        <v>1053</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="B455" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C455" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
       <c r="G455" t="s">
-        <v>1270</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1353</v>
+        <v>1363</v>
       </c>
       <c r="B456" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C456" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1354</v>
+        <v>1364</v>
       </c>
       <c r="G456" t="s">
-        <v>1270</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>1355</v>
+        <v>1366</v>
       </c>
       <c r="B457" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C457" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1356</v>
+        <v>1367</v>
       </c>
       <c r="G457" t="s">
-        <v>1270</v>
+        <v>463</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>1357</v>
+        <v>1368</v>
       </c>
       <c r="B458" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C458" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1358</v>
+        <v>1369</v>
       </c>
       <c r="G458" t="s">
-        <v>1359</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>1360</v>
+        <v>1371</v>
       </c>
       <c r="B459" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C459" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>11</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1361</v>
+        <v>1372</v>
       </c>
       <c r="G459" t="s">
-        <v>1270</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1362</v>
+        <v>1374</v>
       </c>
       <c r="B460" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C460" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1363</v>
+        <v>1375</v>
       </c>
       <c r="G460" t="s">
-        <v>1270</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="B461" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C461" t="s">
         <v>330</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1365</v>
+        <v>1377</v>
       </c>
       <c r="G461" t="s">
-        <v>1366</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
-        <v>1367</v>
+        <v>1378</v>
       </c>
       <c r="B462" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C462" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1368</v>
+        <v>1379</v>
       </c>
       <c r="G462" t="s">
-        <v>1270</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1369</v>
+        <v>1380</v>
       </c>
       <c r="B463" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C463" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1370</v>
+        <v>1381</v>
       </c>
       <c r="G463" t="s">
-        <v>1270</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1371</v>
+        <v>1383</v>
       </c>
       <c r="B464" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C464" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1372</v>
+        <v>1384</v>
       </c>
       <c r="G464" t="s">
-        <v>1270</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1373</v>
+        <v>1385</v>
       </c>
       <c r="B465" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C465" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
         <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1374</v>
+        <v>1386</v>
       </c>
       <c r="G465" t="s">
-        <v>1375</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1376</v>
+        <v>1387</v>
       </c>
       <c r="B466" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C466" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1377</v>
+        <v>1388</v>
       </c>
       <c r="G466" t="s">
-        <v>1165</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1378</v>
+        <v>1390</v>
       </c>
       <c r="B467" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C467" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1379</v>
+        <v>1391</v>
       </c>
       <c r="G467" t="s">
-        <v>1380</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1381</v>
+        <v>1393</v>
       </c>
       <c r="B468" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C468" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1382</v>
+        <v>1394</v>
       </c>
       <c r="G468" t="s">
-        <v>1383</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1384</v>
+        <v>1395</v>
       </c>
       <c r="B469" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C469" t="s">
         <v>365</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="G469" t="s">
-        <v>1386</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>1387</v>
+        <v>1397</v>
       </c>
       <c r="B470" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C470" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1388</v>
+        <v>1398</v>
       </c>
       <c r="G470" t="s">
-        <v>1389</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="B471" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C471" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="G471" t="s">
-        <v>1392</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="B472" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C472" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
       <c r="G472" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
       <c r="B473" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C473" t="s">
-        <v>356</v>
+        <v>381</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1397</v>
+        <v>1405</v>
       </c>
       <c r="G473" t="s">
-        <v>1398</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="B474" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C474" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="G474" t="s">
-        <v>742</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="B475" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C475" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="G475" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="B476" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C476" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="G476" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="B477" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C477" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D477" t="s">
         <v>10</v>
       </c>
       <c r="E477" t="s">
         <v>11</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="G477" t="s">
-        <v>523</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="B478" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C478" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="G478" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="B479" t="s">
-        <v>1238</v>
+        <v>1338</v>
       </c>
       <c r="C479" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="G479" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="B480" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C480" t="s">
-        <v>43</v>
+        <v>409</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="G480" t="s">
-        <v>1386</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="B481" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C481" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
       <c r="G481" t="s">
-        <v>1240</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
-        <v>1420</v>
+        <v>1429</v>
       </c>
       <c r="B482" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C482" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>1421</v>
+        <v>1430</v>
       </c>
       <c r="G482" t="s">
-        <v>1240</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
-        <v>1422</v>
+        <v>1432</v>
       </c>
       <c r="B483" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C483" t="s">
-        <v>290</v>
+        <v>19</v>
       </c>
       <c r="D483" t="s">
         <v>10</v>
       </c>
       <c r="E483" t="s">
         <v>11</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>1423</v>
+        <v>1433</v>
       </c>
       <c r="G483" t="s">
-        <v>980</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
-        <v>1424</v>
+        <v>1435</v>
       </c>
       <c r="B484" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C484" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484" t="s">
         <v>11</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>1425</v>
+        <v>1436</v>
       </c>
       <c r="G484" t="s">
-        <v>1426</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
-        <v>1427</v>
+        <v>1437</v>
       </c>
       <c r="B485" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C485" t="s">
-        <v>59</v>
+        <v>27</v>
       </c>
       <c r="D485" t="s">
         <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>11</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>1428</v>
+        <v>1438</v>
       </c>
       <c r="G485" t="s">
-        <v>980</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
-        <v>1429</v>
+        <v>1439</v>
       </c>
       <c r="B486" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C486" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>1430</v>
+        <v>1440</v>
       </c>
       <c r="G486" t="s">
-        <v>1254</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
-        <v>1431</v>
+        <v>1442</v>
       </c>
       <c r="B487" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C487" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
-        <v>1432</v>
+        <v>1443</v>
       </c>
       <c r="G487" t="s">
-        <v>1254</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="B488" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C488" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="D488" t="s">
         <v>10</v>
       </c>
       <c r="E488" t="s">
         <v>11</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>1434</v>
+        <v>1445</v>
       </c>
       <c r="G488" t="s">
-        <v>1435</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
-        <v>1436</v>
+        <v>1446</v>
       </c>
       <c r="B489" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C489" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="D489" t="s">
         <v>10</v>
       </c>
       <c r="E489" t="s">
         <v>11</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>1437</v>
+        <v>1447</v>
       </c>
       <c r="G489" t="s">
-        <v>1438</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
       <c r="B490" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C490" t="s">
-        <v>78</v>
+        <v>47</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490" t="s">
         <v>11</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1440</v>
+        <v>1450</v>
       </c>
       <c r="G490" t="s">
-        <v>1441</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
-        <v>1442</v>
+        <v>1451</v>
       </c>
       <c r="B491" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C491" t="s">
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="D491" t="s">
         <v>10</v>
       </c>
       <c r="E491" t="s">
         <v>11</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="G491" t="s">
-        <v>1444</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="B492" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C492" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="D492" t="s">
         <v>10</v>
       </c>
       <c r="E492" t="s">
         <v>11</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="G492" t="s">
-        <v>1447</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
-        <v>1448</v>
+        <v>1455</v>
       </c>
       <c r="B493" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C493" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="D493" t="s">
         <v>10</v>
       </c>
       <c r="E493" t="s">
         <v>11</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>1449</v>
+        <v>1456</v>
       </c>
       <c r="G493" t="s">
-        <v>1450</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
-        <v>1451</v>
+        <v>1457</v>
       </c>
       <c r="B494" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C494" t="s">
-        <v>94</v>
+        <v>63</v>
       </c>
       <c r="D494" t="s">
         <v>10</v>
       </c>
       <c r="E494" t="s">
         <v>11</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>1452</v>
+        <v>1458</v>
       </c>
       <c r="G494" t="s">
-        <v>1453</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
-        <v>1454</v>
+        <v>1460</v>
       </c>
       <c r="B495" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C495" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
       <c r="D495" t="s">
         <v>10</v>
       </c>
       <c r="E495" t="s">
         <v>11</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>1455</v>
+        <v>1461</v>
       </c>
       <c r="G495" t="s">
-        <v>1435</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="B496" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C496" t="s">
-        <v>102</v>
+        <v>71</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>1457</v>
+        <v>1463</v>
       </c>
       <c r="G496" t="s">
-        <v>1165</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>1458</v>
+        <v>1464</v>
       </c>
       <c r="B497" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C497" t="s">
-        <v>106</v>
+        <v>74</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="G497" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>1461</v>
+        <v>1467</v>
       </c>
       <c r="B498" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C498" t="s">
-        <v>110</v>
+        <v>78</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1462</v>
+        <v>1468</v>
       </c>
       <c r="G498" t="s">
-        <v>1463</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>1464</v>
+        <v>1469</v>
       </c>
       <c r="B499" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C499" t="s">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>11</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1465</v>
+        <v>1470</v>
       </c>
       <c r="G499" t="s">
-        <v>1466</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>1467</v>
+        <v>1471</v>
       </c>
       <c r="B500" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C500" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
         <v>11</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1468</v>
+        <v>1472</v>
       </c>
       <c r="G500" t="s">
-        <v>1469</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
       <c r="B501" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C501" t="s">
-        <v>122</v>
+        <v>90</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>11</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="G501" t="s">
-        <v>1116</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="B502" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C502" t="s">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>11</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="G502" t="s">
-        <v>1474</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="B503" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C503" t="s">
-        <v>130</v>
+        <v>102</v>
       </c>
       <c r="D503" t="s">
         <v>10</v>
       </c>
       <c r="E503" t="s">
         <v>11</v>
       </c>
       <c r="F503" s="1" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="G503" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="B504" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C504" t="s">
-        <v>134</v>
+        <v>98</v>
       </c>
       <c r="D504" t="s">
         <v>10</v>
       </c>
       <c r="E504" t="s">
         <v>11</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="G504" t="s">
-        <v>852</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
-        <v>1480</v>
+        <v>1484</v>
       </c>
       <c r="B505" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C505" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="D505" t="s">
         <v>10</v>
       </c>
       <c r="E505" t="s">
         <v>11</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="G505" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
-        <v>1483</v>
+        <v>1487</v>
       </c>
       <c r="B506" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C506" t="s">
-        <v>142</v>
+        <v>110</v>
       </c>
       <c r="D506" t="s">
         <v>10</v>
       </c>
       <c r="E506" t="s">
         <v>11</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>1484</v>
+        <v>1488</v>
       </c>
       <c r="G506" t="s">
-        <v>980</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="B507" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C507" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="D507" t="s">
         <v>10</v>
       </c>
       <c r="E507" t="s">
         <v>11</v>
       </c>
       <c r="F507" s="1" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="G507" t="s">
-        <v>980</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
-        <v>1487</v>
+        <v>1493</v>
       </c>
       <c r="B508" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C508" t="s">
-        <v>150</v>
+        <v>118</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>11</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>1488</v>
+        <v>1494</v>
       </c>
       <c r="G508" t="s">
-        <v>1254</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
-        <v>1489</v>
+        <v>1496</v>
       </c>
       <c r="B509" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C509" t="s">
-        <v>158</v>
+        <v>122</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1490</v>
+        <v>1497</v>
       </c>
       <c r="G509" t="s">
-        <v>980</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="B510" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C510" t="s">
-        <v>162</v>
+        <v>130</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="G510" t="s">
-        <v>1493</v>
+        <v>842</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>1494</v>
+        <v>1501</v>
       </c>
       <c r="B511" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C511" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="D511" t="s">
         <v>10</v>
       </c>
       <c r="E511" t="s">
         <v>11</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1495</v>
+        <v>1502</v>
       </c>
       <c r="G511" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="B512" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C512" t="s">
-        <v>154</v>
+        <v>137</v>
       </c>
       <c r="D512" t="s">
         <v>10</v>
       </c>
       <c r="E512" t="s">
         <v>11</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="G512" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>1500</v>
+        <v>1507</v>
       </c>
       <c r="B513" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C513" t="s">
-        <v>170</v>
+        <v>141</v>
       </c>
       <c r="D513" t="s">
         <v>10</v>
       </c>
       <c r="E513" t="s">
         <v>11</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1501</v>
+        <v>1508</v>
       </c>
       <c r="G513" t="s">
-        <v>1502</v>
+        <v>625</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>1503</v>
+        <v>1509</v>
       </c>
       <c r="B514" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C514" t="s">
-        <v>174</v>
+        <v>145</v>
       </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514" t="s">
         <v>11</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1504</v>
+        <v>1510</v>
       </c>
       <c r="G514" t="s">
-        <v>1505</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>1506</v>
+        <v>1512</v>
       </c>
       <c r="B515" t="s">
-        <v>1416</v>
+        <v>1338</v>
       </c>
       <c r="C515" t="s">
-        <v>178</v>
+        <v>149</v>
       </c>
       <c r="D515" t="s">
         <v>10</v>
       </c>
       <c r="E515" t="s">
         <v>11</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1507</v>
+        <v>1513</v>
       </c>
       <c r="G515" t="s">
-        <v>1508</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>1509</v>
+        <v>1515</v>
       </c>
       <c r="B516" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C516" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D516" t="s">
         <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>11</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1510</v>
+        <v>1517</v>
       </c>
       <c r="G516" t="s">
-        <v>913</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>1511</v>
+        <v>1518</v>
       </c>
       <c r="B517" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C517" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1512</v>
+        <v>1519</v>
       </c>
       <c r="G517" t="s">
-        <v>742</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>1513</v>
+        <v>1520</v>
       </c>
       <c r="B518" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C518" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="D518" t="s">
         <v>10</v>
       </c>
       <c r="E518" t="s">
         <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1514</v>
+        <v>1521</v>
       </c>
       <c r="G518" t="s">
-        <v>1515</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B519" t="s">
         <v>1516</v>
       </c>
-      <c r="B519" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C519" t="s">
-        <v>192</v>
+        <v>31</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1517</v>
+        <v>1523</v>
       </c>
       <c r="G519" t="s">
-        <v>1254</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>1518</v>
+        <v>1524</v>
       </c>
       <c r="B520" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C520" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1519</v>
+        <v>1525</v>
       </c>
       <c r="G520" t="s">
-        <v>1520</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>1521</v>
+        <v>1527</v>
       </c>
       <c r="B521" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C521" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1522</v>
+        <v>1528</v>
       </c>
       <c r="G521" t="s">
-        <v>980</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>1523</v>
+        <v>1529</v>
       </c>
       <c r="B522" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C522" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1524</v>
+        <v>1530</v>
       </c>
       <c r="G522" t="s">
-        <v>1525</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1526</v>
+        <v>1531</v>
       </c>
       <c r="B523" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C523" t="s">
         <v>208</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1527</v>
+        <v>1532</v>
       </c>
       <c r="G523" t="s">
-        <v>1528</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1529</v>
+        <v>1533</v>
       </c>
       <c r="B524" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C524" t="s">
         <v>212</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="G524" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>1532</v>
+        <v>1536</v>
       </c>
       <c r="B525" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C525" t="s">
         <v>216</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1533</v>
+        <v>1537</v>
       </c>
       <c r="G525" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="B526" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C526" t="s">
         <v>220</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526" t="s">
         <v>11</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="G526" t="s">
-        <v>1531</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="B527" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C527" t="s">
         <v>224</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
         <v>11</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="G527" t="s">
-        <v>1395</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="B528" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C528" t="s">
         <v>228</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
         <v>11</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="G528" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
       <c r="B529" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C529" t="s">
         <v>232</v>
       </c>
       <c r="D529" t="s">
         <v>10</v>
       </c>
       <c r="E529" t="s">
         <v>11</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>1542</v>
+        <v>1549</v>
       </c>
       <c r="G529" t="s">
-        <v>1395</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>1543</v>
+        <v>1551</v>
       </c>
       <c r="B530" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C530" t="s">
         <v>236</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530" t="s">
         <v>11</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
       <c r="G530" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>1546</v>
+        <v>1554</v>
       </c>
       <c r="B531" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C531" t="s">
         <v>240</v>
       </c>
       <c r="D531" t="s">
         <v>10</v>
       </c>
       <c r="E531" t="s">
         <v>11</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="G531" t="s">
-        <v>980</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="B532" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C532" t="s">
         <v>244</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532" t="s">
         <v>11</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="G532" t="s">
-        <v>343</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
       <c r="B533" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C533" t="s">
         <v>248</v>
       </c>
       <c r="D533" t="s">
         <v>10</v>
       </c>
       <c r="E533" t="s">
         <v>11</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="G533" t="s">
-        <v>1482</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>1552</v>
+        <v>1561</v>
       </c>
       <c r="B534" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C534" t="s">
         <v>252</v>
       </c>
       <c r="D534" t="s">
         <v>10</v>
       </c>
       <c r="E534" t="s">
         <v>11</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1553</v>
+        <v>1562</v>
       </c>
       <c r="G534" t="s">
-        <v>1554</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>1555</v>
+        <v>1564</v>
       </c>
       <c r="B535" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C535" t="s">
         <v>256</v>
       </c>
       <c r="D535" t="s">
         <v>10</v>
       </c>
       <c r="E535" t="s">
         <v>11</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1556</v>
+        <v>1565</v>
       </c>
       <c r="G535" t="s">
-        <v>1557</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>1558</v>
+        <v>1567</v>
       </c>
       <c r="B536" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C536" t="s">
-        <v>1559</v>
+        <v>260</v>
       </c>
       <c r="D536" t="s">
         <v>10</v>
       </c>
       <c r="E536" t="s">
         <v>11</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="G536" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="B537" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C537" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D537" t="s">
         <v>10</v>
       </c>
       <c r="E537" t="s">
         <v>11</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="G537" t="s">
-        <v>1127</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="B538" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C538" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D538" t="s">
         <v>10</v>
       </c>
       <c r="E538" t="s">
         <v>11</v>
       </c>
       <c r="F538" s="1" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
       <c r="G538" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="B539" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C539" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="D539" t="s">
         <v>10</v>
       </c>
       <c r="E539" t="s">
         <v>11</v>
       </c>
       <c r="F539" s="1" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="G539" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="B540" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C540" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D540" t="s">
         <v>10</v>
       </c>
       <c r="E540" t="s">
         <v>11</v>
       </c>
       <c r="F540" s="1" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="G540" t="s">
-        <v>1540</v>
+        <v>952</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="B541" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C541" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="D541" t="s">
         <v>10</v>
       </c>
       <c r="E541" t="s">
         <v>11</v>
       </c>
       <c r="F541" s="1" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="G541" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
       <c r="B542" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C542" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D542" t="s">
         <v>10</v>
       </c>
       <c r="E542" t="s">
         <v>11</v>
       </c>
       <c r="F542" s="1" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="G542" t="s">
-        <v>1540</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="B543" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C543" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="D543" t="s">
         <v>10</v>
       </c>
       <c r="E543" t="s">
         <v>11</v>
       </c>
       <c r="F543" s="1" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="G543" t="s">
-        <v>1579</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="B544" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C544" t="s">
-        <v>1581</v>
+        <v>292</v>
       </c>
       <c r="D544" t="s">
         <v>10</v>
       </c>
       <c r="E544" t="s">
         <v>11</v>
       </c>
       <c r="F544" s="1" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="G544" t="s">
-        <v>1583</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
       <c r="B545" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C545" t="s">
-        <v>286</v>
+        <v>300</v>
       </c>
       <c r="D545" t="s">
         <v>10</v>
       </c>
       <c r="E545" t="s">
         <v>11</v>
       </c>
       <c r="F545" s="1" t="s">
-        <v>1585</v>
+        <v>1590</v>
       </c>
       <c r="G545" t="s">
-        <v>911</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
-        <v>1586</v>
+        <v>1591</v>
       </c>
       <c r="B546" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C546" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="D546" t="s">
         <v>10</v>
       </c>
       <c r="E546" t="s">
         <v>11</v>
       </c>
       <c r="F546" s="1" t="s">
-        <v>1587</v>
+        <v>1592</v>
       </c>
       <c r="G546" t="s">
-        <v>1588</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
-        <v>1589</v>
+        <v>1594</v>
       </c>
       <c r="B547" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C547" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="D547" t="s">
         <v>10</v>
       </c>
       <c r="E547" t="s">
         <v>11</v>
       </c>
       <c r="F547" s="1" t="s">
-        <v>1590</v>
+        <v>1595</v>
       </c>
       <c r="G547" t="s">
-        <v>980</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
-        <v>1591</v>
+        <v>1597</v>
       </c>
       <c r="B548" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C548" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="D548" t="s">
         <v>10</v>
       </c>
       <c r="E548" t="s">
         <v>11</v>
       </c>
       <c r="F548" s="1" t="s">
-        <v>1592</v>
+        <v>1598</v>
       </c>
       <c r="G548" t="s">
-        <v>1043</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
-        <v>1593</v>
+        <v>1600</v>
       </c>
       <c r="B549" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C549" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="D549" t="s">
         <v>10</v>
       </c>
       <c r="E549" t="s">
         <v>11</v>
       </c>
       <c r="F549" s="1" t="s">
-        <v>1594</v>
+        <v>1601</v>
       </c>
       <c r="G549" t="s">
-        <v>1588</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="B550" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C550" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="D550" t="s">
         <v>10</v>
       </c>
       <c r="E550" t="s">
         <v>11</v>
       </c>
       <c r="F550" s="1" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="G550" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="B551" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C551" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="D551" t="s">
         <v>10</v>
       </c>
       <c r="E551" t="s">
         <v>11</v>
       </c>
       <c r="F551" s="1" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="G551" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="B552" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C552" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="D552" t="s">
         <v>10</v>
       </c>
       <c r="E552" t="s">
         <v>11</v>
       </c>
       <c r="F552" s="1" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
       <c r="G552" t="s">
-        <v>980</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="B553" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C553" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="D553" t="s">
         <v>10</v>
       </c>
       <c r="E553" t="s">
         <v>11</v>
       </c>
       <c r="F553" s="1" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="G553" t="s">
-        <v>980</v>
+        <v>842</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="B554" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C554" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D554" t="s">
         <v>10</v>
       </c>
       <c r="E554" t="s">
         <v>11</v>
       </c>
       <c r="F554" s="1" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="G554" t="s">
-        <v>980</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
-        <v>1607</v>
+        <v>1616</v>
       </c>
       <c r="B555" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C555" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="D555" t="s">
         <v>10</v>
       </c>
       <c r="E555" t="s">
         <v>11</v>
       </c>
       <c r="F555" s="1" t="s">
-        <v>1608</v>
+        <v>1617</v>
       </c>
       <c r="G555" t="s">
-        <v>980</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
-        <v>1609</v>
+        <v>1618</v>
       </c>
       <c r="B556" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C556" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="D556" t="s">
         <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>11</v>
       </c>
       <c r="F556" s="1" t="s">
-        <v>1610</v>
+        <v>1619</v>
       </c>
       <c r="G556" t="s">
-        <v>980</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
-        <v>1611</v>
+        <v>1621</v>
       </c>
       <c r="B557" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C557" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="D557" t="s">
         <v>10</v>
       </c>
       <c r="E557" t="s">
         <v>11</v>
       </c>
       <c r="F557" s="1" t="s">
-        <v>1612</v>
+        <v>1622</v>
       </c>
       <c r="G557" t="s">
-        <v>980</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>1613</v>
+        <v>1623</v>
       </c>
       <c r="B558" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C558" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="D558" t="s">
         <v>10</v>
       </c>
       <c r="E558" t="s">
         <v>11</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>1614</v>
+        <v>1624</v>
       </c>
       <c r="G558" t="s">
-        <v>980</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>1615</v>
+        <v>1626</v>
       </c>
       <c r="B559" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C559" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="D559" t="s">
         <v>10</v>
       </c>
       <c r="E559" t="s">
         <v>11</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>1616</v>
+        <v>1627</v>
       </c>
       <c r="G559" t="s">
-        <v>980</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>1617</v>
+        <v>1629</v>
       </c>
       <c r="B560" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C560" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D560" t="s">
         <v>10</v>
       </c>
       <c r="E560" t="s">
         <v>11</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>1618</v>
+        <v>1630</v>
       </c>
       <c r="G560" t="s">
-        <v>1569</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>1619</v>
+        <v>1632</v>
       </c>
       <c r="B561" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C561" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="D561" t="s">
         <v>10</v>
       </c>
       <c r="E561" t="s">
         <v>11</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>1620</v>
+        <v>1633</v>
       </c>
       <c r="G561" t="s">
-        <v>1621</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>1622</v>
+        <v>1634</v>
       </c>
       <c r="B562" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C562" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D562" t="s">
         <v>10</v>
       </c>
       <c r="E562" t="s">
         <v>11</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>1623</v>
+        <v>1635</v>
       </c>
       <c r="G562" t="s">
-        <v>1447</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
-        <v>1624</v>
+        <v>1636</v>
       </c>
       <c r="B563" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C563" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D563" t="s">
         <v>10</v>
       </c>
       <c r="E563" t="s">
         <v>11</v>
       </c>
       <c r="F563" s="1" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="G563" t="s">
-        <v>1557</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
-        <v>1626</v>
+        <v>1638</v>
       </c>
       <c r="B564" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C564" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D564" t="s">
         <v>10</v>
       </c>
       <c r="E564" t="s">
         <v>11</v>
       </c>
       <c r="F564" s="1" t="s">
-        <v>1627</v>
+        <v>1639</v>
       </c>
       <c r="G564" t="s">
-        <v>1341</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
-        <v>1628</v>
+        <v>1641</v>
       </c>
       <c r="B565" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C565" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="D565" t="s">
         <v>10</v>
       </c>
       <c r="E565" t="s">
         <v>11</v>
       </c>
       <c r="F565" s="1" t="s">
-        <v>1629</v>
+        <v>1642</v>
       </c>
       <c r="G565" t="s">
-        <v>1165</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
-        <v>1630</v>
+        <v>1643</v>
       </c>
       <c r="B566" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C566" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="D566" t="s">
         <v>10</v>
       </c>
       <c r="E566" t="s">
         <v>11</v>
       </c>
       <c r="F566" s="1" t="s">
-        <v>1631</v>
+        <v>1644</v>
       </c>
       <c r="G566" t="s">
-        <v>1632</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
-        <v>1633</v>
+        <v>1646</v>
       </c>
       <c r="B567" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C567" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="D567" t="s">
         <v>10</v>
       </c>
       <c r="E567" t="s">
         <v>11</v>
       </c>
       <c r="F567" s="1" t="s">
-        <v>1634</v>
+        <v>1647</v>
       </c>
       <c r="G567" t="s">
-        <v>1635</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
-        <v>1636</v>
+        <v>1648</v>
       </c>
       <c r="B568" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C568" t="s">
-        <v>356</v>
+        <v>385</v>
       </c>
       <c r="D568" t="s">
         <v>10</v>
       </c>
       <c r="E568" t="s">
         <v>11</v>
       </c>
       <c r="F568" s="1" t="s">
-        <v>1637</v>
+        <v>1649</v>
       </c>
       <c r="G568" t="s">
-        <v>980</v>
+        <v>463</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
-        <v>1638</v>
+        <v>1650</v>
       </c>
       <c r="B569" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C569" t="s">
-        <v>378</v>
+        <v>389</v>
       </c>
       <c r="D569" t="s">
         <v>10</v>
       </c>
       <c r="E569" t="s">
         <v>11</v>
       </c>
       <c r="F569" s="1" t="s">
-        <v>1639</v>
+        <v>1651</v>
       </c>
       <c r="G569" t="s">
-        <v>1640</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
-        <v>1641</v>
+        <v>1652</v>
       </c>
       <c r="B570" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C570" t="s">
-        <v>382</v>
+        <v>393</v>
       </c>
       <c r="D570" t="s">
         <v>10</v>
       </c>
       <c r="E570" t="s">
         <v>11</v>
       </c>
       <c r="F570" s="1" t="s">
-        <v>1642</v>
+        <v>1653</v>
       </c>
       <c r="G570" t="s">
-        <v>1643</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
-        <v>1644</v>
+        <v>1655</v>
       </c>
       <c r="B571" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C571" t="s">
-        <v>386</v>
+        <v>397</v>
       </c>
       <c r="D571" t="s">
         <v>10</v>
       </c>
       <c r="E571" t="s">
         <v>11</v>
       </c>
       <c r="F571" s="1" t="s">
-        <v>1645</v>
+        <v>1656</v>
       </c>
       <c r="G571" t="s">
-        <v>1646</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
-        <v>1647</v>
+        <v>1658</v>
       </c>
       <c r="B572" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C572" t="s">
-        <v>390</v>
+        <v>1659</v>
       </c>
       <c r="D572" t="s">
         <v>10</v>
       </c>
       <c r="E572" t="s">
         <v>11</v>
       </c>
       <c r="F572" s="1" t="s">
-        <v>1648</v>
+        <v>1660</v>
       </c>
       <c r="G572" t="s">
-        <v>1649</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
-        <v>1650</v>
+        <v>1662</v>
       </c>
       <c r="B573" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C573" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="D573" t="s">
         <v>10</v>
       </c>
       <c r="E573" t="s">
         <v>11</v>
       </c>
       <c r="F573" s="1" t="s">
-        <v>1651</v>
+        <v>1663</v>
       </c>
       <c r="G573" t="s">
-        <v>1652</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
-        <v>1653</v>
+        <v>1664</v>
       </c>
       <c r="B574" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C574" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D574" t="s">
         <v>10</v>
       </c>
       <c r="E574" t="s">
         <v>11</v>
       </c>
       <c r="F574" s="1" t="s">
-        <v>1654</v>
+        <v>1665</v>
       </c>
       <c r="G574" t="s">
-        <v>1655</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
-        <v>1656</v>
+        <v>1667</v>
       </c>
       <c r="B575" t="s">
-        <v>1416</v>
+        <v>1516</v>
       </c>
       <c r="C575" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="D575" t="s">
         <v>10</v>
       </c>
       <c r="E575" t="s">
         <v>11</v>
       </c>
       <c r="F575" s="1" t="s">
-        <v>1657</v>
+        <v>1668</v>
       </c>
       <c r="G575" t="s">
-        <v>1658</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
-        <v>1659</v>
+        <v>1670</v>
       </c>
       <c r="B576" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C576" t="s">
-        <v>188</v>
+        <v>9</v>
       </c>
       <c r="D576" t="s">
         <v>10</v>
       </c>
       <c r="E576" t="s">
         <v>11</v>
       </c>
       <c r="F576" s="1" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
       <c r="G576" t="s">
-        <v>1662</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>1663</v>
+        <v>1672</v>
       </c>
       <c r="B577" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C577" t="s">
-        <v>192</v>
+        <v>15</v>
       </c>
       <c r="D577" t="s">
         <v>10</v>
       </c>
       <c r="E577" t="s">
         <v>11</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>1664</v>
+        <v>1673</v>
       </c>
       <c r="G577" t="s">
-        <v>1662</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>1665</v>
+        <v>1675</v>
       </c>
       <c r="B578" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C578" t="s">
-        <v>196</v>
+        <v>19</v>
       </c>
       <c r="D578" t="s">
         <v>10</v>
       </c>
       <c r="E578" t="s">
         <v>11</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>1666</v>
+        <v>1676</v>
       </c>
       <c r="G578" t="s">
-        <v>1667</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>1668</v>
+        <v>1677</v>
       </c>
       <c r="B579" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C579" t="s">
-        <v>200</v>
+        <v>23</v>
       </c>
       <c r="D579" t="s">
         <v>10</v>
       </c>
       <c r="E579" t="s">
         <v>11</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>1669</v>
+        <v>1678</v>
       </c>
       <c r="G579" t="s">
-        <v>1303</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>1670</v>
+        <v>1680</v>
       </c>
       <c r="B580" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C580" t="s">
-        <v>204</v>
+        <v>1681</v>
       </c>
       <c r="D580" t="s">
         <v>10</v>
       </c>
       <c r="E580" t="s">
         <v>11</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>1671</v>
+        <v>1682</v>
       </c>
       <c r="G580" t="s">
-        <v>1508</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
-        <v>1672</v>
+        <v>1684</v>
       </c>
       <c r="B581" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C581" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="D581" t="s">
         <v>10</v>
       </c>
       <c r="E581" t="s">
         <v>11</v>
       </c>
       <c r="F581" s="1" t="s">
-        <v>1673</v>
+        <v>1685</v>
       </c>
       <c r="G581" t="s">
-        <v>1674</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
-        <v>1675</v>
+        <v>1686</v>
       </c>
       <c r="B582" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C582" t="s">
-        <v>212</v>
+        <v>35</v>
       </c>
       <c r="D582" t="s">
         <v>10</v>
       </c>
       <c r="E582" t="s">
         <v>11</v>
       </c>
       <c r="F582" s="1" t="s">
-        <v>1676</v>
+        <v>1687</v>
       </c>
       <c r="G582" t="s">
-        <v>1341</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
-        <v>1677</v>
+        <v>1689</v>
       </c>
       <c r="B583" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C583" t="s">
-        <v>216</v>
+        <v>39</v>
       </c>
       <c r="D583" t="s">
         <v>10</v>
       </c>
       <c r="E583" t="s">
         <v>11</v>
       </c>
       <c r="F583" s="1" t="s">
-        <v>1678</v>
+        <v>1690</v>
       </c>
       <c r="G583" t="s">
-        <v>1679</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
-        <v>1680</v>
+        <v>1691</v>
       </c>
       <c r="B584" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C584" t="s">
-        <v>220</v>
+        <v>43</v>
       </c>
       <c r="D584" t="s">
         <v>10</v>
       </c>
       <c r="E584" t="s">
         <v>11</v>
       </c>
       <c r="F584" s="1" t="s">
-        <v>1681</v>
+        <v>1692</v>
       </c>
       <c r="G584" t="s">
-        <v>1682</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
-        <v>1683</v>
+        <v>1693</v>
       </c>
       <c r="B585" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C585" t="s">
-        <v>224</v>
+        <v>47</v>
       </c>
       <c r="D585" t="s">
         <v>10</v>
       </c>
       <c r="E585" t="s">
         <v>11</v>
       </c>
       <c r="F585" s="1" t="s">
-        <v>1684</v>
+        <v>1694</v>
       </c>
       <c r="G585" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
-        <v>1686</v>
+        <v>1695</v>
       </c>
       <c r="B586" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C586" t="s">
-        <v>228</v>
+        <v>51</v>
       </c>
       <c r="D586" t="s">
         <v>10</v>
       </c>
       <c r="E586" t="s">
         <v>11</v>
       </c>
       <c r="F586" s="1" t="s">
-        <v>1687</v>
+        <v>1696</v>
       </c>
       <c r="G586" t="s">
-        <v>1688</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
-        <v>1689</v>
+        <v>1698</v>
       </c>
       <c r="B587" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C587" t="s">
-        <v>232</v>
+        <v>55</v>
       </c>
       <c r="D587" t="s">
         <v>10</v>
       </c>
       <c r="E587" t="s">
         <v>11</v>
       </c>
       <c r="F587" s="1" t="s">
-        <v>1690</v>
+        <v>1699</v>
       </c>
       <c r="G587" t="s">
-        <v>980</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
-        <v>1691</v>
+        <v>1701</v>
       </c>
       <c r="B588" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C588" t="s">
-        <v>236</v>
+        <v>59</v>
       </c>
       <c r="D588" t="s">
         <v>10</v>
       </c>
       <c r="E588" t="s">
         <v>11</v>
       </c>
       <c r="F588" s="1" t="s">
-        <v>1692</v>
+        <v>1702</v>
       </c>
       <c r="G588" t="s">
-        <v>1693</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
-        <v>8</v>
+        <v>1703</v>
       </c>
       <c r="B589" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C589" t="s">
-        <v>240</v>
+        <v>63</v>
       </c>
       <c r="D589" t="s">
         <v>10</v>
       </c>
       <c r="E589" t="s">
         <v>11</v>
       </c>
       <c r="F589" s="1" t="s">
-        <v>1694</v>
+        <v>1704</v>
       </c>
       <c r="G589" t="s">
-        <v>1695</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
-        <v>406</v>
+        <v>1705</v>
       </c>
       <c r="B590" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C590" t="s">
-        <v>244</v>
+        <v>67</v>
       </c>
       <c r="D590" t="s">
         <v>10</v>
       </c>
       <c r="E590" t="s">
         <v>11</v>
       </c>
       <c r="F590" s="1" t="s">
-        <v>1696</v>
+        <v>1706</v>
       </c>
       <c r="G590" t="s">
-        <v>1697</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
-        <v>662</v>
+        <v>1707</v>
       </c>
       <c r="B591" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C591" t="s">
-        <v>248</v>
+        <v>71</v>
       </c>
       <c r="D591" t="s">
         <v>10</v>
       </c>
       <c r="E591" t="s">
         <v>11</v>
       </c>
       <c r="F591" s="1" t="s">
-        <v>1698</v>
+        <v>1708</v>
       </c>
       <c r="G591" t="s">
-        <v>1699</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>1238</v>
+        <v>1709</v>
       </c>
       <c r="B592" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C592" t="s">
-        <v>260</v>
+        <v>74</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592" t="s">
         <v>11</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>1700</v>
+        <v>1710</v>
       </c>
       <c r="G592" t="s">
-        <v>1701</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>839</v>
+        <v>1711</v>
       </c>
       <c r="B593" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C593" t="s">
-        <v>252</v>
+        <v>78</v>
       </c>
       <c r="D593" t="s">
         <v>10</v>
       </c>
       <c r="E593" t="s">
         <v>11</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>1702</v>
+        <v>1712</v>
       </c>
       <c r="G593" t="s">
-        <v>1703</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>1090</v>
+        <v>1713</v>
       </c>
       <c r="B594" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C594" t="s">
-        <v>256</v>
+        <v>82</v>
       </c>
       <c r="D594" t="s">
         <v>10</v>
       </c>
       <c r="E594" t="s">
         <v>11</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>1704</v>
+        <v>1714</v>
       </c>
       <c r="G594" t="s">
-        <v>1705</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
-        <v>1416</v>
+        <v>1715</v>
       </c>
       <c r="B595" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C595" t="s">
-        <v>264</v>
+        <v>86</v>
       </c>
       <c r="D595" t="s">
         <v>10</v>
       </c>
       <c r="E595" t="s">
         <v>11</v>
       </c>
       <c r="F595" s="1" t="s">
-        <v>1706</v>
+        <v>1716</v>
       </c>
       <c r="G595" t="s">
-        <v>980</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
-        <v>1660</v>
+        <v>1717</v>
       </c>
       <c r="B596" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C596" t="s">
-        <v>268</v>
+        <v>90</v>
       </c>
       <c r="D596" t="s">
         <v>10</v>
       </c>
       <c r="E596" t="s">
         <v>11</v>
       </c>
       <c r="F596" s="1" t="s">
-        <v>1707</v>
+        <v>1718</v>
       </c>
       <c r="G596" t="s">
-        <v>1708</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
-        <v>1709</v>
+        <v>1719</v>
       </c>
       <c r="B597" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C597" t="s">
-        <v>272</v>
+        <v>94</v>
       </c>
       <c r="D597" t="s">
         <v>10</v>
       </c>
       <c r="E597" t="s">
         <v>11</v>
       </c>
       <c r="F597" s="1" t="s">
-        <v>1710</v>
+        <v>1720</v>
       </c>
       <c r="G597" t="s">
-        <v>980</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
-        <v>1711</v>
+        <v>1722</v>
       </c>
       <c r="B598" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C598" t="s">
-        <v>275</v>
+        <v>98</v>
       </c>
       <c r="D598" t="s">
         <v>10</v>
       </c>
       <c r="E598" t="s">
         <v>11</v>
       </c>
       <c r="F598" s="1" t="s">
-        <v>1712</v>
+        <v>1723</v>
       </c>
       <c r="G598" t="s">
-        <v>1116</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
-        <v>1713</v>
+        <v>1724</v>
       </c>
       <c r="B599" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C599" t="s">
-        <v>279</v>
+        <v>102</v>
       </c>
       <c r="D599" t="s">
         <v>10</v>
       </c>
       <c r="E599" t="s">
         <v>11</v>
       </c>
       <c r="F599" s="1" t="s">
-        <v>1714</v>
+        <v>1725</v>
       </c>
       <c r="G599" t="s">
-        <v>1715</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
-        <v>1716</v>
+        <v>1726</v>
       </c>
       <c r="B600" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C600" t="s">
-        <v>282</v>
+        <v>106</v>
       </c>
       <c r="D600" t="s">
         <v>10</v>
       </c>
       <c r="E600" t="s">
         <v>11</v>
       </c>
       <c r="F600" s="1" t="s">
-        <v>1717</v>
+        <v>1727</v>
       </c>
       <c r="G600" t="s">
-        <v>1718</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
-        <v>1719</v>
+        <v>1728</v>
       </c>
       <c r="B601" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C601" t="s">
-        <v>286</v>
+        <v>110</v>
       </c>
       <c r="D601" t="s">
         <v>10</v>
       </c>
       <c r="E601" t="s">
         <v>11</v>
       </c>
       <c r="F601" s="1" t="s">
-        <v>1720</v>
+        <v>1729</v>
       </c>
       <c r="G601" t="s">
-        <v>1165</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
-        <v>1721</v>
+        <v>1730</v>
       </c>
       <c r="B602" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C602" t="s">
-        <v>290</v>
+        <v>114</v>
       </c>
       <c r="D602" t="s">
         <v>10</v>
       </c>
       <c r="E602" t="s">
         <v>11</v>
       </c>
       <c r="F602" s="1" t="s">
-        <v>1722</v>
+        <v>1731</v>
       </c>
       <c r="G602" t="s">
-        <v>1334</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
-        <v>1723</v>
+        <v>1733</v>
       </c>
       <c r="B603" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C603" t="s">
-        <v>294</v>
+        <v>118</v>
       </c>
       <c r="D603" t="s">
         <v>10</v>
       </c>
       <c r="E603" t="s">
         <v>11</v>
       </c>
       <c r="F603" s="1" t="s">
-        <v>1724</v>
+        <v>1734</v>
       </c>
       <c r="G603" t="s">
-        <v>1725</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
-        <v>1726</v>
+        <v>1736</v>
       </c>
       <c r="B604" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C604" t="s">
-        <v>298</v>
+        <v>122</v>
       </c>
       <c r="D604" t="s">
         <v>10</v>
       </c>
       <c r="E604" t="s">
         <v>11</v>
       </c>
       <c r="F604" s="1" t="s">
-        <v>1727</v>
+        <v>1737</v>
       </c>
       <c r="G604" t="s">
-        <v>1728</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
-        <v>1729</v>
+        <v>1738</v>
       </c>
       <c r="B605" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C605" t="s">
-        <v>302</v>
+        <v>126</v>
       </c>
       <c r="D605" t="s">
         <v>10</v>
       </c>
       <c r="E605" t="s">
         <v>11</v>
       </c>
       <c r="F605" s="1" t="s">
-        <v>1730</v>
+        <v>1739</v>
       </c>
       <c r="G605" t="s">
-        <v>980</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
-        <v>1731</v>
+        <v>1741</v>
       </c>
       <c r="B606" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C606" t="s">
-        <v>306</v>
+        <v>130</v>
       </c>
       <c r="D606" t="s">
         <v>10</v>
       </c>
       <c r="E606" t="s">
         <v>11</v>
       </c>
       <c r="F606" s="1" t="s">
-        <v>1732</v>
+        <v>1742</v>
       </c>
       <c r="G606" t="s">
-        <v>1733</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
-        <v>1734</v>
+        <v>1744</v>
       </c>
       <c r="B607" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C607" t="s">
-        <v>310</v>
+        <v>133</v>
       </c>
       <c r="D607" t="s">
         <v>10</v>
       </c>
       <c r="E607" t="s">
         <v>11</v>
       </c>
       <c r="F607" s="1" t="s">
-        <v>1735</v>
+        <v>1745</v>
       </c>
       <c r="G607" t="s">
-        <v>980</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
-        <v>1736</v>
+        <v>1747</v>
       </c>
       <c r="B608" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C608" t="s">
-        <v>314</v>
+        <v>137</v>
       </c>
       <c r="D608" t="s">
         <v>10</v>
       </c>
       <c r="E608" t="s">
         <v>11</v>
       </c>
       <c r="F608" s="1" t="s">
-        <v>1737</v>
+        <v>1748</v>
       </c>
       <c r="G608" t="s">
-        <v>980</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
-        <v>1738</v>
+        <v>1750</v>
       </c>
       <c r="B609" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C609" t="s">
-        <v>318</v>
+        <v>141</v>
       </c>
       <c r="D609" t="s">
         <v>10</v>
       </c>
       <c r="E609" t="s">
         <v>11</v>
       </c>
       <c r="F609" s="1" t="s">
-        <v>1739</v>
+        <v>1751</v>
       </c>
       <c r="G609" t="s">
-        <v>980</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
-        <v>1740</v>
+        <v>1753</v>
       </c>
       <c r="B610" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C610" t="s">
-        <v>322</v>
+        <v>145</v>
       </c>
       <c r="D610" t="s">
         <v>10</v>
       </c>
       <c r="E610" t="s">
         <v>11</v>
       </c>
       <c r="F610" s="1" t="s">
-        <v>1741</v>
+        <v>1754</v>
       </c>
       <c r="G610" t="s">
-        <v>980</v>
+        <v>1755</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
-        <v>1742</v>
+        <v>1756</v>
       </c>
       <c r="B611" t="s">
-        <v>1660</v>
+        <v>1516</v>
       </c>
       <c r="C611" t="s">
-        <v>334</v>
+        <v>149</v>
       </c>
       <c r="D611" t="s">
         <v>10</v>
       </c>
       <c r="E611" t="s">
         <v>11</v>
       </c>
       <c r="F611" s="1" t="s">
-        <v>1743</v>
+        <v>1757</v>
       </c>
       <c r="G611" t="s">
-        <v>1116</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
-        <v>1744</v>
+        <v>1759</v>
       </c>
       <c r="B612" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C612" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D612" t="s">
         <v>10</v>
       </c>
       <c r="E612" t="s">
         <v>11</v>
       </c>
       <c r="F612" s="1" t="s">
-        <v>1745</v>
+        <v>1761</v>
       </c>
       <c r="G612" t="s">
-        <v>980</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>1746</v>
+        <v>1763</v>
       </c>
       <c r="B613" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C613" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="D613" t="s">
         <v>10</v>
       </c>
       <c r="E613" t="s">
         <v>11</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>1747</v>
+        <v>1764</v>
       </c>
       <c r="G613" t="s">
-        <v>980</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>1748</v>
+        <v>1765</v>
       </c>
       <c r="B614" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C614" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D614" t="s">
         <v>10</v>
       </c>
       <c r="E614" t="s">
         <v>11</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>1749</v>
+        <v>1766</v>
       </c>
       <c r="G614" t="s">
-        <v>1750</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
-        <v>1751</v>
+        <v>1768</v>
       </c>
       <c r="B615" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C615" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D615" t="s">
         <v>10</v>
       </c>
       <c r="E615" t="s">
         <v>11</v>
       </c>
       <c r="F615" s="1" t="s">
-        <v>1752</v>
+        <v>1769</v>
       </c>
       <c r="G615" t="s">
-        <v>1753</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
-        <v>1754</v>
+        <v>1770</v>
       </c>
       <c r="B616" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C616" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D616" t="s">
         <v>10</v>
       </c>
       <c r="E616" t="s">
         <v>11</v>
       </c>
       <c r="F616" s="1" t="s">
-        <v>1755</v>
+        <v>1771</v>
       </c>
       <c r="G616" t="s">
-        <v>1756</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
-        <v>1757</v>
+        <v>1772</v>
       </c>
       <c r="B617" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C617" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D617" t="s">
         <v>10</v>
       </c>
       <c r="E617" t="s">
         <v>11</v>
       </c>
       <c r="F617" s="1" t="s">
-        <v>1758</v>
+        <v>1773</v>
       </c>
       <c r="G617" t="s">
-        <v>980</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
-        <v>1759</v>
+        <v>1775</v>
       </c>
       <c r="B618" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C618" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D618" t="s">
         <v>10</v>
       </c>
       <c r="E618" t="s">
         <v>11</v>
       </c>
       <c r="F618" s="1" t="s">
-        <v>1760</v>
+        <v>1776</v>
       </c>
       <c r="G618" t="s">
-        <v>980</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
-        <v>1761</v>
+        <v>1777</v>
       </c>
       <c r="B619" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C619" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D619" t="s">
         <v>10</v>
       </c>
       <c r="E619" t="s">
         <v>11</v>
       </c>
       <c r="F619" s="1" t="s">
-        <v>1762</v>
+        <v>1778</v>
       </c>
       <c r="G619" t="s">
-        <v>980</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
-        <v>1763</v>
+        <v>1780</v>
       </c>
       <c r="B620" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C620" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="D620" t="s">
         <v>10</v>
       </c>
       <c r="E620" t="s">
         <v>11</v>
       </c>
       <c r="F620" s="1" t="s">
-        <v>1764</v>
+        <v>1781</v>
       </c>
       <c r="G620" t="s">
-        <v>980</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
-        <v>1765</v>
+        <v>1783</v>
       </c>
       <c r="B621" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C621" t="s">
         <v>365</v>
       </c>
       <c r="D621" t="s">
         <v>10</v>
       </c>
       <c r="E621" t="s">
         <v>11</v>
       </c>
       <c r="F621" s="1" t="s">
-        <v>1766</v>
+        <v>1784</v>
       </c>
       <c r="G621" t="s">
-        <v>980</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="B622" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C622" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D622" t="s">
         <v>10</v>
       </c>
       <c r="E622" t="s">
         <v>11</v>
       </c>
       <c r="F622" s="1" t="s">
-        <v>1768</v>
+        <v>1787</v>
       </c>
       <c r="G622" t="s">
-        <v>980</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
-        <v>1769</v>
+        <v>1789</v>
       </c>
       <c r="B623" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C623" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D623" t="s">
         <v>10</v>
       </c>
       <c r="E623" t="s">
         <v>11</v>
       </c>
       <c r="F623" s="1" t="s">
-        <v>1770</v>
+        <v>1790</v>
       </c>
       <c r="G623" t="s">
-        <v>1771</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
-        <v>1772</v>
+        <v>8</v>
       </c>
       <c r="B624" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C624" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D624" t="s">
         <v>10</v>
       </c>
       <c r="E624" t="s">
         <v>11</v>
       </c>
       <c r="F624" s="1" t="s">
-        <v>1773</v>
+        <v>1791</v>
       </c>
       <c r="G624" t="s">
-        <v>1774</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
-        <v>1775</v>
+        <v>153</v>
       </c>
       <c r="B625" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C625" t="s">
-        <v>356</v>
+        <v>381</v>
       </c>
       <c r="D625" t="s">
         <v>10</v>
       </c>
       <c r="E625" t="s">
         <v>11</v>
       </c>
       <c r="F625" s="1" t="s">
-        <v>1776</v>
+        <v>1793</v>
       </c>
       <c r="G625" t="s">
-        <v>913</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
-        <v>1777</v>
+        <v>509</v>
       </c>
       <c r="B626" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C626" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="D626" t="s">
         <v>10</v>
       </c>
       <c r="E626" t="s">
         <v>11</v>
       </c>
       <c r="F626" s="1" t="s">
-        <v>1778</v>
+        <v>1795</v>
       </c>
       <c r="G626" t="s">
-        <v>1779</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
-        <v>1780</v>
+        <v>762</v>
       </c>
       <c r="B627" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C627" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="D627" t="s">
         <v>10</v>
       </c>
       <c r="E627" t="s">
         <v>11</v>
       </c>
       <c r="F627" s="1" t="s">
-        <v>1781</v>
+        <v>1797</v>
       </c>
       <c r="G627" t="s">
-        <v>1165</v>
+        <v>1798</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
-        <v>1782</v>
+        <v>1338</v>
       </c>
       <c r="B628" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C628" t="s">
-        <v>386</v>
+        <v>401</v>
       </c>
       <c r="D628" t="s">
         <v>10</v>
       </c>
       <c r="E628" t="s">
         <v>11</v>
       </c>
       <c r="F628" s="1" t="s">
-        <v>1783</v>
+        <v>1799</v>
       </c>
       <c r="G628" t="s">
-        <v>1784</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
-        <v>1785</v>
+        <v>939</v>
       </c>
       <c r="B629" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C629" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D629" t="s">
         <v>10</v>
       </c>
       <c r="E629" t="s">
         <v>11</v>
       </c>
       <c r="F629" s="1" t="s">
-        <v>1786</v>
+        <v>1801</v>
       </c>
       <c r="G629" t="s">
-        <v>1787</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
-        <v>1788</v>
+        <v>1190</v>
       </c>
       <c r="B630" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C630" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D630" t="s">
         <v>10</v>
       </c>
       <c r="E630" t="s">
         <v>11</v>
       </c>
       <c r="F630" s="1" t="s">
-        <v>1789</v>
+        <v>1803</v>
       </c>
       <c r="G630" t="s">
-        <v>1790</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
-        <v>1791</v>
+        <v>1516</v>
       </c>
       <c r="B631" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C631" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D631" t="s">
         <v>10</v>
       </c>
       <c r="E631" t="s">
         <v>11</v>
       </c>
       <c r="F631" s="1" t="s">
-        <v>1792</v>
+        <v>1805</v>
       </c>
       <c r="G631" t="s">
-        <v>1646</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
-        <v>1793</v>
+        <v>1760</v>
       </c>
       <c r="B632" t="s">
-        <v>1660</v>
+        <v>1760</v>
       </c>
       <c r="C632" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="D632" t="s">
         <v>10</v>
       </c>
       <c r="E632" t="s">
         <v>11</v>
       </c>
       <c r="F632" s="1" t="s">
-        <v>1794</v>
+        <v>1806</v>
       </c>
       <c r="G632" t="s">
-        <v>1088</v>
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="633" spans="1:7">
+      <c r="A633" t="s">
+        <v>1808</v>
+      </c>
+      <c r="B633" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C633" t="s">
+        <v>9</v>
+      </c>
+      <c r="D633" t="s">
+        <v>10</v>
+      </c>
+      <c r="E633" t="s">
+        <v>11</v>
+      </c>
+      <c r="F633" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="G633" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="634" spans="1:7">
+      <c r="A634" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C634" t="s">
+        <v>15</v>
+      </c>
+      <c r="D634" t="s">
+        <v>10</v>
+      </c>
+      <c r="E634" t="s">
+        <v>11</v>
+      </c>
+      <c r="F634" s="1" t="s">
+        <v>1811</v>
+      </c>
+      <c r="G634" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="635" spans="1:7">
+      <c r="A635" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B635" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C635" t="s">
+        <v>19</v>
+      </c>
+      <c r="D635" t="s">
+        <v>10</v>
+      </c>
+      <c r="E635" t="s">
+        <v>11</v>
+      </c>
+      <c r="F635" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="G635" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="636" spans="1:7">
+      <c r="A636" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B636" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C636" t="s">
+        <v>23</v>
+      </c>
+      <c r="D636" t="s">
+        <v>10</v>
+      </c>
+      <c r="E636" t="s">
+        <v>11</v>
+      </c>
+      <c r="F636" s="1" t="s">
+        <v>1816</v>
+      </c>
+      <c r="G636" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="637" spans="1:7">
+      <c r="A637" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C637" t="s">
+        <v>27</v>
+      </c>
+      <c r="D637" t="s">
+        <v>10</v>
+      </c>
+      <c r="E637" t="s">
+        <v>11</v>
+      </c>
+      <c r="F637" s="1" t="s">
+        <v>1819</v>
+      </c>
+      <c r="G637" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="638" spans="1:7">
+      <c r="A638" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B638" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C638" t="s">
+        <v>31</v>
+      </c>
+      <c r="D638" t="s">
+        <v>10</v>
+      </c>
+      <c r="E638" t="s">
+        <v>11</v>
+      </c>
+      <c r="F638" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G638" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="639" spans="1:7">
+      <c r="A639" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B639" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C639" t="s">
+        <v>35</v>
+      </c>
+      <c r="D639" t="s">
+        <v>10</v>
+      </c>
+      <c r="E639" t="s">
+        <v>11</v>
+      </c>
+      <c r="F639" s="1" t="s">
+        <v>1823</v>
+      </c>
+      <c r="G639" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="640" spans="1:7">
+      <c r="A640" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B640" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C640" t="s">
+        <v>39</v>
+      </c>
+      <c r="D640" t="s">
+        <v>10</v>
+      </c>
+      <c r="E640" t="s">
+        <v>11</v>
+      </c>
+      <c r="F640" s="1" t="s">
+        <v>1826</v>
+      </c>
+      <c r="G640" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="641" spans="1:7">
+      <c r="A641" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C641" t="s">
+        <v>43</v>
+      </c>
+      <c r="D641" t="s">
+        <v>10</v>
+      </c>
+      <c r="E641" t="s">
+        <v>11</v>
+      </c>
+      <c r="F641" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="G641" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="642" spans="1:7">
+      <c r="A642" t="s">
+        <v>1830</v>
+      </c>
+      <c r="B642" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C642" t="s">
+        <v>47</v>
+      </c>
+      <c r="D642" t="s">
+        <v>10</v>
+      </c>
+      <c r="E642" t="s">
+        <v>11</v>
+      </c>
+      <c r="F642" s="1" t="s">
+        <v>1831</v>
+      </c>
+      <c r="G642" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="643" spans="1:7">
+      <c r="A643" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B643" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C643" t="s">
+        <v>51</v>
+      </c>
+      <c r="D643" t="s">
+        <v>10</v>
+      </c>
+      <c r="E643" t="s">
+        <v>11</v>
+      </c>
+      <c r="F643" s="1" t="s">
+        <v>1834</v>
+      </c>
+      <c r="G643" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="644" spans="1:7">
+      <c r="A644" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B644" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C644" t="s">
+        <v>55</v>
+      </c>
+      <c r="D644" t="s">
+        <v>10</v>
+      </c>
+      <c r="E644" t="s">
+        <v>11</v>
+      </c>
+      <c r="F644" s="1" t="s">
+        <v>1836</v>
+      </c>
+      <c r="G644" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="645" spans="1:7">
+      <c r="A645" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B645" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C645" t="s">
+        <v>59</v>
+      </c>
+      <c r="D645" t="s">
+        <v>10</v>
+      </c>
+      <c r="E645" t="s">
+        <v>11</v>
+      </c>
+      <c r="F645" s="1" t="s">
+        <v>1838</v>
+      </c>
+      <c r="G645" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="646" spans="1:7">
+      <c r="A646" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B646" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C646" t="s">
+        <v>63</v>
+      </c>
+      <c r="D646" t="s">
+        <v>10</v>
+      </c>
+      <c r="E646" t="s">
+        <v>11</v>
+      </c>
+      <c r="F646" s="1" t="s">
+        <v>1840</v>
+      </c>
+      <c r="G646" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="647" spans="1:7">
+      <c r="A647" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B647" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C647" t="s">
+        <v>67</v>
+      </c>
+      <c r="D647" t="s">
+        <v>10</v>
+      </c>
+      <c r="E647" t="s">
+        <v>11</v>
+      </c>
+      <c r="F647" s="1" t="s">
+        <v>1842</v>
+      </c>
+      <c r="G647" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="648" spans="1:7">
+      <c r="A648" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C648" t="s">
+        <v>71</v>
+      </c>
+      <c r="D648" t="s">
+        <v>10</v>
+      </c>
+      <c r="E648" t="s">
+        <v>11</v>
+      </c>
+      <c r="F648" s="1" t="s">
+        <v>1844</v>
+      </c>
+      <c r="G648" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="649" spans="1:7">
+      <c r="A649" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C649" t="s">
+        <v>74</v>
+      </c>
+      <c r="D649" t="s">
+        <v>10</v>
+      </c>
+      <c r="E649" t="s">
+        <v>11</v>
+      </c>
+      <c r="F649" s="1" t="s">
+        <v>1846</v>
+      </c>
+      <c r="G649" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="650" spans="1:7">
+      <c r="A650" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C650" t="s">
+        <v>78</v>
+      </c>
+      <c r="D650" t="s">
+        <v>10</v>
+      </c>
+      <c r="E650" t="s">
+        <v>11</v>
+      </c>
+      <c r="F650" s="1" t="s">
+        <v>1848</v>
+      </c>
+      <c r="G650" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="651" spans="1:7">
+      <c r="A651" t="s">
+        <v>1850</v>
+      </c>
+      <c r="B651" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C651" t="s">
+        <v>82</v>
+      </c>
+      <c r="D651" t="s">
+        <v>10</v>
+      </c>
+      <c r="E651" t="s">
+        <v>11</v>
+      </c>
+      <c r="F651" s="1" t="s">
+        <v>1851</v>
+      </c>
+      <c r="G651" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="652" spans="1:7">
+      <c r="A652" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B652" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C652" t="s">
+        <v>86</v>
+      </c>
+      <c r="D652" t="s">
+        <v>10</v>
+      </c>
+      <c r="E652" t="s">
+        <v>11</v>
+      </c>
+      <c r="F652" s="1" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G652" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="653" spans="1:7">
+      <c r="A653" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B653" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C653" t="s">
+        <v>90</v>
+      </c>
+      <c r="D653" t="s">
+        <v>10</v>
+      </c>
+      <c r="E653" t="s">
+        <v>11</v>
+      </c>
+      <c r="F653" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G653" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="654" spans="1:7">
+      <c r="A654" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B654" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C654" t="s">
+        <v>94</v>
+      </c>
+      <c r="D654" t="s">
+        <v>10</v>
+      </c>
+      <c r="E654" t="s">
+        <v>11</v>
+      </c>
+      <c r="F654" s="1" t="s">
+        <v>1859</v>
+      </c>
+      <c r="G654" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="655" spans="1:7">
+      <c r="A655" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B655" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C655" t="s">
+        <v>98</v>
+      </c>
+      <c r="D655" t="s">
+        <v>10</v>
+      </c>
+      <c r="E655" t="s">
+        <v>11</v>
+      </c>
+      <c r="F655" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="G655" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="656" spans="1:7">
+      <c r="A656" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B656" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C656" t="s">
+        <v>102</v>
+      </c>
+      <c r="D656" t="s">
+        <v>10</v>
+      </c>
+      <c r="E656" t="s">
+        <v>11</v>
+      </c>
+      <c r="F656" s="1" t="s">
+        <v>1863</v>
+      </c>
+      <c r="G656" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="657" spans="1:7">
+      <c r="A657" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C657" t="s">
+        <v>106</v>
+      </c>
+      <c r="D657" t="s">
+        <v>10</v>
+      </c>
+      <c r="E657" t="s">
+        <v>11</v>
+      </c>
+      <c r="F657" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="G657" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="658" spans="1:7">
+      <c r="A658" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B658" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C658" t="s">
+        <v>110</v>
+      </c>
+      <c r="D658" t="s">
+        <v>10</v>
+      </c>
+      <c r="E658" t="s">
+        <v>11</v>
+      </c>
+      <c r="F658" s="1" t="s">
+        <v>1867</v>
+      </c>
+      <c r="G658" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="659" spans="1:7">
+      <c r="A659" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B659" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C659" t="s">
+        <v>114</v>
+      </c>
+      <c r="D659" t="s">
+        <v>10</v>
+      </c>
+      <c r="E659" t="s">
+        <v>11</v>
+      </c>
+      <c r="F659" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="G659" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="660" spans="1:7">
+      <c r="A660" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C660" t="s">
+        <v>118</v>
+      </c>
+      <c r="D660" t="s">
+        <v>10</v>
+      </c>
+      <c r="E660" t="s">
+        <v>11</v>
+      </c>
+      <c r="F660" s="1" t="s">
+        <v>1872</v>
+      </c>
+      <c r="G660" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="661" spans="1:7">
+      <c r="A661" t="s">
+        <v>1874</v>
+      </c>
+      <c r="B661" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C661" t="s">
+        <v>122</v>
+      </c>
+      <c r="D661" t="s">
+        <v>10</v>
+      </c>
+      <c r="E661" t="s">
+        <v>11</v>
+      </c>
+      <c r="F661" s="1" t="s">
+        <v>1875</v>
+      </c>
+      <c r="G661" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="662" spans="1:7">
+      <c r="A662" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B662" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C662" t="s">
+        <v>126</v>
+      </c>
+      <c r="D662" t="s">
+        <v>10</v>
+      </c>
+      <c r="E662" t="s">
+        <v>11</v>
+      </c>
+      <c r="F662" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="G662" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="663" spans="1:7">
+      <c r="A663" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B663" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C663" t="s">
+        <v>130</v>
+      </c>
+      <c r="D663" t="s">
+        <v>10</v>
+      </c>
+      <c r="E663" t="s">
+        <v>11</v>
+      </c>
+      <c r="F663" s="1" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G663" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="664" spans="1:7">
+      <c r="A664" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B664" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C664" t="s">
+        <v>133</v>
+      </c>
+      <c r="D664" t="s">
+        <v>10</v>
+      </c>
+      <c r="E664" t="s">
+        <v>11</v>
+      </c>
+      <c r="F664" s="1" t="s">
+        <v>1882</v>
+      </c>
+      <c r="G664" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="665" spans="1:7">
+      <c r="A665" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B665" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C665" t="s">
+        <v>137</v>
+      </c>
+      <c r="D665" t="s">
+        <v>10</v>
+      </c>
+      <c r="E665" t="s">
+        <v>11</v>
+      </c>
+      <c r="F665" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="G665" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="666" spans="1:7">
+      <c r="A666" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B666" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C666" t="s">
+        <v>141</v>
+      </c>
+      <c r="D666" t="s">
+        <v>10</v>
+      </c>
+      <c r="E666" t="s">
+        <v>11</v>
+      </c>
+      <c r="F666" s="1" t="s">
+        <v>1888</v>
+      </c>
+      <c r="G666" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="667" spans="1:7">
+      <c r="A667" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C667" t="s">
+        <v>145</v>
+      </c>
+      <c r="D667" t="s">
+        <v>10</v>
+      </c>
+      <c r="E667" t="s">
+        <v>11</v>
+      </c>
+      <c r="F667" s="1" t="s">
+        <v>1891</v>
+      </c>
+      <c r="G667" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="668" spans="1:7">
+      <c r="A668" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C668" t="s">
+        <v>149</v>
+      </c>
+      <c r="D668" t="s">
+        <v>10</v>
+      </c>
+      <c r="E668" t="s">
+        <v>11</v>
+      </c>
+      <c r="F668" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="G668" t="s">
+        <v>1188</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -20953,50 +22078,86 @@
     <hyperlink ref="F608" r:id="rId607"/>
     <hyperlink ref="F609" r:id="rId608"/>
     <hyperlink ref="F610" r:id="rId609"/>
     <hyperlink ref="F611" r:id="rId610"/>
     <hyperlink ref="F612" r:id="rId611"/>
     <hyperlink ref="F613" r:id="rId612"/>
     <hyperlink ref="F614" r:id="rId613"/>
     <hyperlink ref="F615" r:id="rId614"/>
     <hyperlink ref="F616" r:id="rId615"/>
     <hyperlink ref="F617" r:id="rId616"/>
     <hyperlink ref="F618" r:id="rId617"/>
     <hyperlink ref="F619" r:id="rId618"/>
     <hyperlink ref="F620" r:id="rId619"/>
     <hyperlink ref="F621" r:id="rId620"/>
     <hyperlink ref="F622" r:id="rId621"/>
     <hyperlink ref="F623" r:id="rId622"/>
     <hyperlink ref="F624" r:id="rId623"/>
     <hyperlink ref="F625" r:id="rId624"/>
     <hyperlink ref="F626" r:id="rId625"/>
     <hyperlink ref="F627" r:id="rId626"/>
     <hyperlink ref="F628" r:id="rId627"/>
     <hyperlink ref="F629" r:id="rId628"/>
     <hyperlink ref="F630" r:id="rId629"/>
     <hyperlink ref="F631" r:id="rId630"/>
     <hyperlink ref="F632" r:id="rId631"/>
+    <hyperlink ref="F633" r:id="rId632"/>
+    <hyperlink ref="F634" r:id="rId633"/>
+    <hyperlink ref="F635" r:id="rId634"/>
+    <hyperlink ref="F636" r:id="rId635"/>
+    <hyperlink ref="F637" r:id="rId636"/>
+    <hyperlink ref="F638" r:id="rId637"/>
+    <hyperlink ref="F639" r:id="rId638"/>
+    <hyperlink ref="F640" r:id="rId639"/>
+    <hyperlink ref="F641" r:id="rId640"/>
+    <hyperlink ref="F642" r:id="rId641"/>
+    <hyperlink ref="F643" r:id="rId642"/>
+    <hyperlink ref="F644" r:id="rId643"/>
+    <hyperlink ref="F645" r:id="rId644"/>
+    <hyperlink ref="F646" r:id="rId645"/>
+    <hyperlink ref="F647" r:id="rId646"/>
+    <hyperlink ref="F648" r:id="rId647"/>
+    <hyperlink ref="F649" r:id="rId648"/>
+    <hyperlink ref="F650" r:id="rId649"/>
+    <hyperlink ref="F651" r:id="rId650"/>
+    <hyperlink ref="F652" r:id="rId651"/>
+    <hyperlink ref="F653" r:id="rId652"/>
+    <hyperlink ref="F654" r:id="rId653"/>
+    <hyperlink ref="F655" r:id="rId654"/>
+    <hyperlink ref="F656" r:id="rId655"/>
+    <hyperlink ref="F657" r:id="rId656"/>
+    <hyperlink ref="F658" r:id="rId657"/>
+    <hyperlink ref="F659" r:id="rId658"/>
+    <hyperlink ref="F660" r:id="rId659"/>
+    <hyperlink ref="F661" r:id="rId660"/>
+    <hyperlink ref="F662" r:id="rId661"/>
+    <hyperlink ref="F663" r:id="rId662"/>
+    <hyperlink ref="F664" r:id="rId663"/>
+    <hyperlink ref="F665" r:id="rId664"/>
+    <hyperlink ref="F666" r:id="rId665"/>
+    <hyperlink ref="F667" r:id="rId666"/>
+    <hyperlink ref="F668" r:id="rId667"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>