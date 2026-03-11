--- v0 (2025-12-11)
+++ v1 (2026-03-11)
@@ -48,742 +48,742 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2528/resolucao_no_035-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2528/resolucao_no_035-2025.pdf</t>
   </si>
   <si>
     <t>"Concede abono natalino pecuniário aos Servidores Públicos da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2460/resolucao_no_034-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2460/resolucao_no_034-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão, aplicação e comprovação de suprimento de fundos no âmbito da Câmara Municipal de Buritis/RO."</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2427/resolucao_no_033-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2427/resolucao_no_033-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o horário de realização das sessões ordinárias da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>2412</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2412/resolucao_no_032-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2412/resolucao_no_032-2025.pdf</t>
   </si>
   <si>
     <t>Altera o art. 104, o §3º do art. 147, o art. 149, o §1º do art. 164, o art. 165, o parágrafo único do art. 167, o art. 173 e art. 174, todos do Regimento Interno da Câmara Municipal de Buritis – RO.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2303/resolucao_no_031-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2303/resolucao_no_031-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o uso dos veículos oficiais pertencentes à frota da Câmara Municipal de Buritis, Estado de Rondônia, e dá outras providências"</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2302/resolucao_no_030-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2302/resolucao_no_030-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o horário de realização das Sessões Ordinárias da Câmara Municipal de Buritis e dá outras providências"</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2212/resolucao_no_029-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2212/resolucao_no_029-2024_-.pdf</t>
   </si>
   <si>
     <t>"Concede abono natalino pecuniário aos Servidores Públicos da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2133/resolucao_no_028-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2133/resolucao_no_028-2024.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a aplicação da Lei n. 14.129, de 29 de março de 2021 - no âmbito da Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2132/resolucao_no_027-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2132/resolucao_no_027-2024.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a aplicação da Lei n. 13.709, de 14 de agosto de 2018. - Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2127/resolucao_no_026-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2127/resolucao_no_026-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a redação dos artigos 4º, 8º, 9º e inciso II e 16 da Resolução nº 020/2023, bem como dá nova numeração aos artigos 11, 12, 13, 14, 15, 16, 17, 18 e 19 da referida resolução."</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2089/resolucao_no_025-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2089/resolucao_no_025-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução Nº 010/2019 e dá outras  providências"</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/669/resolucao_no_024-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/669/resolucao_no_024-2023.pdf</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/645/resolucao_no_023-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/645/resolucao_no_023-2023.pdf</t>
   </si>
   <si>
     <t>"Institui e regulamenta os critérios referentes ao percebimento do AUXÍLIO ALIMENTAÇÃO aos Servidores Públicos ativos da Câmara Municipal de Buritis, e dá outras providências"</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/644/resolucao_no_022-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/644/resolucao_no_022-2023.pdf</t>
   </si>
   <si>
     <t>"Altera as Resoluções Nº 011, 013, 016 e 019/2023 e dá outras providências"</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/459/resolucao_no_021-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/459/resolucao_no_021-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimentos para a elaboração do Termo de Referência - TR, para aquisição de bens e contratação de serviços e obras de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/458/resolucao_no_020-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/458/resolucao_no_020-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimentos para a elaboração do Plano Anual de Contratações de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Buritis/RO</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/457/resolucao_no_019-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/457/resolucao_no_019-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece Normas Gerais e Específicas acerca da Gestão e Fiscalização de Contratos no âmbito da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/456/resolucao_no_018-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/456/resolucao_no_018-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece regras e procedimentos para a participação de pessoa física nas contratações públicas de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/455/resolucao_no_017-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/455/resolucao_no_017-2023.pdf</t>
   </si>
   <si>
     <t>Institui o catálogo eletrônico de padronização de compras, serviços e obras, em atendimento ao disposto no inciso II do art. 19 da Lei nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/454/resolucao_no_016-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/454/resolucao_no_016-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes para atuação do agente de contratação e da equipe de apoio, o funcionamento da comissão de contratação e a atuação dos gestores e fiscais de contratos, de que trata a Lei nº 14.133, de 1º de abril de 2021, da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/453/resolucao_no_015-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/453/resolucao_no_015-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do disposto no art. 20 da Lei nº 14.133, de 1º de abril de 2021, para estabelecer o enquadramento dos bens de consumo adquiridos para suprir as demandas da Câmara Municipal de Buritis/RO nas categorias de qualidade comum e de luxo.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/452/resolucao_no_014-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/452/resolucao_no_014-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos a serem adotados para a realização de pesquisa de preços para aquisição de bens e contratação de serviços em geral nas contratações públicas de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/451/resolucao_no_013-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/451/resolucao_no_013-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os procedimentos de governança das contratações públicas de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito da Câmara Municipal de Buritis/RO</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/450/resolucao_no_012-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/450/resolucao_no_012-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece procedimentos para a elaboração dos Estudos Técnicos Preliminares – ETP, para aquisição de bens e contratação de serviços e obras de que trata a Lei nº 14.133, de 1º de abril de 2021, no âmbito do Poder Legislativo Municipal.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/449/resolucao_no_011-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/449/resolucao_no_011-2023.pdf</t>
   </si>
   <si>
     <t>Estabelece regras sobre a regulamentação da Lei nº 14.133, de 1º de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, e dá outras providências, no âmbito da Câmara Municipal de Buritis/RO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/411/resolucao_no_010-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/411/resolucao_no_010-2023.pdf</t>
   </si>
   <si>
     <t>“Institui e regulamenta os critérios referentes ao percebimento do AUXÍLIO ALIMENTAÇÃO aos Vereadores e Servidores Públicos ativos da Câmara Municipal de Buritis, e dá outras providências”.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/389/resolucao_no_009-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/389/resolucao_no_009-2023.pdf</t>
   </si>
   <si>
     <t>"Cria a Procuradoria da Mulher na Câmara Municipal de Buritis - RO e dá outras providências"</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/269/resolucao_no_008-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/269/resolucao_no_008-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o percentual de servidores efetivos e comissionados no âmbito da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/322/resolucao_no_007-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/322/resolucao_no_007-2022.pdf</t>
   </si>
   <si>
     <t>"Concede abono natalino pecuniário ao Servidores Públicos da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/85/resolucao_no_006-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/85/resolucao_no_006-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Política de Desfazimento dos bens patrimoniais móveis pertencentes ao patrimônio da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/87/resolucao_no_005-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/87/resolucao_no_005-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o percentual de servidores efetivos e comissionados no âmbito da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/88/resolucao_no_004-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/88/resolucao_no_004-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Honraria de "Mérito Legislativo da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/89/resolucao_no_003-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/89/resolucao_no_003-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a Resolução Nº 006/2020, que dispõe sobre o Regimento Interno da Câmara Municipal de Buritis - RO e dá outras providências"</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/90/resolucao_no_002-2022-otimizado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/90/resolucao_no_002-2022-otimizado.pdf</t>
   </si>
   <si>
     <t>"altera a resolução Nº 006/2020, Que dispõe sobre o regimento interno da câmara Municipal de Buritis - RO e da outras providências"</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/83/resolucao_no_001-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/83/resolucao_no_001-2022.pdf</t>
   </si>
   <si>
     <t>"Institui e regulamenta os critérios referentes ao percebimento do AUXÍLIO ALIMENTAÇÃO aos Vereadores e Servidores Públicos ativos da Câmara _x000D_
 Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/331/resolucao_04-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/331/resolucao_04-2021.pdf</t>
   </si>
   <si>
     <t>"Dá denominação oficial a Sede da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/338/resolucao_no_003-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/338/resolucao_no_003-2021.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Legislativo Municipal de Buritis a promover a transferência de bens móveis de sua propriedade e dá outras providências".</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/332/resolucao_002-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/332/resolucao_002-2021.pdf</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/337/resolucao_no_001-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/337/resolucao_no_001-2021.pdf</t>
   </si>
   <si>
     <t>"Revoga a Resolução nº 001/2020 que Dispõe sobre a filiação desta Câmara Municipal à Associação Brasileira de Câmaras Municipais"</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/91/resolucao_no_006-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/91/resolucao_no_006-2020.pdf</t>
   </si>
   <si>
     <t>Regimento Interno da Câmara Municipal de Buritis 4ª Sessão Legislativa da 6ª Legislatura</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/335/resolucao_no_005-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/335/resolucao_no_005-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o funcionamento do anexo da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/334/resolucao_no_004-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/334/resolucao_no_004-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Sede e funcionamento da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/333/resolucao_no_003-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/333/resolucao_no_003-2020.pdf</t>
   </si>
   <si>
     <t>"Regulamenta a certificação dos processos de prestação de serviços contínuos, combustível e seus derivados no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/86/resolucao_no_002-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/86/resolucao_no_002-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a política de desfazimento dos bens patrimoniais móveis e de consumo pertencentes ao patrimônio da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/336/resolucao_no_001-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/336/resolucao_no_001-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a filiação desta Câmara Municipal à Associação Brasileira de Câmaras Municipais".</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/371/resolucao_no_013-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/371/resolucao_no_013-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do banco de horas dos Servidores/empregados Públicos da Câmara Municipal de Buritis/RO, e dá outras providências</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/370/resolucao_no_012-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/370/resolucao_no_012-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o desfazimento na forma de doação da motocicleta Honda Biz 125 KS, placa NDO-0380, que compõe a frota da Câmara Municipal de Buritis/RO</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/369/resolucao_no_011-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/369/resolucao_no_011-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento interno da Ouvidoria e o Acesso a Informação da Câmara Municipal de Buritis-RO</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/368/resolucao_no_010-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/368/resolucao_no_010-2019.pdf</t>
   </si>
   <si>
     <t>Disciplina o uso dos veículos oficiais pertencentes à frota da Câmara Municipal de Buritis, Estado de Rondônia</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/367/resolucao_no_009-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/367/resolucao_no_009-2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta a certificação dos processos de aquisição de peças e acessórios veiculares no âmbito da Câmara Municipal de Buritis-RO</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/366/resolucao_no_008-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/366/resolucao_no_008-2019.pdf</t>
   </si>
   <si>
     <t>Regulamento a certificação dos processos de prestação de serviços no âmbito da Câmara Municipal de Buritis-RO</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/365/resolucao_no_007-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/365/resolucao_no_007-2019.pdf</t>
   </si>
   <si>
     <t>Regulamento a certificação dos processos de prestação de serviços contínuos, combustível e seus derivados no âmbito da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/364/resolucao_no_006-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/364/resolucao_no_006-2019.pdf</t>
   </si>
   <si>
     <t>Cria a Escola do Legislativo no âmbito da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/84/resolucao_no_005-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/84/resolucao_no_005-2019.pdf</t>
   </si>
   <si>
     <t>"Institui e regulamenta os critérios referentes ao percebimento do AUXÍLIO ALIMENTAÇÃO aos Vereadores e Servidores Públicos ativos da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/363/resolucao_no_004-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/363/resolucao_no_004-2019.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta as formas de parcelamento de devolução em forma de desconto direto na folha de pagamento no âmbito da Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/362/resolucao_no_003-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/362/resolucao_no_003-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a filiação desta Câmara Municipal à Associação Brasileira de Câmaras Municipais</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/361/resolucao_no_002-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/361/resolucao_no_002-2019.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/360/resolucao_no_001-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/360/resolucao_no_001-2019.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Fundo Especial da Câmara de Vereadores de Buritis - RO</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/378/resolucao_no_007-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/378/resolucao_no_007-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a participação popular "on-line" em audiências públicas realizadas no âmbito da Câmara Municipal de Buritis-RO</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/377/resolucao_no_006-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/377/resolucao_no_006-2018.pdf</t>
   </si>
   <si>
     <t>Cria a "Galeria de Vereadores" da Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/376/resolucao_no_005-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/376/resolucao_no_005-2018.pdf</t>
   </si>
   <si>
     <t>Cria a "Galeria dos Presidentes" da Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/375/resolucao_no_004-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/375/resolucao_no_004-2018.pdf</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/374/resolucao_no_003-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/374/resolucao_no_003-2018.pdf</t>
   </si>
   <si>
     <t>Altera o valor do AUXÍLIO ALIMENTAÇÃO aos servidores públicos da Câmara Municipal de Buritis, e dá outras providências</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/373/resolucao_no_002-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/373/resolucao_no_002-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Ordem Cronológica de Pagamento nos contratos firmados pela Câmara de Vereadores do Município de Buritis em observância a Instrução Normativa Nº 055, de 14/08/2017 de TCE-RO e dá outras providências</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/372/resolucao_no_001-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/372/resolucao_no_001-2018.pdf</t>
   </si>
   <si>
     <t>Institui o Auxilio Alimentação aos servidores públicos ativos da Câmara Municipal de Buritis, e dá outras providências</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1090,66 +1090,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2528/resolucao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2460/resolucao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2427/resolucao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2412/resolucao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2303/resolucao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2302/resolucao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2212/resolucao_no_029-2024_-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2133/resolucao_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2132/resolucao_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2127/resolucao_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2089/resolucao_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/669/resolucao_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/645/resolucao_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/644/resolucao_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/459/resolucao_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/458/resolucao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/457/resolucao_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/456/resolucao_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/455/resolucao_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/454/resolucao_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/453/resolucao_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/452/resolucao_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/451/resolucao_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/450/resolucao_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/449/resolucao_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/411/resolucao_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/389/resolucao_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/269/resolucao_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/322/resolucao_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/85/resolucao_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/87/resolucao_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/88/resolucao_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/89/resolucao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/90/resolucao_no_002-2022-otimizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/83/resolucao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/331/resolucao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/338/resolucao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/332/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/337/resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/91/resolucao_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/335/resolucao_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/334/resolucao_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/333/resolucao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/86/resolucao_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/336/resolucao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/371/resolucao_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/370/resolucao_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/369/resolucao_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/368/resolucao_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/367/resolucao_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/366/resolucao_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/365/resolucao_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/364/resolucao_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/84/resolucao_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/363/resolucao_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/362/resolucao_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/361/resolucao_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/360/resolucao_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/378/resolucao_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/377/resolucao_no_006-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/376/resolucao_no_005-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/375/resolucao_no_004-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/374/resolucao_no_003-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/373/resolucao_no_002-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/372/resolucao_no_001-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2528/resolucao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2460/resolucao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2427/resolucao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2412/resolucao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2303/resolucao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2302/resolucao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2212/resolucao_no_029-2024_-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2133/resolucao_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2132/resolucao_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2127/resolucao_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2089/resolucao_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/669/resolucao_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/645/resolucao_no_023-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/644/resolucao_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/459/resolucao_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/458/resolucao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/457/resolucao_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/456/resolucao_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/455/resolucao_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/454/resolucao_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/453/resolucao_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/452/resolucao_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/451/resolucao_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/450/resolucao_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/449/resolucao_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/411/resolucao_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/389/resolucao_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/269/resolucao_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/322/resolucao_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/85/resolucao_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/87/resolucao_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/88/resolucao_no_004-2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/89/resolucao_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/90/resolucao_no_002-2022-otimizado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/83/resolucao_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/331/resolucao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/338/resolucao_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/332/resolucao_002-2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/337/resolucao_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/91/resolucao_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/335/resolucao_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/334/resolucao_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/333/resolucao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/86/resolucao_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/336/resolucao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/371/resolucao_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/370/resolucao_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/369/resolucao_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/368/resolucao_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/367/resolucao_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/366/resolucao_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/365/resolucao_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/364/resolucao_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/84/resolucao_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/363/resolucao_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/362/resolucao_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/361/resolucao_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/360/resolucao_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/378/resolucao_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/377/resolucao_no_006-2018.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/376/resolucao_no_005-2018.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/375/resolucao_no_004-2018.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/374/resolucao_no_003-2018.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/373/resolucao_no_002-2018.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/372/resolucao_no_001-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="98.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="97.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="242.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>