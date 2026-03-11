--- v0 (2025-12-11)
+++ v1 (2026-03-11)
@@ -10,4340 +10,4424 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3353" uniqueCount="1423">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3402" uniqueCount="1451">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2597</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>DL</t>
+  </si>
+  <si>
+    <t>Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2597/dc_276.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a autorização da Servidora Viviane Souza Oliveira em ser condutora da frota de veículos pertencentes à Câmara Municipal de Buritis."</t>
+  </si>
+  <si>
+    <t>2596</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2596/dc_275.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a autorização da Servidora Carolyna Souza Rocha em ser condutora da frota de veículos pertencentes à Câmara Municipal de Buritis."</t>
+  </si>
+  <si>
+    <t>2595</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2595/dc_274.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a autorização do Servidor João Carlos de Sousa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis".</t>
+  </si>
+  <si>
+    <t>2574</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/</t>
+  </si>
+  <si>
+    <t>"Decreto Ponto Facultativo no âmbito do Câmara Municipal de Buritis - RO" .</t>
+  </si>
+  <si>
+    <t>2571</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2571/decreto_no_272-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre renovação de Decreto Nº 269/2025 que autoriza Joel de Peder Garcia em ser condutor da frota de veículos pertencentes á Câmara Municipal de Buritis e dá outras Providências."</t>
+  </si>
+  <si>
+    <t>2544</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2544/decreto_no_271-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2545</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a concessão de títulos de cidadão honorário, e dá outras providências"</t>
+  </si>
+  <si>
     <t>2529</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>269</t>
   </si>
   <si>
-    <t>DL</t>
-[...5 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2529/decreto_no_269-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2529/decreto_no_269-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do servidor Joel Peder Garcia em ser condutor da frota de veículos pertencentes á Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2527/decreto_no_268-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2527/decreto_no_268-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a exoneração do servidor efetivo Lucas Vinicius Sampaio Lima da Câmara Municipal de Buritis-RO."</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2521/decreto_no_267-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2521/decreto_no_267-2025.pdf</t>
   </si>
   <si>
     <t>"Decreta Ponto Facultativo no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2519/decreto_no_266-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2519/decreto_no_266-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação do aprovado no Concurso para ocupar o respectivo cargo de provimento efetivo em conformidade com o Edital de Nº 001/2024, do Concurso Público da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2518/decreto_no_265-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2518/decreto_no_265-2025.pdf</t>
   </si>
   <si>
     <t>"Decreta afastamento do vereador do Município de Buritis/RO e dá outra providências".</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2508/decreto_legislativo_no_264-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2508/decreto_legislativo_no_264-2025.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Processante e dá outras providências".</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2507/decreto_legislativo_no_263-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2507/decreto_legislativo_no_263-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre afastamento temporário do Vereador Ivan Carlos Dutra do cargo de Presidente da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2501/decreto_no_262-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2501/decreto_no_262-2025.pdf</t>
   </si>
   <si>
     <t>"Decreta ponto Facultativo no âmbito da Câmara Municipal de Buritis-RO".</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2461/decreto_legislativo_no_261-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2461/decreto_legislativo_no_261-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a demissão de servidores efetivos da Câmara Municipal de Buritis - RO, em decorrência de decisão em Processo Administrativo Disciplinar."</t>
   </si>
   <si>
     <t>2457</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2457/decreto_no_260-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2457/decreto_no_260-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor Cleonildo da Silva de Matos em ser condutor da frota de veículos_x000D_
 pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2452/decreto_no_259-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2452/decreto_no_259-2025.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis Estado de Rondônia - Exercício de 2023 e dá outras providências"</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2444/decreto_no_258-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2444/decreto_no_258-2025.pdf</t>
   </si>
   <si>
     <t>"Decreta ponto facultativo no âmbito da Câmara Municipal de Buritis-RO"</t>
   </si>
   <si>
     <t>2411</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2411/decreto_no_257-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2411/decreto_no_257-2025.pdf</t>
   </si>
   <si>
     <t>"Decreta ponto facultativo no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2383/decreto_no_256-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2383/decreto_no_256-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do servidor Pedro Henrique Pereira de Almeida em ser condutor de frota de veículo pertencentes á câmara municipal de Buritis".</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2379/decreto_no__255-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2379/decreto_no__255-2025.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial no âmbito da Câmara Municipal de Buritis pelo falecimento da Sra. Júlia Maciel de Almeida Lima, genitora do Vereador Adriano de Almeida Lima"</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2320/decreto_no_254-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2320/decreto_no_254-2025.pdf</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2307/decreto_no_253-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2307/decreto_no_253-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação dos aprovados no Concurso para ocupar os respectivos cargos de provimento efetivo em conformidade com o Edital de Nº 001/2024, do Concurso Público da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2301/decreto_no_252-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2301/decreto_no_252-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor Alexandre Castoldi Boareto em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2293/decreto_no_251-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2293/decreto_no_251-2025.pdf</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2263/decreto_250-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2263/decreto_250-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor Marcelo Bruni Bonomo em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2262/decreto_249-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2262/decreto_249-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização da Servidora Selva Síria Silva Chaves Guimarães Leal em ser condutora da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2261/decreto_248-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2261/decreto_248-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor Edivaldo da Silva Souza em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2260/decreto_247-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2260/decreto_247-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização da Servidora Madiele dos Santos Rath Dutra em ser condutora da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2259/decreto_246-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2259/decreto_246-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor João Carlos de Sousa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2234/decreto_no245-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2234/decreto_no245-2024_-_.pdf</t>
   </si>
   <si>
     <t>Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dá outras providências</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2233/decreto_no244-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2233/decreto_no244-2024_-.pdf</t>
   </si>
   <si>
     <t>Decreta horário integral no âmbito da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2232/decreto_no243-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2232/decreto_no243-2024_-_.pdf</t>
   </si>
   <si>
     <t>Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2198/decreto_no242-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2198/decreto_no242-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a sustação dos Decretos Executivos 15.008/2024, 15.036/2024, 15.071/2024, 15.087/2024 e 15.103/2024".</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2187/decreto_no241-2024_-_.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2187/decreto_no241-2024_-_.pdf</t>
   </si>
   <si>
     <t>"Transfere feriado no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2164/decreto_no240-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2164/decreto_no240-2024_-.pdf</t>
   </si>
   <si>
     <t>"Suspende as Atividades Administrativas da Câmara Municipal em Função das Eleições Municipais"</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2160/decreto_no239-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2160/decreto_no239-2024_-.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Exoneração a pedido de Servidor no âmbito da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2159/decreto_no238-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2159/decreto_no238-2024_-.pdf</t>
   </si>
   <si>
     <t>"Dispõe acerca da suspensão temporária dos serviços administrativos da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2142/decreto_no_237-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2142/decreto_no_237-2024.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do ex-vereador da Câmara Municipal de Buritis Reonides Pezzin"</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2138/decreto_no236-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2138/decreto_no236-2024_-.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento da ex-Vereadora da Câmara Municipal de Buritis Luzia Bonissi (Luzia da C-22)."</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2126/decreto_no235-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2126/decreto_no235-2024.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis Estado de Rondônia - Exercício 2022 e dá outras providencias".</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2107/decreto_no_234-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2107/decreto_no_234-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor Aparecido Ferreira da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2068/decreto_no_233-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2068/decreto_no_233-2024.pdf</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2067/decreto_no_232-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2067/decreto_no_232-2024.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 19ª  Sessão Ordinária, da 4ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/765/decreto_no_231-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/765/decreto_no_231-2024.pdf</t>
   </si>
   <si>
     <t>"Estabelece o retorno às atividades laborais do Secretário e Servidores Públicos Municipais que foram afastados temporariamente para fins de_x000D_
 Investigação pela Comissão Parlamentar de Inquérito - CPI"</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/764/decreto_no_230-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/764/decreto_no_230-2024.pdf</t>
   </si>
   <si>
     <t>"Antecipa o horário da 11ª Sessão Ordinária, da 4ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/763/decreto_no_229-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/763/decreto_no_229-2024.pdf</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/762/decreto_no_228-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/762/decreto_no_228-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Orlando Bernardino da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/761/decreto_no_227-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/761/decreto_no_227-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato leitão dos Santos em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/760/decreto_no_226-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/760/decreto_no_226-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Adriano de Almeida Lima em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/759/decreto_no_225-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/759/decreto_no_225-2024.pdf</t>
   </si>
   <si>
     <t>"Adia a 9ª Sessão Ordinária, da 4ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/758/decreto_no_224-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/758/decreto_no_224-2024.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 8ª Sessão Ordinária, da 4ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis- RO."</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/757/decreto_no_223-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/757/decreto_no_223-2024.pdf</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/756/decreto_no_222-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/756/decreto_no_222-2024.pdf</t>
   </si>
   <si>
     <t>"Altera a discriminação dos elementos de despesas relativos à abertura do orçamento para o exercício financeiro de 2024, respeitando os limites impostos pela Lei Nº 1965/2023 de 21/12/2023 (Lei Orçamentária Anual - LOA/2024)"</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/755/decreto_no_221-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/755/decreto_no_221-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Daniel Felix da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/753/decreto_no_220-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/753/decreto_no_220-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Adriano de Almeida Lima em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/752/decreto_no_219-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/752/decreto_no_219-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Alexandre Castoldi Boareto em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/741/decreto_no_218-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/741/decreto_no_218-2024.pdf</t>
   </si>
   <si>
     <t>"Decreto Ponto Facultativo no âmbito da Câmara Municipal de Buritis- RO."</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/735/decreto_no_217-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/735/decreto_no_217-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do servidor Alexandre Castoldi Boareto em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/734/decreto_no_216-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/734/decreto_no_216-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor_x000D_
 da frota de veículos pertencentes à Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/733/decreto_no_215-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/733/decreto_no_215-2024.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 2ª Sessão Ordinária, da 4ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO."</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/732/decreto_no_214-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/732/decreto_no_214-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/731/decreto_no_213-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/731/decreto_no_213-2024.pdf</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/722/decreto_no_212-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/722/decreto_no_212-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/712/decreto_no_211-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/712/decreto_no_211-2024.pdf</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/711/decreto_no_210-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/711/decreto_no_210-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor Edivaldo da Silva Souza em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis".</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/710/decreto_no_209-2024.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/710/decreto_no_209-2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização do Servidor José Roberto de Souza Oliveira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/683/decreto_no_208-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/683/decreto_no_208-2023.pdf</t>
   </si>
   <si>
     <t>Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/684/decreto_no_207-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/684/decreto_no_207-2023.pdf</t>
   </si>
   <si>
     <t>"Altera o Decreto N9 091/2023 que Dispõe sobre a nomeação da Comissão de Acompanhamento do Concurso Público para provimento de cargos_x000D_
 efetivos públicos do Poder Legislativo Municipal de Buritis/RO e dá outras providências."</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/653/decreto_no_206-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/653/decreto_no_206-2023.pdf</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/652/decreto_no_205-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/652/decreto_no_205-2023.pdf</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/651/decreto_no_204-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/651/decreto_no_204-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Elizeu Quevedo em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/650/decreto_no_203-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/650/decreto_no_203-2023.pdf</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/649/decreto_no_202-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/649/decreto_no_202-2023.pdf</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/647/decreto_no_200-2023_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/647/decreto_no_200-2023_-_publicado.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 44ª Sessão Ordinária, da 3ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/643/decreto_no_199-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/643/decreto_no_199-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Pinto Júnior Leite Ramalho em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/642/decreto_no_198-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/642/decreto_no_198-2023.pdf</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/641/decreto_no_197-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/641/decreto_no_197-2023.pdf</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/640/decreto_no_196-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/640/decreto_no_196-2023.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 41ª Sessão Ordinária, da 3ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/622/decreto_no_195-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/622/decreto_no_195-2023.pdf</t>
   </si>
   <si>
     <t>"Decreta Ponto Facultativo no âmbito da câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/621/decreto_no_194-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/621/decreto_no_194-2023.pdf</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/620/decreto_no_193-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/620/decreto_no_193-2023.pdf</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/619/decreto_no_192-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/619/decreto_no_192-2023.pdf</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/610/decreto_no_191-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/610/decreto_no_191-2023.pdf</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/609/decreto_no_190-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/609/decreto_no_190-2023.pdf</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/598/decreto_no_189-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/598/decreto_no_189-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre retorno do Vereador Elizeu Quevedo para o cargo de Vereador da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/597/decreto_no_188-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/597/decreto_no_188-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Lucas Luiz de Cristo Teixeira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/596/decreto_no_187-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/596/decreto_no_187-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre afastamento temporário de Secretário e Servidores Públicos Municipais em caráter temporário para fins de investigação da Comissão _x000D_
 Parlamentar de Inquérito - CPI"</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/584/decreto_no_186-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/584/decreto_no_186-2023.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/583/decreto_no_185-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/583/decreto_no_185-2023.pdf</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/576/decreto_no_184-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/576/decreto_no_184-2023.pdf</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/575/decreto_no_183-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/575/decreto_no_183-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e or tempo determinado do Vereador Adriano de Almeida Lima em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/574/decreto_no_182-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/574/decreto_no_182-2023.pdf</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/573/decreto_no_181-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/573/decreto_no_181-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Gerson Rodrigues de Oliveira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/572/decreto_no_180-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/572/decreto_no_180-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Adriano de Almeida Lima em ser condutor da frota de veículos pertencentes 'a Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/571/decreto_no_179-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/571/decreto_no_179-2023.pdf</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/570/decreto_no_178-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/570/decreto_no_178-2023.pdf</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/562/decreto_no_177-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/562/decreto_no_177-2023.pdf</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/542/decreto_no_176-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/542/decreto_no_176-2023.pdf</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/541/decreto_no_175-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/541/decreto_no_175-2023.pdf</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/540/decreto_no_174-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/540/decreto_no_174-2023.pdf</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/539/decreto_no_173-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/539/decreto_no_173-2023.pdf</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/648/decreto_no_201-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/648/decreto_no_201-2023.pdf</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/538/decreto_no_172-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/538/decreto_no_172-2023.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento da sobrinha da Servidora desta Câmara Municipal"</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/521/decreto_no_171-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/521/decreto_no_171-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor da frota de veículos pertecentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/520/decreto_no_170-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/520/decreto_no_170-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Adriano de Almeida Lima em ser Condutor da frota de veículos pertecentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/517/decreto_no_169-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/517/decreto_no_169-2023.pdf</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/516/decreto_no_168-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/516/decreto_no_168-2023.pdf</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/515/decreto_no_167-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/515/decreto_no_167-2023.pdf</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/514/decreto_no_166-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/514/decreto_no_166-2023.pdf</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/510/decreto_no_165-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/510/decreto_no_165-2023.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento da Servidora Pública Municipal Zuleide Eugenia Barbosa"</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/509/decreto_no_164-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/509/decreto_no_164-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação dos aprovados no Concurso para ocupar os respectivos cargos de provimento efetivo em conformidade com o Edital de Nº _x000D_
 001/2020, do Concurso Público da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/490/decreto_no_163-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/490/decreto_no_163-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis".</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/476/decreto_no_162-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/476/decreto_no_162-2023.pdf</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/475/decreto_no_161-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/475/decreto_no_161-2023.pdf</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/474/decreto_no_160-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/474/decreto_no_160-2023.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/473/decreto_no_159-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/473/decreto_no_159-2023.pdf</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/472/decreto_no_158-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/472/decreto_no_158-2023.pdf</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/471/decreto_no_157-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/471/decreto_no_157-2023.pdf</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/470/decreto_no_156-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/470/decreto_no_156-2023.pdf</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/469/decreto_no_155-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/469/decreto_no_155-2023.pdf</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/443/decreto_no_154-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/443/decreto_no_154-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Lucas Luiz de Disto Teixeira em ser condutor da _x000D_
 frota de Veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/442/decreto_no_153-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/442/decreto_no_153-2023.pdf</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/441/decreto_no_152-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/441/decreto_no_152-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leito dos Santos em ser condutor da frota de veículos pertencentes à Câmara  0 Municipal de Buritis"</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/440/decreto_no_151-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/440/decreto_no_151-2023.pdf</t>
   </si>
   <si>
     <t>"Antecipo a 23ª Sessão Ordinária, da 3 Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/439/decreto_no_150-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/439/decreto_no_150-2023.pdf</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/433/decreto_no_149-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/433/decreto_no_149-2023.pdf</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/431/decreto_no_148-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/431/decreto_no_148-2023.pdf</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/429/decreto_no_147-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/429/decreto_no_147-2023.pdf</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/427/decreto_no_146-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/427/decreto_no_146-2023.pdf</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/425/decreto_no_145-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/425/decreto_no_145-2023.pdf</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/423/decreto_no_144-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/423/decreto_no_144-2023.pdf</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/421/decreto_no_143-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/421/decreto_no_143-2023.pdf</t>
   </si>
   <si>
     <t>"Altera a discriminação dos elementos de despesas relativos à abertura do orçamento para o exercício financeiro de 2023, respeitando os limites _x000D_
 impostos pela Lei N 2 1791/2022 de 23/12/2022 (Lei Orçamentária Anual - (2023)"</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/418/decreto_no_142-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/418/decreto_no_142-2023.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/417/decreto_no_141-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/417/decreto_no_141-2023.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 20ª Sessão Ordinária, da 3ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/416/decreto_no_140-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/416/decreto_no_140-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre afastamento temporário do vereador Eliseu Quevedo em caráter temporário para fins de investidura em Cargo de Secretário Municipal de _x000D_
 Agricultura"</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/415/decreto_no_139-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/415/decreto_no_139-2023.pdf</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/413/decreto_no_138-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/413/decreto_no_138-2023.pdf</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/412/decreto_no_137-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/412/decreto_no_137-2023.pdf</t>
   </si>
   <si>
     <t>“Aprova a Prestação de Contas Anuais do Município de Buritis, Estado de Rondônia – Exercício de 2021, e dá outras providências”</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/406/decreto_no_136-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/406/decreto_no_136-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor_x000D_
 da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/405/decreto_no_135-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/405/decreto_no_135-2023.pdf</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/404/decreto_no_134-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/404/decreto_no_134-2023.pdf</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/403/decreto_no_133-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/403/decreto_no_133-2023.pdf</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/402/decreto_no_132-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/402/decreto_no_132-2023.pdf</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/388/decreto_no_131-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/388/decreto_no_131-2023.pdf</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/387/decreto_no_130-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/387/decreto_no_130-2023.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do senhor Sebastião Rodrigues de Oliveira"</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/386/decreto_no_129-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/386/decreto_no_129-2023.pdf</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/385/decreto_no_128-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/385/decreto_no_128-2023.pdf</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/384/decreto_no_127-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/384/decreto_no_127-2023.pdf</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/383/decreto_no_126-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/383/decreto_no_126-2023.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 13ª Sessão Ordinária, da 3ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/382/decreto_no_125-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/382/decreto_no_125-2023.pdf</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/381/decreto_no_124-2023..pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/381/decreto_no_124-2023..pdf</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/380/decreto_no_123-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/380/decreto_no_123-2023.pdf</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/379/decreto_no_122-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/379/decreto_no_122-2023.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/315/decreto_no_121-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/315/decreto_no_121-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Adriano de Almeida Lima em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/314/decreto_no_120-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/314/decreto_no_120-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/313/decreto_no_119-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/313/decreto_no_119-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Elizeu Quevedo em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/312/decreto_no_118-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/312/decreto_no_118-2023.pdf</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/311/decreto_no_117-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/311/decreto_no_117-2023.pdf</t>
   </si>
   <si>
     <t>Antecipa a 8ª Sessão Ordinária, da 3ª Sessão legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/310/decreto_no_116-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/310/decreto_no_116-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Lucas Luiz de Cristo Teixeira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/309/decreto_no_115-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/309/decreto_no_115-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Daniel Felix da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/308/decreto_no_114-2023..pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/308/decreto_no_114-2023..pdf</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/307/decreto_no_113-2023..pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/307/decreto_no_113-2023..pdf</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/306/decreto_no_112-2023..pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/306/decreto_no_112-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado da servidora Francilene Aparecida de Medeiros em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/305/decreto_no_111-2023..pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/305/decreto_no_111-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador Gerson Rodrigues de Oliveira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/304/decreto_no_110-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/304/decreto_no_110-2023.pdf</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/303/decreto_no_109-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/303/decreto_no_109-2023.pdf</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/302/decreto_no_108-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/302/decreto_no_108-2023.pdf</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/301/decreto_no_107-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/301/decreto_no_107-2023.pdf</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/300/decreto_no_106-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/300/decreto_no_106-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação dos aprovados no Concurso para ocupar os respectivos cargos de provimento efetivo em conformidade com o Edital de Nº 001/2020, do Concurso Público da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/299/decreto_no_105-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/299/decreto_no_105-2023.pdf</t>
   </si>
   <si>
     <t>Antecipa a 6ª Sessão Ordinária, da 3ª Sessão legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/282/decreto_no_104-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/282/decreto_no_104-2023.pdf</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/281/decreto_no_103-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/281/decreto_no_103-2023.pdf</t>
   </si>
   <si>
     <t>Decreta Ponto Facultativo no âmbito da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/280/decreto_no_102-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/280/decreto_no_102-2023.pdf</t>
   </si>
   <si>
     <t>Adia a 4ª Sessão Ordinária, da 3ª Sessão legislativa, da 7ª Legislatura da Câmara Municipal de Buritis - RO</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/279/decreto_no_101-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/279/decreto_no_101-2023.pdf</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/278/decreto_no_100-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/278/decreto_no_100-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador João Pinto Júnior Leite Ramalho em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/277/decreto_no_099-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/277/decreto_no_099-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização excepcional e por tempo determinado do Vereador João Orlando Bernardino da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/267/decreto_no_098-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/267/decreto_no_098-2023.pdf</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/266/decreto_no_097-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/266/decreto_no_097-2023.pdf</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/265/decreto_no_096-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/265/decreto_no_096-2023.pdf</t>
   </si>
   <si>
     <t>"Adia a 1ª Sessão Ordinária e antecipa a 2ª Sessão Ordinária da 3ª Sessão Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis, e dá_x000D_
 outras providências".</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/264/decreto_no_095-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/264/decreto_no_095-2023.pdf</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/263/decreto_no_094-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/263/decreto_no_094-2023.pdf</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/262/decreto_no_093-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/262/decreto_no_093-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Pinto Júnior Leite Ramalho em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis".</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/241/decreto_no_092-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/241/decreto_no_092-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Exoneração a pedido de Servidor no âmbito da Câmara Municipal de Buritis - RO".</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/240/decreto_no_091-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/240/decreto_no_091-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação da Comissão de Acompanhamento do Concurso Público para provimento de cargos efetivos públicos do Poder Legislativo Municipal de Buritis/RO e dá outras providências".</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/207/decreto_no_090-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/207/decreto_no_090-2023.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do Servidor Público Municipal Thiago Tavares Sena".</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/206/decreto_no_089-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/206/decreto_no_089-2023.pdf</t>
   </si>
   <si>
     <t>"Nomeia o Comitê Gestor do Processo Eletrônico (E-PROC) no âmbito do Poder Legislativo Municipal de Buritis - RO e dá outras providências"</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/205/decreto_no_088-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/205/decreto_no_088-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Elizeu Quevedo em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis".</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/197/decreto_no_087-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/197/decreto_no_087-2023.pdf</t>
   </si>
   <si>
     <t>“Decreta Luto Oficial pelo falecimento do senhor Herculano Felix da Silva”</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/196/decreto_no_086-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/196/decreto_no_086-2022.pdf</t>
   </si>
   <si>
     <t>"Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dó outras providências."</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/195/decreto_no_085-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/195/decreto_no_085-2022.pdf</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/134/decreto_no_084-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/134/decreto_no_084-2022.pdf</t>
   </si>
   <si>
     <t>"Estabelece os horários de expediente e Sessão Ordinária nos dias úteis previstos para os jogos da Seleção Brasileira de Futebol na Copa do Mundo FIFA 2022"</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/133/decreto_no_083-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/133/decreto_no_083-2022.pdf</t>
   </si>
   <si>
     <t>"Altera a discriminação dos elementos de despesas relativos à abertura do orçamento para o exercício financeiro de 2022, respeitando os limites impostos pela Lei Nº 1617/2021 de 08/12/2021 (Lei Orçamentária Anual - 2022)"</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/132/decreto_no_082-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/132/decreto_no_082-2022.pdf</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/81/decreto_no_081-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/81/decreto_no_081-2022.pdf</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/120/decreto_no_080-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/120/decreto_no_080-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador bicas Luiz de Cristo Teixeira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/64/decreto_no_079-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/64/decreto_no_079-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre retorno do Vereador Adriano de Almeida Lima do cargo de Presidente da Câmara Municipal de Buritis RO"</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/82/decreto_no_078-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/82/decreto_no_078-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre prorrogação do afastamento por tempo determinado do Vereador Adriano de Almeida Lima do cargo de _x000D_
 Presidente da Câmara Municipal dê Buritis - RO"</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/92/decreto_no_077-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/92/decreto_no_077-2022.pdf</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/93/decreto_no_076-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/93/decreto_no_076-2022.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 35ª Sessão Ordinária da 2ª Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis, e dá outras providências."</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/94/decreto_no_075-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/94/decreto_no_075-2022.pdf</t>
   </si>
   <si>
     <t>"Suspende as atividades administrativas e a 34ª Sessão Ordinário em função dos Eleições"</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/95/decreto_no_074-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/95/decreto_no_074-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação dos aprovados no Concurso para ocupar os respectivos cargos de provimento efetivo em conformidade com o Edital de N° 001/2020, do Concurso Público da Câmara Municipal de Buritis- RO"</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/96/decreto_no_073-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/96/decreto_no_073-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre afastamento por tempo determinado do Vereador Adriano de Almeida Lima do cargo de Presidente da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/97/decreto_no_072-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/97/decreto_no_072-2022.pdf</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/98/decreto_no_071-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/98/decreto_no_071-2022.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial nesta Câmara de Vereadores no dia 10 de agosto de 2022, pelo falecimento do ex - prefeito Adair Ferreira de Souza e dá outras providências."</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/99/decreto_no_070-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/99/decreto_no_070-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação dos aprovados no Concurso para ocupar os respectivos cargos de provimento efetivo em conformidade com o Edital de Nº 001/2020, do Concurso Público da Câmara Municipal de Buritis - RO"</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/100/decreto_no_069-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/100/decreto_no_069-2022.pdf</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/101/decreto_no_068-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/101/decreto_no_068-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor Alexandre de Oliveira Cabral em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/102/decreto_no_067-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/102/decreto_no_067-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Pinto Júnior Pinto Leite Ramalho em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/103/decreto_no_066-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/103/decreto_no_066-2022.pdf</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/104/decreto_no_065-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/104/decreto_no_065-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor Edivaldo da Silva Souza em ser condutor da _x000D_
 frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/105/decreto_no_064-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/105/decreto_no_064-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Orlando Bernardino da Silva em ser _x000D_
 condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/106/decreto_no_063-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/106/decreto_no_063-2022.pdf</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/107/decreto_no_062-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/107/decreto_no_062-2022.pdf</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/108/decreto_no_061-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/108/decreto_no_061-2022.pdf</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/109/decreto_no_060-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/109/decreto_no_060-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Moisés Paulo da Costa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/110/decreto_no_059-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/110/decreto_no_059-2022.pdf</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/111/decreto_no_058-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/111/decreto_no_058-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Elizeu Quevedo em ser condutor da frota de _x000D_
 veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/112/decreto_no_057-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/112/decreto_no_057-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Moisés Paulo da Costa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buriti"</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/113/decreto_no_056-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/113/decreto_no_056-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Lucas Luiz de Crista Teixeira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/114/decreto_no_055-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/114/decreto_no_055-2022.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis, Estado de Rondônia - Exercício 2020 e dá outras providências".</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/115/decreto_no_054-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/115/decreto_no_054-2022.pdf</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/116/decreto_no_053-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/116/decreto_no_053-2022.pdf</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1476/decreto_no_051-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1476/decreto_no_051-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Elizeu Quevedo em ser condutor da frota de veículos pertencentes Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/117/decreto_no_052-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/117/decreto_no_052-2022.pdf</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/118/decreto_no_051-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/118/decreto_no_051-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Elizeu _x000D_
 Quevedo em ser condutor da frota de veículos pertencentes Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/119/decreto_no_050-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/119/decreto_no_050-2022.pdf</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/121/decreto_no_049-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/121/decreto_no_049-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Elizeu Quevedo em ser condutor da frota de veículos pertencentes à Câmara Municipal _x000D_
 de Buritis"</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/122/decreto_no_048-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/122/decreto_no_048-2022.pdf</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/123/decreto_no_047-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/123/decreto_no_047-2022.pdf</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/124/decreto_no_046-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/124/decreto_no_046-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador _x000D_
 Moisés Paulo da Costa em ser condutor da frota de veículos pertencentes à Câmara _x000D_
 Municipal de Buritis"</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/125/decreto_no_045-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/125/decreto_no_045-2022.pdf</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/126/decreto_no_044-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/126/decreto_no_044-2022.pdf</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/127/decreto_no_043-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/127/decreto_no_043-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Daniel Felix da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis."</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/128/decreto_no_042-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/128/decreto_no_042-2022.pdf</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/129/decreto_no_041-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/129/decreto_no_041-2022.pdf</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1452/decreto_no_027-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1452/decreto_no_027-2022.pdf</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1465/decreto_no_040-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1465/decreto_no_040-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Pinto júnior Pinto Leite Ramalho em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1464/decreto_no_039-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1464/decreto_no_039-2022.pdf</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1463/decreto_no_038-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1463/decreto_no_038-2022.pdf</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1462/decreto_no_037-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1462/decreto_no_037-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador João Pinto Júnior Pinto Leite Ramalho em ser condutor da trota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1461/decreto_no_036-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1461/decreto_no_036-2022.pdf</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1460/decreto_no_035-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1460/decreto_no_035-2022.pdf</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1459/decreto_no_034-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1459/decreto_no_034-2022.pdf</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1458/decreto_no_033-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1458/decreto_no_033-2022.pdf</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1457/decreto_no_032-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1457/decreto_no_032-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Renato Leitão dos Santos em ser condutor da trota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1456/decreto_no_031-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1456/decreto_no_031-2022.pdf</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1455/decreto_no_030-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1455/decreto_no_030-2022.pdf</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1454/decreto_no_029-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1454/decreto_no_029-2022.pdf</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1453/decreto_no_028-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1453/decreto_no_028-2022.pdf</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1451/decreto_no_026-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1451/decreto_no_026-2022.pdf</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1450/decreto_no_025-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1450/decreto_no_025-2022.pdf</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1449/decreto_no_024-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1449/decreto_no_024-2022.pdf</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1448/decreto_no_023-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1448/decreto_no_023-2022.pdf</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1447/decreto_no_022-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1447/decreto_no_022-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor José Marcos Silva Oliveira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1446/decreto_no_021-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1446/decreto_no_021-2022.pdf</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1445/decreto_no_020-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1445/decreto_no_020-2022.pdf</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1444/decreto_no_019-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1444/decreto_no_019-2022.pdf</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1443/decreto_no_018-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1443/decreto_no_018-2022.pdf</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1442/decreto_no_017-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1442/decreto_no_017-2022.pdf</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1441/decreto_no_016-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1441/decreto_no_016-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado da Servidora Kerollen Gomes de Oliveira em ser condutora da frota de veículos_x000D_
 pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1440/decreto_no_015-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1440/decreto_no_015-2022.pdf</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1439/decreto_no_014-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1439/decreto_no_014-2022.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização do Servidor José Marcos Silva Oliveira ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1438/decreto_no_012-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1438/decreto_no_012-2022.pdf</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1437/decreto_no_011-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1437/decreto_no_011-2022.pdf</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1436/decreto_no_010-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1436/decreto_no_010-2022.pdf</t>
   </si>
   <si>
     <t>"Revoga os Decretos Legislativo Nº 001/2021 e 006/2021"</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1435/decreto_no_009-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1435/decreto_no_009-2022.pdf</t>
   </si>
   <si>
     <t>"Reforçam as medidas temporárias de enfrentamento e prevenção do COVID-19 (novo Coronavirus), acerca da adequação e a regulamentação temporararia de funcionamento das atividades no ambito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1434/decreto_no_008-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1434/decreto_no_008-2022.pdf</t>
   </si>
   <si>
     <t>"Adia a 2ª Sessão Ordinária da 2ª Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1433/decreto_no_007-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1433/decreto_no_007-2022.pdf</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1432/decreto_no_006-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1432/decreto_no_006-2022.pdf</t>
   </si>
   <si>
     <t>"Adia a 1ª Sessão Ordinária da 2ª Legislativa, da 7ª Legislatura da Câmara Municipal de Buritis, e dá outras providências"</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1431/decreto_no_005-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1431/decreto_no_005-2022.pdf</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1501/decreto_no_005-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1501/decreto_no_005-2022.pdf</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1430/decreto_no_004-2022_-_republicar.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1430/decreto_no_004-2022_-_republicar.pdf</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1429/decreto_no_003-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1429/decreto_no_003-2022.pdf</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1428/decreto_no_002-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1428/decreto_no_002-2022.pdf</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1427/decreto_no_001-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1427/decreto_no_001-2022.pdf</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1611/decreto_no_101-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1611/decreto_no_101-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dá outras providências."</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1610/decreto_no_100-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1610/decreto_no_100-2021.pdf</t>
   </si>
   <si>
     <t>"Altera a discriminação dos elementos de despesas relativos à abertura do orçamento para o exercício financeiro de 2021, respeitando os limites_x000D_
 impostos pela Lei Nº 1504/2020 de 16/12/2020 (Lei Orçamentária Anual - 2021)"</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1609/decreto_no_099-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1609/decreto_no_099-2021.pdf</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1608/decreto_no_098-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1608/decreto_no_098-2021.pdf</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1607/decreto_no_097-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1607/decreto_no_097-2021.pdf</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1606/decreto_no_096-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1606/decreto_no_096-2021.pdf</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1605/decreto_no_095-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1605/decreto_no_095-2021.pdf</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1604/decreto_no_094-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1604/decreto_no_094-2021.pdf</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1603/decreto_no_093-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1603/decreto_no_093-2021.pdf</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1602/decreto_no_092-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1602/decreto_no_092-2021.pdf</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1601/decreto_no_091-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1601/decreto_no_091-2021.pdf</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1600/decreto_no_090-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1600/decreto_no_090-2021.pdf</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1599/decreto_no_089-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1599/decreto_no_089-2021.pdf</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1598/decreto_no_088-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1598/decreto_no_088-2021.pdf</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1597/decreto_no_087-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1597/decreto_no_087-2021.pdf</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1596/decreto_no_086-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1596/decreto_no_086-2021.pdf</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1595/decreto_no_085-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1595/decreto_no_085-2021.pdf</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1594/decreto_no_084-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1594/decreto_no_084-2021.pdf</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1593/decreto_no_083-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1593/decreto_no_083-2021.pdf</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1591/decreto_no_081-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1591/decreto_no_081-2021.pdf</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1590/decreto_no_080-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1590/decreto_no_080-2021.pdf</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1589/decreto_no_079-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1589/decreto_no_079-2021.pdf</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1588/decreto_no_078-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1588/decreto_no_078-2021.pdf</t>
   </si>
   <si>
     <t>"Transfere as comemorações do "Dia do Servidor Público", com a decretação de seu ponto facultativo, do dia 28 de outubro de 2021 para o dia 01 de novembro de 2021 no âmbito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1587/decreto_no_077-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1587/decreto_no_077-2021.pdf</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1586/decreto_no_076-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1586/decreto_no_076-2021.pdf</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1585/decreto_no_075-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1585/decreto_no_075-2021.pdf</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1584/decreto_no_074-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1584/decreto_no_074-2021.pdf</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1583/decreto_no_073-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1583/decreto_no_073-2021.pdf</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1582/decreto_no_072-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1582/decreto_no_072-2021.pdf</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1581/decreto_no_071-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1581/decreto_no_071-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor Edivaldo da Silva Souza em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1580/decreto_no_070-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1580/decreto_no_070-2021.pdf</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1579/decreto_no_069-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1579/decreto_no_069-2021.pdf</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1578/decreto_no_068-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1578/decreto_no_068-2021.pdf</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1577/decreto_no_067-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1577/decreto_no_067-2021.pdf</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1592/decreto_no_082-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1592/decreto_no_082-2021.pdf</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1576/decreto_no_066-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1576/decreto_no_066-2021.pdf</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1575/decreto_no_065-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1575/decreto_no_065-2021.pdf</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1574/decreto_no_064-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1574/decreto_no_064-2021.pdf</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1573/decreto_no_063-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1573/decreto_no_063-2021.pdf</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1572/decreto_no_062-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1572/decreto_no_062-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor Fernando Mendes da Costa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1571/decreto_no_061-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1571/decreto_no_061-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização do Diretor Geral Viviane Souza Oliveira a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1570/decreto_no_060-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1570/decreto_no_060-2021.pdf</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1560/decreto_no_059-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1560/decreto_no_059-2021.pdf</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1559/decreto_no_058-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1559/decreto_no_058-2021.pdf</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1558/decreto_no_057-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1558/decreto_no_057-2021.pdf</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1557/decreto_no_056-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1557/decreto_no_056-2021.pdf</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1556/decreto_no_055-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1556/decreto_no_055-2021.pdf</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1555/decreto_no_054-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1555/decreto_no_054-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional por tempo determinado do Vereador Lucas Luiz de Cristo Teixeira em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1554/decreto_no_053-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1554/decreto_no_053-2021.pdf</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1553/decreto_no_052-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1553/decreto_no_052-2021.pdf</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1552/decreto_no_051-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1552/decreto_no_051-2021.pdf</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1551/decreto_no_050-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1551/decreto_no_050-2021.pdf</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1550/decreto_no_049-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1550/decreto_no_049-2021.pdf</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1549/decreto_no_048-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1549/decreto_no_048-2021.pdf</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1548/decreto_no_047-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1548/decreto_no_047-2021.pdf</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1547/decreto_no_046-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1547/decreto_no_046-2021.pdf</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1546/decreto_no_045-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1546/decreto_no_045-2021.pdf</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1545/decreto_no_044-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1545/decreto_no_044-2021.pdf</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1544/decreto_no_043-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1544/decreto_no_043-2021.pdf</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1543/decreto_no_042-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1543/decreto_no_042-2021.pdf</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1542/decreto_no_041-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1542/decreto_no_041-2021.pdf</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1541/decreto_no_040-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1541/decreto_no_040-2021.pdf</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1540/decreto_no_039-2021_-_publicado.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1540/decreto_no_039-2021_-_publicado.pdf</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1539/decreto_no_038-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1539/decreto_no_038-2021.pdf</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1538/decreto_no_037-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1538/decreto_no_037-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial e ponto facultativo pelo falecimento do servidor público Elcio Ferreira Jordão e demais vítimas do acidente de trânsito ocorrido_x000D_
 na BR 364, nas proximidades da Cidade de Itapuã do Oeste"</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1537/decreto_no_036-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1537/decreto_no_036-2021.pdf</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1536/decreto_no_035-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1536/decreto_no_035-2021.pdf</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1535/decreto_no_034-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1535/decreto_no_034-2021.pdf</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1534/decreto_no_033-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1534/decreto_no_033-2021.pdf</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1533/decreto_no_032-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1533/decreto_no_032-2021.pdf</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1532/decreto_no_031-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1532/decreto_no_031-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Vereador Moisés Paulo da Costa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1531/decreto_no_030-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1531/decreto_no_030-2021.pdf</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1530/decreto_no_029-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1530/decreto_no_029-2021.pdf</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1529/decreto_no_028-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1529/decreto_no_028-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta ponto facultativo no âmbito da Câmara Municipal"</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1528/decreto_no_027-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1528/decreto_no_027-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre medidas de proteção às servidoras gestantes e servidores acima de 60 (sessenta) anos de idade da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1527/decreto_no_026-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1527/decreto_no_026-2021.pdf</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1526/decreto_no_025-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1526/decreto_no_025-2021.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis Estado de Rondônia - Exercício 2019 e dá outras providencias ".</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1525/decreto_no_024-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1525/decreto_no_024-2021.pdf</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1524/decreto_no_023-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1524/decreto_no_023-2021.pdf</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1523/decreto_no_022-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1523/decreto_no_022-2021.pdf</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1522/decreto_no_021-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1522/decreto_no_021-2021.pdf</t>
   </si>
   <si>
     <t>"Prorroga o prazo de vigência do Decreto Legislativo nº 013/2021 da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1521/decreto_no_020-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1521/decreto_no_020-2021.pdf</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1520/decreto_no_019-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1520/decreto_no_019-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a prorrogação do envio de remessas dos balancetes e prestação de contas"</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1519/decreto_no_018-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1519/decreto_no_018-2021.pdf</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1518/decreto_no_017-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1518/decreto_no_017-2021.pdf</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1517/decreto_no_016-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1517/decreto_no_016-2021.pdf</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1516/decreto_no_015-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1516/decreto_no_015-2021.pdf</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1515/decreto_no_014-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1515/decreto_no_014-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do Servidor Público Municipal Evandor José da Silva"</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1514/decreto_no_013-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1514/decreto_no_013-2021.pdf</t>
   </si>
   <si>
     <t>"Reforçam as medidas temporárias de enfrentamento e prevenção do COVID-19 (novo Coronavirus), acerca da adequação e a regulamentação _x000D_
 temporararia de funcionamento das atividades no ambito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1513/decreto_no_012-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1513/decreto_no_012-2021.pdf</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1512/decreto_no_011-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1512/decreto_no_011-2021.pdf</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1511/decreto_no_010-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1511/decreto_no_010-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do senhor Pedro de Almeida Lima (Pai do Vereador Adriano de Almeida Lima)"</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1510/decreto_no_009-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1510/decreto_no_009-2021.pdf</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1509/decreto_no_008-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1509/decreto_no_008-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial e ponto facultativo pelo falecimento do servidor público Creomar Martins da Silva"</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1508/decreto_no_007-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1508/decreto_no_007-2021.pdf</t>
   </si>
   <si>
     <t>Estabelece o funcionamento das Sessões Ordinárias e Extraordinárias da Câmara Municipal mediante a modalidade de deliberação remota durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1507/decreto_no_006-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1507/decreto_no_006-2021.pdf</t>
   </si>
   <si>
     <t>"Altera o Decreto Legislativo N° 001/2021 e dá outras providências"</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1506/decreto_no_005-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1506/decreto_no_005-2021.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial e ponto facultativo pelo falecimento do servidor público José de Jesus Furtuoso"</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1505/decreto_no_004-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1505/decreto_no_004-2021.pdf</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1504/decreto_no_003-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1504/decreto_no_003-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a cedência do servidor José Engler de Almeida ao Estado de Rondônia e dá outras providências."</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1503/decreto_no_002-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1503/decreto_no_002-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a suspensão de atendimento presencial e o acesso de público nas dependências do Poder Legislativo Municipal e dá outras_x000D_
 providências"</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1502/decreto_no_001-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1502/decreto_no_001-2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a limitação de empenho e movimentação financeira no âmbito dos órgãos do Poder Legislativo Municipal e dá outras providências"</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1703/decreto_no_034-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1703/decreto_no_034-2020.pdf</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1702/decreto_no_033-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1702/decreto_no_033-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional e por tempo determinado do Servidor Fernando Mendes da Costa em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1701/decreto_no_032-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1701/decreto_no_032-2020.pdf</t>
   </si>
   <si>
     <t>"Altera a discriminação dos elementos de despesas relativos à abertura do orçamento para o exercício financeiro de 2020, respeitando os limites impostos pela Lei Nº 1415/2019 de 18/12/2019 (Lei Orçamentária Anual - 2020)"</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1700/decreto_no_031-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1700/decreto_no_031-2020.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 27ª Sessão Ordinária da 4ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1670/decreto_no_001-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1670/decreto_no_001-2020.pdf</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1699/decreto_no_030-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1699/decreto_no_030-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional e por tempo determinado do Servidor Adilson João Dapper em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1698/decreto_no_029-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1698/decreto_no_029-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidor Fernando Mendes da Costa em ser condutor da frota de veículos pertencentes à Câmara Municipal  de Buritis"</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1697/decreto_no_028-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1697/decreto_no_028-2020.pdf</t>
   </si>
   <si>
     <t>"Suspende as atividades administrativas e a 22ª Sessão Ordinária em função das Eleições Municipais"</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1696/decreto_no_027-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1696/decreto_no_027-2020.pdf</t>
   </si>
   <si>
     <t>"Transfere o dia do Feriado em homenagem ao Servidor Público no âmbito da Câmara Municipal"</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1695/decreto_no_026-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1695/decreto_no_026-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização excepcional e por tempo determinado do Servidora Fabiana de Almeida Barros de Morais em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1694/decreto_no_025-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1694/decreto_no_025-2020.pdf</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1693/decreto_no_024-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1693/decreto_no_024-2020.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis Estado de Rondônia - Exercício 2018 e dá outras providências".</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1692/decreto_no_023-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1692/decreto_no_023-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional e por tempo determinado do Vereador Adriano de Almeida Lima em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1691/decreto_no_022-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1691/decreto_no_022-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre medidas temporárias de enfrentamento e prevenção do COVID-19 (novo Coronavirus), acerca da adequação e regulamentação temporaria de funcionamento das atividades no ambito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1690/decreto_no_021-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1690/decreto_no_021-2020.pdf</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1689/decreto_no_020-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1689/decreto_no_020-2020.pdf</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1687/decreto_no_018-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1687/decreto_no_018-2020.pdf</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1688/decreto_no_019-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1688/decreto_no_019-2020.pdf</t>
   </si>
   <si>
     <t>"Prorroga e altera o Decreto Nº 016/2020 e dá outras providências"</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1686/decreto_no_017-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1686/decreto_no_017-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre medidas temporárias de enfrentamento e prevenção do COVID-19 (novo Coronavirus), acerca da adequação e a regulamentação temporararia de funcionamento das atividades no ambito da Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1685/decreto_no_016-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1685/decreto_no_016-2020.pdf</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1684/decreto_no_015-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1684/decreto_no_015-2020.pdf</t>
   </si>
   <si>
     <t>"Prorroga o prazo estabelecido no art. 3º do decreto Legislativo Nº 011/2020"</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1683/decreto_no_014-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1683/decreto_no_014-2020.pdf</t>
   </si>
   <si>
     <t>Susta os efeitos do Decreto nº 10.197/GAB/PMB/2020, de 01 de abril de de 2020, que "Dispõe sobre a criação e instalação do Comitê de Gestão de Governança do Orçamento Público do Exercício de 2020 e dá outras providências"</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1682/decreto_no_013-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1682/decreto_no_013-2020.pdf</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1681/decreto_no_012-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1681/decreto_no_012-2020.pdf</t>
   </si>
   <si>
     <t>Estabelece o funcionamento da Câmara Municipal mediante a modalidade de deliberação remota durante a emergência de saúde pública relacionada à pandemia do COVID-19 e assemelhados.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1680/decreto_no_011-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1680/decreto_no_011-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão de prazos processuais, bem como a respeito da prorrogação do envio das prestações de contas anuais de 2019, balancetes, relatórios resumidos de execução orçamentária (RREO) e relatórios de gestão fiscal (RGF) em razão da declarada "Pandemia" de Coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1679/decreto_no_010-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1679/decreto_no_010-2020.pdf</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1678/decreto_no_009-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1678/decreto_no_009-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nomeação da Comissão de Acompanhamento do Concurso Público para provimento de cargos efetivos públicos do Poder Legislativo Municipal de Buritis/RO e dá outras providências."</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1677/decreto_no_008-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1677/decreto_no_008-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional e por tempo determinado do Vereador João Orlando Bernardino da Silva em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1676/decreto_no_007-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1676/decreto_no_007-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional e por tempo determinado do Servidor Alexandre Castoldi Boareto em ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1675/decreto_no_006-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1675/decreto_no_006-2020.pdf</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1674/decreto_no_005-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1674/decreto_no_005-2020.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 4ª Sessão Ordinária da 4ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1673/decreto_no_004-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1673/decreto_no_004-2020.pdf</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1672/decreto_no_003-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1672/decreto_no_003-2020.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional e por tempo determinado do Vereador Daniel Alves dos Santos em ser condutor da frota de veículos pertencentes  à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1671/decreto_no_002-2020.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1671/decreto_no_002-2020.pdf</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1843/decreto_no_045-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1843/decreto_no_045-2019.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis Estado de Rondônia - Exercício 2017 e dá outras providências"</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1842/decreto_no_044-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1842/decreto_no_044-2019.pdf</t>
   </si>
   <si>
     <t>"Conferi ao Sargento PM Olivério de Souza Maia, o título de cidadão honorário".</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1841/decreto_no_043-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1841/decreto_no_043-2019.pdf</t>
   </si>
   <si>
     <t>"Altera a discriminação dos elementos de despesas relativos à abertura do orçamento para o exercício financeiro de 2019, respeitando os limites impostos pela Lei Nº 1289/2019 de 12/12/2018 (Lei Orçamentária Anual - 2019)"</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1839/decreto_no_041-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1839/decreto_no_041-2019.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 43ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1840/decreto_no_042-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1840/decreto_no_042-2019.pdf</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1838/decreto_no_040-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1838/decreto_no_040-2019.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 44ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1837/decreto_no_039-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1837/decreto_no_039-2019.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 40ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1836/decreto_no_038-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1836/decreto_no_038-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional do Vereador Valdeir Luiz Gonçalves a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1835/decreto_no_037-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1835/decreto_no_037-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional do Vereador João Pinto Junior Leite Ramalho a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1834/decreto_no_036-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1834/decreto_no_036-2019.pdf</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1833/decreto_no_035-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1833/decreto_no_035-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre cedência do servidor José Engler de Almeida ao Estado de Rondônia e dá outras providências.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1832/decreto_no_034-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1832/decreto_no_034-2019.pdf</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1831/decreto_no_033-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1831/decreto_no_033-2019.pdf</t>
   </si>
   <si>
     <t>"Decreta Suspensão dos serviços administrativos da Câmara de Vereadores por tempo determinado e dá outras providências".</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1830/decreto_no_032-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1830/decreto_no_032-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional o servidor Cristiano Felipe de Souza a ser Condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1829/decreto_no_031-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1829/decreto_no_031-2019.pdf</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1828/decreto_no_030-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1828/decreto_no_030-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional o servidor Fernando Mendes Costa a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1827/decreto_no_029-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1827/decreto_no_029-2019.pdf</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1826/decreto_no_028-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1826/decreto_no_028-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional do Vereador Adilson João Dapper a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1825/decreto_no_027-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1825/decreto_no_027-2019.pdf</t>
   </si>
   <si>
     <t>"Aprova a prestação de contas anuais do Município de Buritis Estado de Rondônia - Exercício 2016 e dá outras providências".</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1824/decreto_no_026-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1824/decreto_no_026-2019.pdf</t>
   </si>
   <si>
     <t>"Adia a 27ª e 28ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1823/decreto_no_025-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1823/decreto_no_025-2019.pdf</t>
   </si>
   <si>
     <t>"Decreta Cassação e Perda do Mandato do Vereador do Município de Buritis/RO nos termos do art. 7º, I e III do Decreto Lei n. 201/1967 e dá outras Providências."</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1822/decreto_no_024-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1822/decreto_no_024-2019.pdf</t>
   </si>
   <si>
     <t>"Nomeia membros para compor a Comissão Parlamentar de Inquérito e dá outras providências".</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1821/decreto_no_023-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1821/decreto_no_023-2019.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do servidor público João Aldair Neves"</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1820/decreto_no_022-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1820/decreto_no_022-2019.pdf</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1819/decreto_no_021-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1819/decreto_no_021-2019.pdf</t>
   </si>
   <si>
     <t>"Adia a 18ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1818/decreto_no_020-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1818/decreto_no_020-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional do Vereador João Orlando Bernardino da Silva a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1817/decreto_no_019-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1817/decreto_no_019-2019.pdf</t>
   </si>
   <si>
     <t>"Adia a 16ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1816/decreto_no_018-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1816/decreto_no_018-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização excepcional do Servidor Marcelo Bruni Bonomo a ser condutor temporário da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1815/decreto_no_017-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1815/decreto_no_017-2019.pdf</t>
   </si>
   <si>
     <t>"Decreta a redução temporária nos valores pagos ao subsídio bruto dos vereador da Câmara Municipal de Buritis/RO e dá outras providências."</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1814/decreto_no_016-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1814/decreto_no_016-2019.pdf</t>
   </si>
   <si>
     <t>"Decreta afastamento de vereador do Município de Buritis/RO e dá outras providências."</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1813/decreto_no_015-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1813/decreto_no_015-2019.pdf</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1812/decreto_no_014-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1812/decreto_no_014-2019.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento da senhora Maria das Graças dos Santos"</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1811/decreto_no_013-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1811/decreto_no_013-2019.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 11ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1810/decreto_no_012-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1810/decreto_no_012-2019.pdf</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1809/decreto_no_011-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1809/decreto_no_011-2019.pdf</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1808/decreto_no_010-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1808/decreto_no_010-2019.pdf</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1807/decreto_no_009-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1807/decreto_no_009-2019.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 9ª Sessão Ordinária da 3ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1806/decreto_no_008-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1806/decreto_no_008-2019.pdf</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1805/decreto_no_007-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1805/decreto_no_007-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização temporária do Servidor André dos Santos Afonso Maia a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1804/decreto_no_006-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1804/decreto_no_006-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre nomeação da Comissão de Acompanhamento do Concurso Público para provimento de cargos efetivos públicos do Poder Legislativo Municipal de Buritis/RO e dá outras providências"</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1803/decreto_no_005-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1803/decreto_no_005-2019.pdf</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1802/decreto_no_004-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1802/decreto_no_004-2019.pdf</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1801/decreto_no_003-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1801/decreto_no_003-2019.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre autorização do Diretor Geral Ademir Rodrigues Oliveira a ser condutor da frota de veículos pertencentes à Câmara Municipal de Buritis"</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1800/decreto_no_002-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1800/decreto_no_002-2019.pdf</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1799/decreto_no_001-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1799/decreto_no_001-2019.pdf</t>
   </si>
   <si>
     <t>"Ponto Facultativo para os Servidores Públicos da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2066/decreto_no_028-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2066/decreto_no_028-2018.pdf</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2065/decreto_no_027-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2065/decreto_no_027-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre afastamento temporário do vereador Adriano de Almeida Lima em caráter temporário para fins de investidura em Cargo de Secretário Municipal"</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2064/decreto_no_026-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2064/decreto_no_026-2018.pdf</t>
   </si>
   <si>
     <t>Decreta ponto facultativo e antecipa feriado no âmbito da Câmara Municipal de Buritis e dá outras providências.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2063/decreto_no_025-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2063/decreto_no_025-2018.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a cedência do servidor José Engler de Almeida ao Estado de Rondônia e dá outras providências.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2062/decreto_no_024-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2062/decreto_no_024-2018.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 38ª Sessão Ordinária da 2ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2061/decreto_no_023-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2061/decreto_no_023-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REVOLGAÇÃO DO DECRETO Nº 006/2018 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2060/decreto_no_022-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2060/decreto_no_022-2018.pdf</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2059/decreto_no_021-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2059/decreto_no_021-2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Vereador Adalton Cezar Catrinque, a retornar a função de Vereador do município de Buritis RO"</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2058/decreto_no_020-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2058/decreto_no_020-2018.pdf</t>
   </si>
   <si>
     <t>"Decreta Suspensão dos serviços administrativos da Câmara de Vereadores por tempo determinado e dá outras providências" .</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2057/decreto_no_019-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2057/decreto_no_019-2018.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 32ª Sessão Ordinária da 2ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2056/decreto_no_018-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2056/decreto_no_018-2018.pdf</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2055/decreto_no_017-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2055/decreto_no_017-2018.pdf</t>
   </si>
   <si>
     <t>"Antecipa a 30ª Sessão Ordinária da 2ª Legislativa, da 6ª Legislatura da Câmara Municipal de Buritis, e dá outras providências".</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2054/decreto_no_016-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2054/decreto_no_016-2018.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Vereador Adalton Cezar Catrinque, a ausentar-se do município, para a realização de viagem para fora do Estado, bem como para o exterior, e da outras providencias".</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2053/decreto_no_015-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2053/decreto_no_015-2018.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do senhor GONÇALO BEZERRA DOS SANTOS e dá outras providências".</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2052/decreto_no_014-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2052/decreto_no_014-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre horário de expediente no dia 06 de julho de 2018 no âmbito da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2051/decreto_no_013-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2051/decreto_no_013-2018.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2050/decreto_no_012-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2050/decreto_no_012-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o horário de expediente no dia 27 de junho de 2018 no âmbito da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2049/decreto_no_011-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2049/decreto_no_011-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre atuação da Comissão de Representação no âmbito da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2048/decreto_no_010-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2048/decreto_no_010-2018.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o horário de expediente no dia 22 de junho de 2018 no âmbito da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2047/decreto_no_009-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2047/decreto_no_009-2018.pdf</t>
   </si>
   <si>
     <t>"Decreta Recesso Administrativo no âmbito da Câmara Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2046/decreto_no_008-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2046/decreto_no_008-2018.pdf</t>
   </si>
   <si>
     <t>"Ponto Facultativo para Servidores Públicos da Câmara Municipal e dá outras providências".</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2045/decreto_no_007-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2045/decreto_no_007-2018.pdf</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2044/decreto_no_006-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2044/decreto_no_006-2018.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O AFASTAMENTO DO VEREADOR ADRIANO DE ALMEIDA LIMA, DO CARGO DE RELATOR DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO DA CÂMARA MUNICIPAL DE BURITIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2043/decreto_no_005-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2043/decreto_no_005-2018.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento da senhora MARIA APARECIDA DE QUEIROZ e dá outras providências".</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2042/decreto_no_004-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2042/decreto_no_004-2018.pdf</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2041/decreto_no_003-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2041/decreto_no_003-2018.pdf</t>
   </si>
   <si>
     <t>"Decreta Luto Oficial pelo falecimento do senhor FLORDINALDO KALCK KISTER e dá outras providências".</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2040/decreto_no_002-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2040/decreto_no_002-2018.pdf</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2039/decreto_no_001-2018.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2039/decreto_no_001-2018.pdf</t>
   </si>
   <si>
     <t>Luto Oficial pelo falecimento da senhora Rosane Farias Batista, servidora do Município de Buritis - RO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4650,66 +4734,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2529/decreto_no_269-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2527/decreto_no_268-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2521/decreto_no_267-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2519/decreto_no_266-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2518/decreto_no_265-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2508/decreto_legislativo_no_264-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2507/decreto_legislativo_no_263-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2501/decreto_no_262-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2461/decreto_legislativo_no_261-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2457/decreto_no_260-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2452/decreto_no_259-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2444/decreto_no_258-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2411/decreto_no_257-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2383/decreto_no_256-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2379/decreto_no__255-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2320/decreto_no_254-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2307/decreto_no_253-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2301/decreto_no_252-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2293/decreto_no_251-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2263/decreto_250-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2262/decreto_249-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2261/decreto_248-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2260/decreto_247-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2259/decreto_246-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2234/decreto_no245-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2233/decreto_no244-2024_-.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2232/decreto_no243-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2198/decreto_no242-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2187/decreto_no241-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2164/decreto_no240-2024_-.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2160/decreto_no239-2024_-.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2159/decreto_no238-2024_-.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2142/decreto_no_237-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2138/decreto_no236-2024_-.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2126/decreto_no235-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2107/decreto_no_234-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2068/decreto_no_233-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2067/decreto_no_232-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/765/decreto_no_231-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/764/decreto_no_230-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/763/decreto_no_229-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/762/decreto_no_228-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/761/decreto_no_227-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/760/decreto_no_226-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/759/decreto_no_225-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/758/decreto_no_224-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/757/decreto_no_223-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/756/decreto_no_222-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/755/decreto_no_221-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/753/decreto_no_220-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/752/decreto_no_219-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/741/decreto_no_218-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/735/decreto_no_217-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/734/decreto_no_216-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/733/decreto_no_215-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/732/decreto_no_214-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/731/decreto_no_213-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/722/decreto_no_212-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/712/decreto_no_211-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/711/decreto_no_210-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/710/decreto_no_209-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/683/decreto_no_208-2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/684/decreto_no_207-2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/653/decreto_no_206-2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/652/decreto_no_205-2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/651/decreto_no_204-2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/650/decreto_no_203-2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/649/decreto_no_202-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/647/decreto_no_200-2023_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/643/decreto_no_199-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/642/decreto_no_198-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/641/decreto_no_197-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/640/decreto_no_196-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/622/decreto_no_195-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/621/decreto_no_194-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/620/decreto_no_193-2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/619/decreto_no_192-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/610/decreto_no_191-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/609/decreto_no_190-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/598/decreto_no_189-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/597/decreto_no_188-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/596/decreto_no_187-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/584/decreto_no_186-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/583/decreto_no_185-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/576/decreto_no_184-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/575/decreto_no_183-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/574/decreto_no_182-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/573/decreto_no_181-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/572/decreto_no_180-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/571/decreto_no_179-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/570/decreto_no_178-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/562/decreto_no_177-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/542/decreto_no_176-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/541/decreto_no_175-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/540/decreto_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/539/decreto_no_173-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/648/decreto_no_201-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/538/decreto_no_172-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/521/decreto_no_171-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/520/decreto_no_170-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/517/decreto_no_169-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/516/decreto_no_168-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/515/decreto_no_167-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/514/decreto_no_166-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/510/decreto_no_165-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/509/decreto_no_164-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/490/decreto_no_163-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/476/decreto_no_162-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/475/decreto_no_161-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/474/decreto_no_160-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/473/decreto_no_159-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/472/decreto_no_158-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/471/decreto_no_157-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/470/decreto_no_156-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/469/decreto_no_155-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/443/decreto_no_154-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/442/decreto_no_153-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/441/decreto_no_152-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/440/decreto_no_151-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/439/decreto_no_150-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/433/decreto_no_149-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/431/decreto_no_148-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/429/decreto_no_147-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/427/decreto_no_146-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/425/decreto_no_145-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/423/decreto_no_144-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/421/decreto_no_143-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/418/decreto_no_142-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/417/decreto_no_141-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/416/decreto_no_140-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/415/decreto_no_139-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/413/decreto_no_138-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/412/decreto_no_137-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/406/decreto_no_136-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/405/decreto_no_135-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/404/decreto_no_134-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/403/decreto_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/402/decreto_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/388/decreto_no_131-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/387/decreto_no_130-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/386/decreto_no_129-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/385/decreto_no_128-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/384/decreto_no_127-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/383/decreto_no_126-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/382/decreto_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/381/decreto_no_124-2023..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/380/decreto_no_123-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/379/decreto_no_122-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/315/decreto_no_121-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/314/decreto_no_120-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/313/decreto_no_119-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/312/decreto_no_118-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/311/decreto_no_117-2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/310/decreto_no_116-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/309/decreto_no_115-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/308/decreto_no_114-2023..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/307/decreto_no_113-2023..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/306/decreto_no_112-2023..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/305/decreto_no_111-2023..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/304/decreto_no_110-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/303/decreto_no_109-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/302/decreto_no_108-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/301/decreto_no_107-2023.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/300/decreto_no_106-2023.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/299/decreto_no_105-2023.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/282/decreto_no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/281/decreto_no_103-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/280/decreto_no_102-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/279/decreto_no_101-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/278/decreto_no_100-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/277/decreto_no_099-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/267/decreto_no_098-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/266/decreto_no_097-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/265/decreto_no_096-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/264/decreto_no_095-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/263/decreto_no_094-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/262/decreto_no_093-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/241/decreto_no_092-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/240/decreto_no_091-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/207/decreto_no_090-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/206/decreto_no_089-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/205/decreto_no_088-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/197/decreto_no_087-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/196/decreto_no_086-2022.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/195/decreto_no_085-2022.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/134/decreto_no_084-2022.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/133/decreto_no_083-2022.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/132/decreto_no_082-2022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/81/decreto_no_081-2022.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/120/decreto_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/64/decreto_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/82/decreto_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/92/decreto_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/93/decreto_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/94/decreto_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/95/decreto_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/96/decreto_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/97/decreto_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/98/decreto_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/99/decreto_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/100/decreto_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/101/decreto_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/102/decreto_no_067-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/103/decreto_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/104/decreto_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/105/decreto_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/106/decreto_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/107/decreto_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/108/decreto_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/109/decreto_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/110/decreto_no_059-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/111/decreto_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/112/decreto_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/113/decreto_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/114/decreto_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/115/decreto_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/116/decreto_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1476/decreto_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/117/decreto_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/118/decreto_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/119/decreto_no_050-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/121/decreto_no_049-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/122/decreto_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/123/decreto_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/124/decreto_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/125/decreto_no_045-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/126/decreto_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/127/decreto_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/128/decreto_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/129/decreto_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1452/decreto_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1465/decreto_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1464/decreto_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1463/decreto_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1462/decreto_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1461/decreto_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1460/decreto_no_035-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1459/decreto_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1458/decreto_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1457/decreto_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1456/decreto_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1455/decreto_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1454/decreto_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1453/decreto_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1451/decreto_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1450/decreto_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1449/decreto_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1448/decreto_no_023-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1447/decreto_no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1446/decreto_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1445/decreto_no_020-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1444/decreto_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1443/decreto_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1442/decreto_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1441/decreto_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1440/decreto_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1439/decreto_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1438/decreto_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1437/decreto_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1436/decreto_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1435/decreto_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1434/decreto_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1433/decreto_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1432/decreto_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1431/decreto_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1501/decreto_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1430/decreto_no_004-2022_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1429/decreto_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1428/decreto_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1427/decreto_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1611/decreto_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1610/decreto_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1609/decreto_no_099-2021.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1608/decreto_no_098-2021.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1607/decreto_no_097-2021.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1606/decreto_no_096-2021.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1605/decreto_no_095-2021.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1604/decreto_no_094-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1603/decreto_no_093-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1602/decreto_no_092-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1601/decreto_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1600/decreto_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1599/decreto_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1598/decreto_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1597/decreto_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1596/decreto_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1595/decreto_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1594/decreto_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1593/decreto_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1591/decreto_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1590/decreto_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1589/decreto_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1588/decreto_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1587/decreto_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1586/decreto_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1585/decreto_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1584/decreto_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1583/decreto_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1582/decreto_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1581/decreto_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1580/decreto_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1579/decreto_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1578/decreto_no_068-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1577/decreto_no_067-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1592/decreto_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1576/decreto_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1575/decreto_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1574/decreto_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1573/decreto_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1572/decreto_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1571/decreto_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1570/decreto_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1560/decreto_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1559/decreto_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1558/decreto_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1557/decreto_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1556/decreto_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1555/decreto_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1554/decreto_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1553/decreto_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1552/decreto_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1551/decreto_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1550/decreto_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1549/decreto_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1548/decreto_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1547/decreto_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1546/decreto_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1545/decreto_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1544/decreto_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1543/decreto_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1542/decreto_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1541/decreto_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1540/decreto_no_039-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1539/decreto_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1538/decreto_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1537/decreto_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1536/decreto_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1535/decreto_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1534/decreto_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1533/decreto_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1532/decreto_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1531/decreto_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1530/decreto_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1529/decreto_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1528/decreto_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1527/decreto_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1526/decreto_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1525/decreto_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1524/decreto_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1523/decreto_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1522/decreto_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1521/decreto_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1520/decreto_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1519/decreto_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1518/decreto_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1517/decreto_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1516/decreto_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1515/decreto_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1514/decreto_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1513/decreto_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1512/decreto_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1511/decreto_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1510/decreto_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1509/decreto_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1508/decreto_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1507/decreto_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1506/decreto_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1505/decreto_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1504/decreto_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1503/decreto_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1502/decreto_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1703/decreto_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1702/decreto_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1701/decreto_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1700/decreto_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1670/decreto_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1699/decreto_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1698/decreto_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1697/decreto_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1696/decreto_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1695/decreto_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1694/decreto_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1693/decreto_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1692/decreto_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1691/decreto_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1690/decreto_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1689/decreto_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1687/decreto_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1688/decreto_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1686/decreto_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1685/decreto_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1684/decreto_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1683/decreto_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1682/decreto_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1681/decreto_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1680/decreto_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1679/decreto_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1678/decreto_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1677/decreto_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1676/decreto_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1675/decreto_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1674/decreto_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1673/decreto_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1672/decreto_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1671/decreto_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1843/decreto_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1842/decreto_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1841/decreto_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1839/decreto_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1840/decreto_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1838/decreto_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1837/decreto_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1836/decreto_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1835/decreto_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1834/decreto_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1833/decreto_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1832/decreto_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1831/decreto_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1830/decreto_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1829/decreto_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1828/decreto_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1827/decreto_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1826/decreto_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1825/decreto_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1824/decreto_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1823/decreto_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1822/decreto_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1821/decreto_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1820/decreto_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1819/decreto_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1818/decreto_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1817/decreto_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1816/decreto_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1815/decreto_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1814/decreto_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1813/decreto_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1812/decreto_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1811/decreto_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1810/decreto_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1809/decreto_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1808/decreto_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1807/decreto_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1806/decreto_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1805/decreto_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1804/decreto_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1803/decreto_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1802/decreto_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1801/decreto_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1800/decreto_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1799/decreto_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2066/decreto_no_028-2018.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2065/decreto_no_027-2018.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2064/decreto_no_026-2018.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2063/decreto_no_025-2018.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2062/decreto_no_024-2018.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2061/decreto_no_023-2018.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2060/decreto_no_022-2018.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2059/decreto_no_021-2018.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2058/decreto_no_020-2018.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2057/decreto_no_019-2018.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2056/decreto_no_018-2018.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2055/decreto_no_017-2018.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2054/decreto_no_016-2018.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2053/decreto_no_015-2018.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2052/decreto_no_014-2018.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2051/decreto_no_013-2018.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2050/decreto_no_012-2018.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2049/decreto_no_011-2018.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2048/decreto_no_010-2018.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2047/decreto_no_009-2018.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2046/decreto_no_008-2018.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2045/decreto_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2044/decreto_no_006-2018.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2043/decreto_no_005-2018.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2042/decreto_no_004-2018.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2041/decreto_no_003-2018.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2040/decreto_no_002-2018.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2039/decreto_no_001-2018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2597/dc_276.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2596/dc_275.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2595/dc_274.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2571/decreto_no_272-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2544/decreto_no_271-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2529/decreto_no_269-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2527/decreto_no_268-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2521/decreto_no_267-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2519/decreto_no_266-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2518/decreto_no_265-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2508/decreto_legislativo_no_264-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2507/decreto_legislativo_no_263-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2501/decreto_no_262-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2461/decreto_legislativo_no_261-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2457/decreto_no_260-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2452/decreto_no_259-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2444/decreto_no_258-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2411/decreto_no_257-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2383/decreto_no_256-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2379/decreto_no__255-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2320/decreto_no_254-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2307/decreto_no_253-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2301/decreto_no_252-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2293/decreto_no_251-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2263/decreto_250-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2262/decreto_249-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2261/decreto_248-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2260/decreto_247-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2259/decreto_246-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2234/decreto_no245-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2233/decreto_no244-2024_-.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2232/decreto_no243-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2198/decreto_no242-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2187/decreto_no241-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2164/decreto_no240-2024_-.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2160/decreto_no239-2024_-.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2159/decreto_no238-2024_-.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2142/decreto_no_237-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2138/decreto_no236-2024_-.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2126/decreto_no235-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2107/decreto_no_234-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2068/decreto_no_233-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2067/decreto_no_232-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/765/decreto_no_231-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/764/decreto_no_230-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/763/decreto_no_229-2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/762/decreto_no_228-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/761/decreto_no_227-2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/760/decreto_no_226-2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/759/decreto_no_225-2024.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/758/decreto_no_224-2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/757/decreto_no_223-2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/756/decreto_no_222-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/755/decreto_no_221-2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/753/decreto_no_220-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/752/decreto_no_219-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/741/decreto_no_218-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/735/decreto_no_217-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/734/decreto_no_216-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/733/decreto_no_215-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/732/decreto_no_214-2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/731/decreto_no_213-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/722/decreto_no_212-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/712/decreto_no_211-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/711/decreto_no_210-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/710/decreto_no_209-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/683/decreto_no_208-2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/684/decreto_no_207-2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/653/decreto_no_206-2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/652/decreto_no_205-2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/651/decreto_no_204-2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/650/decreto_no_203-2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/649/decreto_no_202-2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/647/decreto_no_200-2023_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/643/decreto_no_199-2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/642/decreto_no_198-2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/641/decreto_no_197-2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/640/decreto_no_196-2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/622/decreto_no_195-2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/621/decreto_no_194-2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/620/decreto_no_193-2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/619/decreto_no_192-2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/610/decreto_no_191-2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/609/decreto_no_190-2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/598/decreto_no_189-2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/597/decreto_no_188-2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/596/decreto_no_187-2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/584/decreto_no_186-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/583/decreto_no_185-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/576/decreto_no_184-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/575/decreto_no_183-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/574/decreto_no_182-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/573/decreto_no_181-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/572/decreto_no_180-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/571/decreto_no_179-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/570/decreto_no_178-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/562/decreto_no_177-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/542/decreto_no_176-2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/541/decreto_no_175-2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/540/decreto_no_174-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/539/decreto_no_173-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/648/decreto_no_201-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/538/decreto_no_172-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/521/decreto_no_171-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/520/decreto_no_170-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/517/decreto_no_169-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/516/decreto_no_168-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/515/decreto_no_167-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/514/decreto_no_166-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/510/decreto_no_165-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/509/decreto_no_164-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/490/decreto_no_163-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/476/decreto_no_162-2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/475/decreto_no_161-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/474/decreto_no_160-2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/473/decreto_no_159-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/472/decreto_no_158-2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/471/decreto_no_157-2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/470/decreto_no_156-2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/469/decreto_no_155-2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/443/decreto_no_154-2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/442/decreto_no_153-2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/441/decreto_no_152-2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/440/decreto_no_151-2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/439/decreto_no_150-2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/433/decreto_no_149-2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/431/decreto_no_148-2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/429/decreto_no_147-2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/427/decreto_no_146-2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/425/decreto_no_145-2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/423/decreto_no_144-2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/421/decreto_no_143-2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/418/decreto_no_142-2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/417/decreto_no_141-2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/416/decreto_no_140-2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/415/decreto_no_139-2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/413/decreto_no_138-2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/412/decreto_no_137-2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/406/decreto_no_136-2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/405/decreto_no_135-2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/404/decreto_no_134-2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/403/decreto_no_133-2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/402/decreto_no_132-2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/388/decreto_no_131-2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/387/decreto_no_130-2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/386/decreto_no_129-2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/385/decreto_no_128-2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/384/decreto_no_127-2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/383/decreto_no_126-2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/382/decreto_no_125-2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/381/decreto_no_124-2023..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/380/decreto_no_123-2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/379/decreto_no_122-2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/315/decreto_no_121-2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/314/decreto_no_120-2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/313/decreto_no_119-2023.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/312/decreto_no_118-2023.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/311/decreto_no_117-2023.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/310/decreto_no_116-2023.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/309/decreto_no_115-2023.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/308/decreto_no_114-2023..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/307/decreto_no_113-2023..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/306/decreto_no_112-2023..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/305/decreto_no_111-2023..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/304/decreto_no_110-2023.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/303/decreto_no_109-2023.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/302/decreto_no_108-2023.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/301/decreto_no_107-2023.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/300/decreto_no_106-2023.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/299/decreto_no_105-2023.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/282/decreto_no_104-2023.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/281/decreto_no_103-2023.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/280/decreto_no_102-2023.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/279/decreto_no_101-2023.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/278/decreto_no_100-2023.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/277/decreto_no_099-2023.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/267/decreto_no_098-2023.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/266/decreto_no_097-2023.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/265/decreto_no_096-2023.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/264/decreto_no_095-2023.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/263/decreto_no_094-2023.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/262/decreto_no_093-2023.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/241/decreto_no_092-2023.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/240/decreto_no_091-2023.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/207/decreto_no_090-2023.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/206/decreto_no_089-2023.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/205/decreto_no_088-2023.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/197/decreto_no_087-2023.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/196/decreto_no_086-2022.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/195/decreto_no_085-2022.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/134/decreto_no_084-2022.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/133/decreto_no_083-2022.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/132/decreto_no_082-2022.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/81/decreto_no_081-2022.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/120/decreto_no_080-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/64/decreto_no_079-2022.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/82/decreto_no_078-2022.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/92/decreto_no_077-2022.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/93/decreto_no_076-2022.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/94/decreto_no_075-2022.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/95/decreto_no_074-2022.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/96/decreto_no_073-2022.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/97/decreto_no_072-2022.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/98/decreto_no_071-2022.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/99/decreto_no_070-2022.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/100/decreto_no_069-2022.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/101/decreto_no_068-2022.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/102/decreto_no_067-2022.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/103/decreto_no_066-2022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/104/decreto_no_065-2022.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/105/decreto_no_064-2022.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/106/decreto_no_063-2022.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/107/decreto_no_062-2022.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/108/decreto_no_061-2022.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/109/decreto_no_060-2022.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/110/decreto_no_059-2022.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/111/decreto_no_058-2022.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/112/decreto_no_057-2022.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/113/decreto_no_056-2022.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/114/decreto_no_055-2022.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/115/decreto_no_054-2022.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/116/decreto_no_053-2022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1476/decreto_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/117/decreto_no_052-2022.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/118/decreto_no_051-2022.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/119/decreto_no_050-2022.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/121/decreto_no_049-2022.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/122/decreto_no_048-2022.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/123/decreto_no_047-2022.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/124/decreto_no_046-2022.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/125/decreto_no_045-2022.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/126/decreto_no_044-2022.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/127/decreto_no_043-2022.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/128/decreto_no_042-2022.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/129/decreto_no_041-2022.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1452/decreto_no_027-2022.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1465/decreto_no_040-2022.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1464/decreto_no_039-2022.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1463/decreto_no_038-2022.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1462/decreto_no_037-2022.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1461/decreto_no_036-2022.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1460/decreto_no_035-2022.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1459/decreto_no_034-2022.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1458/decreto_no_033-2022.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1457/decreto_no_032-2022.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1456/decreto_no_031-2022.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1455/decreto_no_030-2022.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1454/decreto_no_029-2022.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1453/decreto_no_028-2022.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1451/decreto_no_026-2022.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1450/decreto_no_025-2022.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1449/decreto_no_024-2022.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1448/decreto_no_023-2022.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1447/decreto_no_022-2022.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1446/decreto_no_021-2022.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1445/decreto_no_020-2022.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1444/decreto_no_019-2022.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1443/decreto_no_018-2022.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1442/decreto_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1441/decreto_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1440/decreto_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1439/decreto_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1438/decreto_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1437/decreto_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1436/decreto_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1435/decreto_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1434/decreto_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1433/decreto_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1432/decreto_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1431/decreto_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1501/decreto_no_005-2022.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1430/decreto_no_004-2022_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1429/decreto_no_003-2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1428/decreto_no_002-2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/1427/decreto_no_001-2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1611/decreto_no_101-2021.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1610/decreto_no_100-2021.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1609/decreto_no_099-2021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1608/decreto_no_098-2021.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1607/decreto_no_097-2021.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1606/decreto_no_096-2021.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1605/decreto_no_095-2021.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1604/decreto_no_094-2021.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1603/decreto_no_093-2021.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1602/decreto_no_092-2021.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1601/decreto_no_091-2021.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1600/decreto_no_090-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1599/decreto_no_089-2021.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1598/decreto_no_088-2021.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1597/decreto_no_087-2021.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1596/decreto_no_086-2021.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1595/decreto_no_085-2021.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1594/decreto_no_084-2021.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1593/decreto_no_083-2021.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1591/decreto_no_081-2021.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1590/decreto_no_080-2021.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1589/decreto_no_079-2021.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1588/decreto_no_078-2021.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1587/decreto_no_077-2021.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1586/decreto_no_076-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1585/decreto_no_075-2021.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1584/decreto_no_074-2021.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1583/decreto_no_073-2021.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1582/decreto_no_072-2021.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1581/decreto_no_071-2021.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1580/decreto_no_070-2021.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1579/decreto_no_069-2021.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1578/decreto_no_068-2021.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1577/decreto_no_067-2021.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1592/decreto_no_082-2021.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1576/decreto_no_066-2021.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1575/decreto_no_065-2021.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1574/decreto_no_064-2021.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1573/decreto_no_063-2021.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1572/decreto_no_062-2021.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1571/decreto_no_061-2021.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1570/decreto_no_060-2021.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1560/decreto_no_059-2021.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1559/decreto_no_058-2021.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1558/decreto_no_057-2021.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1557/decreto_no_056-2021.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1556/decreto_no_055-2021.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1555/decreto_no_054-2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1554/decreto_no_053-2021.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1553/decreto_no_052-2021.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1552/decreto_no_051-2021.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1551/decreto_no_050-2021.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1550/decreto_no_049-2021.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1549/decreto_no_048-2021.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1548/decreto_no_047-2021.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1547/decreto_no_046-2021.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1546/decreto_no_045-2021.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1545/decreto_no_044-2021.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1544/decreto_no_043-2021.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1543/decreto_no_042-2021.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1542/decreto_no_041-2021.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1541/decreto_no_040-2021.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1540/decreto_no_039-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1539/decreto_no_038-2021.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1538/decreto_no_037-2021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1537/decreto_no_036-2021.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1536/decreto_no_035-2021.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1535/decreto_no_034-2021.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1534/decreto_no_033-2021.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1533/decreto_no_032-2021.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1532/decreto_no_031-2021.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1531/decreto_no_030-2021.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1530/decreto_no_029-2021.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1529/decreto_no_028-2021.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1528/decreto_no_027-2021.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1527/decreto_no_026-2021.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1526/decreto_no_025-2021.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1525/decreto_no_024-2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1524/decreto_no_023-2021.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1523/decreto_no_022-2021.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1522/decreto_no_021-2021.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1521/decreto_no_020-2021.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1520/decreto_no_019-2021.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1519/decreto_no_018-2021.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1518/decreto_no_017-2021.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1517/decreto_no_016-2021.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1516/decreto_no_015-2021.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1515/decreto_no_014-2021.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1514/decreto_no_013-2021.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1513/decreto_no_012-2021.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1512/decreto_no_011-2021.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1511/decreto_no_010-2021.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1510/decreto_no_009-2021.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1509/decreto_no_008-2021.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1508/decreto_no_007-2021.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1507/decreto_no_006-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1506/decreto_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1505/decreto_no_004-2021.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1504/decreto_no_003-2021.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1503/decreto_no_002-2021.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1502/decreto_no_001-2021.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1703/decreto_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1702/decreto_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1701/decreto_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1700/decreto_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1670/decreto_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1699/decreto_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1698/decreto_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1697/decreto_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1696/decreto_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1695/decreto_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1694/decreto_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1693/decreto_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1692/decreto_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1691/decreto_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1690/decreto_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1689/decreto_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1687/decreto_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1688/decreto_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1686/decreto_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1685/decreto_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1684/decreto_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1683/decreto_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1682/decreto_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1681/decreto_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1680/decreto_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1679/decreto_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1678/decreto_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1677/decreto_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1676/decreto_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1675/decreto_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1674/decreto_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1673/decreto_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1672/decreto_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1671/decreto_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1843/decreto_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1842/decreto_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1841/decreto_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1839/decreto_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1840/decreto_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1838/decreto_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1837/decreto_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1836/decreto_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1835/decreto_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1834/decreto_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1833/decreto_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1832/decreto_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1831/decreto_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1830/decreto_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1829/decreto_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1828/decreto_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1827/decreto_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1826/decreto_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1825/decreto_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1824/decreto_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1823/decreto_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1822/decreto_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1821/decreto_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1820/decreto_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1819/decreto_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1818/decreto_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1817/decreto_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1816/decreto_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1815/decreto_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1814/decreto_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1813/decreto_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1812/decreto_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1811/decreto_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1810/decreto_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1809/decreto_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1808/decreto_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1807/decreto_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1806/decreto_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1805/decreto_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1804/decreto_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1803/decreto_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1802/decreto_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1801/decreto_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1800/decreto_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1799/decreto_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2066/decreto_no_028-2018.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2065/decreto_no_027-2018.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2064/decreto_no_026-2018.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2063/decreto_no_025-2018.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2062/decreto_no_024-2018.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2061/decreto_no_023-2018.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2060/decreto_no_022-2018.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2059/decreto_no_021-2018.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2058/decreto_no_020-2018.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2057/decreto_no_019-2018.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2056/decreto_no_018-2018.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2055/decreto_no_017-2018.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2054/decreto_no_016-2018.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2053/decreto_no_015-2018.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2052/decreto_no_014-2018.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2051/decreto_no_013-2018.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2050/decreto_no_012-2018.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2049/decreto_no_011-2018.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2048/decreto_no_010-2018.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2047/decreto_no_009-2018.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2046/decreto_no_008-2018.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2045/decreto_no_007-2018.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2044/decreto_no_006-2018.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2043/decreto_no_005-2018.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2042/decreto_no_004-2018.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2041/decreto_no_003-2018.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2040/decreto_no_002-2018.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/2039/decreto_no_001-2018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G479"/>
+  <dimension ref="A1:G486"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="100.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="100" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4812,10922 +4896,11083 @@
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>39</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G9" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
         <v>47</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>52</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>55</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>56</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>59</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>60</v>
       </c>
       <c r="G14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
         <v>62</v>
       </c>
       <c r="B15" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C15" t="s">
         <v>63</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>64</v>
       </c>
       <c r="G15" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>68</v>
       </c>
       <c r="G16" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>70</v>
       </c>
       <c r="B17" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>72</v>
       </c>
       <c r="G17" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B18" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G19" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B20" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G20" t="s">
-        <v>21</v>
+        <v>85</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D21" t="s">
         <v>10</v>
       </c>
       <c r="E21" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G21" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B22" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B23" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D23" t="s">
         <v>10</v>
       </c>
       <c r="E23" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G23" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C24" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
         <v>10</v>
       </c>
       <c r="E24" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G24" t="s">
-        <v>99</v>
+        <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B25" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C25" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D25" t="s">
         <v>10</v>
       </c>
       <c r="E25" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G25" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="C26" t="s">
         <v>106</v>
       </c>
       <c r="D26" t="s">
         <v>10</v>
       </c>
       <c r="E26" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>107</v>
       </c>
       <c r="G26" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>31</v>
       </c>
       <c r="C27" t="s">
         <v>110</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G27" t="s">
-        <v>112</v>
+        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>112</v>
+      </c>
+      <c r="B28" t="s">
+        <v>31</v>
+      </c>
+      <c r="C28" t="s">
         <v>113</v>
       </c>
-      <c r="B28" t="s">
-[...2 lines deleted...]
-      <c r="C28" t="s">
+      <c r="D28" t="s">
+        <v>10</v>
+      </c>
+      <c r="E28" t="s">
+        <v>11</v>
+      </c>
+      <c r="F28" s="1" t="s">
         <v>114</v>
       </c>
-      <c r="D28" t="s">
-[...5 lines deleted...]
-      <c r="F28" s="1" t="s">
+      <c r="G28" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" t="s">
+        <v>31</v>
+      </c>
+      <c r="C29" t="s">
         <v>117</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>10</v>
+      </c>
+      <c r="E29" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="1" t="s">
         <v>118</v>
       </c>
-      <c r="D29" t="s">
-[...5 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="G29" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>120</v>
+      </c>
+      <c r="B30" t="s">
+        <v>31</v>
+      </c>
+      <c r="C30" t="s">
         <v>121</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
         <v>122</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="1" t="s">
+      <c r="G30" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
+        <v>124</v>
+      </c>
+      <c r="B31" t="s">
+        <v>31</v>
+      </c>
+      <c r="C31" t="s">
         <v>125</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>126</v>
       </c>
-      <c r="D31" t="s">
-[...5 lines deleted...]
-      <c r="F31" s="1" t="s">
+      <c r="G31" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
+        <v>128</v>
+      </c>
+      <c r="B32" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" t="s">
         <v>129</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="D32" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="1" t="s">
+      <c r="G32" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>132</v>
+      </c>
+      <c r="B33" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="C33" t="s">
         <v>134</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>135</v>
       </c>
       <c r="G33" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>137</v>
       </c>
       <c r="B34" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C34" t="s">
         <v>138</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>139</v>
       </c>
       <c r="G34" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>141</v>
       </c>
       <c r="B35" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C35" t="s">
         <v>142</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>143</v>
       </c>
       <c r="G35" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>145</v>
       </c>
       <c r="B36" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C36" t="s">
         <v>146</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>147</v>
       </c>
       <c r="G36" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C37" t="s">
         <v>150</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>151</v>
       </c>
       <c r="G37" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
         <v>153</v>
       </c>
       <c r="B38" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C38" t="s">
         <v>154</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>155</v>
       </c>
       <c r="G38" t="s">
-        <v>21</v>
+        <v>156</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B39" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C39" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="G39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B40" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C40" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="G40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B41" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C41" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="G41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C42" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="G42" t="s">
-        <v>21</v>
+        <v>172</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B43" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C43" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="G43" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B44" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C44" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="G44" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B45" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C45" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="G45" t="s">
-        <v>182</v>
+        <v>49</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B46" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C46" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G46" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B47" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G47" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B48" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G48" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="B49" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C49" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="G49" t="s">
-        <v>197</v>
+        <v>49</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B50" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C50" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="G50" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B51" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C51" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G51" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B52" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C52" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G52" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B53" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C53" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="G53" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B54" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C54" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="G54" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B55" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C55" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G55" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>222</v>
       </c>
       <c r="B56" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C56" t="s">
         <v>223</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G56" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>226</v>
       </c>
       <c r="B57" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C57" t="s">
         <v>227</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G57" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>230</v>
       </c>
       <c r="B58" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C58" t="s">
         <v>231</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>232</v>
       </c>
       <c r="G58" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B59" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C59" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B60" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C60" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="G60" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B61" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C61" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="G61" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B62" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="C62" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="G62" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B63" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="C63" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="G63" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B64" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="C64" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="G64" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
+        <v>258</v>
+      </c>
+      <c r="B65" t="s">
+        <v>133</v>
+      </c>
+      <c r="C65" t="s">
+        <v>259</v>
+      </c>
+      <c r="D65" t="s">
+        <v>10</v>
+      </c>
+      <c r="E65" t="s">
+        <v>11</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="G65" t="s">
         <v>257</v>
-      </c>
-[...16 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B66" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="C66" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="G66" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B67" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="C67" t="s">
+        <v>266</v>
+      </c>
+      <c r="D67" t="s">
+        <v>10</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="G67" t="s">
         <v>264</v>
-      </c>
-[...10 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B68" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="C68" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="G68" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B69" t="s">
-        <v>249</v>
+        <v>133</v>
       </c>
       <c r="C69" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="G69" t="s">
-        <v>182</v>
+        <v>275</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="B70" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C70" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="G70" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
+        <v>281</v>
+      </c>
+      <c r="B71" t="s">
         <v>277</v>
       </c>
-      <c r="B71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G71" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="B72" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="G72" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C73" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="G73" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="B74" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C74" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="G74" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="B75" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C75" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="G75" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="B76" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C76" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="G76" t="s">
-        <v>236</v>
+        <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C77" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="G77" t="s">
-        <v>247</v>
+        <v>304</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="B78" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C78" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="G78" t="s">
-        <v>95</v>
+        <v>308</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="B79" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C79" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="G79" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="B80" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C80" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="G80" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B81" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C81" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="G81" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="B82" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C82" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="G82" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="B83" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C83" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="G83" t="s">
-        <v>321</v>
+        <v>264</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="B84" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C84" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="G84" t="s">
-        <v>21</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B85" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C85" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="G85" t="s">
-        <v>280</v>
+        <v>123</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B86" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C86" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="G86" t="s">
-        <v>182</v>
+        <v>308</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="B87" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C87" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="G87" t="s">
-        <v>334</v>
+        <v>308</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="B88" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C88" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="G88" t="s">
-        <v>236</v>
+        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="B89" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C89" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="G89" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="B90" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C90" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="G90" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="B91" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C91" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="G91" t="s">
-        <v>236</v>
+        <v>49</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B92" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C92" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="G92" t="s">
-        <v>236</v>
+        <v>308</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="B93" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C93" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="G93" t="s">
-        <v>236</v>
+        <v>210</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="B94" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C94" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="G94" t="s">
-        <v>21</v>
+        <v>362</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B95" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="G95" t="s">
-        <v>174</v>
+        <v>264</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B96" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C96" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="G96" t="s">
-        <v>174</v>
+        <v>369</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="B97" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C97" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="G97" t="s">
-        <v>182</v>
+        <v>373</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="B98" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C98" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="G98" t="s">
-        <v>201</v>
+        <v>264</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="B99" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C99" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="G99" t="s">
-        <v>373</v>
+        <v>264</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="B100" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C100" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="G100" t="s">
-        <v>377</v>
+        <v>264</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="B101" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C101" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="G101" t="s">
-        <v>381</v>
+        <v>49</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="B102" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C102" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="G102" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B103" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C103" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="G103" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B104" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C104" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="G104" t="s">
-        <v>182</v>
+        <v>210</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B105" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C105" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="G105" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="B106" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C106" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106" t="s">
         <v>11</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="G106" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="B107" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C107" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="G107" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B108" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C108" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="G108" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="B109" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C109" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="G109" t="s">
-        <v>182</v>
+        <v>202</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B110" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C110" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="G110" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="B111" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C111" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="G111" t="s">
-        <v>236</v>
+        <v>210</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="B112" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C112" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="G112" t="s">
-        <v>341</v>
+        <v>264</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B113" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C113" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="G113" t="s">
-        <v>182</v>
+        <v>425</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="B114" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C114" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="G114" t="s">
-        <v>317</v>
+        <v>429</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="B115" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C115" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="G115" t="s">
-        <v>236</v>
+        <v>433</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="B116" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C116" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
       <c r="G116" t="s">
-        <v>236</v>
+        <v>210</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B117" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C117" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="G117" t="s">
-        <v>433</v>
+        <v>264</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="B118" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C118" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="G118" t="s">
-        <v>280</v>
+        <v>264</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="B119" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C119" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="G119" t="s">
-        <v>440</v>
+        <v>369</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B120" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C120" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="G120" t="s">
-        <v>444</v>
+        <v>210</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B121" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C121" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="G121" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B122" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C122" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="G122" t="s">
-        <v>182</v>
+        <v>264</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B123" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C123" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="G123" t="s">
-        <v>341</v>
+        <v>264</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="B124" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C124" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="G124" t="s">
-        <v>236</v>
+        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="B125" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C125" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="G125" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="B126" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C126" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="G126" t="s">
-        <v>341</v>
+        <v>468</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="B127" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C127" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="G127" t="s">
-        <v>341</v>
+        <v>472</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="B128" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C128" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="G128" t="s">
-        <v>469</v>
+        <v>369</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="B129" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C129" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="D129" t="s">
         <v>10</v>
       </c>
       <c r="E129" t="s">
         <v>11</v>
       </c>
       <c r="F129" s="1" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="G129" t="s">
-        <v>21</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="B130" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C130" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="G130" t="s">
-        <v>476</v>
+        <v>369</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="B131" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C131" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="G131" t="s">
-        <v>480</v>
+        <v>264</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B132" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C132" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="G132" t="s">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="B133" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C133" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="G133" t="s">
-        <v>236</v>
+        <v>369</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B134" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C134" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="G134" t="s">
-        <v>490</v>
+        <v>369</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="B135" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C135" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="G135" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B136" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C136" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="G136" t="s">
-        <v>266</v>
+        <v>49</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B137" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C137" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="G137" t="s">
-        <v>317</v>
+        <v>504</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B138" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C138" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="G138" t="s">
-        <v>182</v>
+        <v>508</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="B139" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C139" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D139" t="s">
         <v>10</v>
       </c>
       <c r="E139" t="s">
         <v>11</v>
       </c>
       <c r="F139" s="1" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="G139" t="s">
-        <v>182</v>
+        <v>308</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="B140" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C140" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="G140" t="s">
-        <v>341</v>
+        <v>264</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="B141" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C141" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="G141" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="B142" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C142" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="G142" t="s">
-        <v>266</v>
+        <v>522</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="B143" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C143" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="G143" t="s">
-        <v>182</v>
+        <v>294</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B144" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C144" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="G144" t="s">
-        <v>236</v>
+        <v>345</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="B145" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C145" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="G145" t="s">
-        <v>526</v>
+        <v>210</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="B146" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C146" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="G146" t="s">
-        <v>236</v>
+        <v>210</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="B147" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C147" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="G147" t="s">
-        <v>21</v>
+        <v>369</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="B148" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C148" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="G148" t="s">
-        <v>317</v>
+        <v>541</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="B149" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C149" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="G149" t="s">
-        <v>182</v>
+        <v>294</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="B150" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C150" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="G150" t="s">
-        <v>542</v>
+        <v>210</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="B151" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C151" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="G151" t="s">
-        <v>546</v>
+        <v>264</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="B152" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C152" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="G152" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="B153" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C153" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="G153" t="s">
-        <v>550</v>
+        <v>264</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="B154" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C154" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="G154" t="s">
-        <v>557</v>
+        <v>49</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B155" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C155" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="G155" t="s">
-        <v>561</v>
+        <v>345</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B156" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C156" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="G156" t="s">
-        <v>565</v>
+        <v>210</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B157" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C157" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="G157" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="B158" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C158" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="G158" t="s">
-        <v>546</v>
+        <v>574</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="B159" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C159" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="G159" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="B160" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C160" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="G160" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="B161" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C161" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="G161" t="s">
-        <v>561</v>
+        <v>585</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B162" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C162" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="G162" t="s">
-        <v>546</v>
+        <v>589</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="B163" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C163" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="G163" t="s">
-        <v>561</v>
+        <v>593</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="B164" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C164" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="G164" t="s">
-        <v>550</v>
+        <v>593</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="B165" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C165" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="G165" t="s">
-        <v>595</v>
+        <v>574</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="B166" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C166" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="G166" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="B167" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C167" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="G167" t="s">
-        <v>561</v>
+        <v>607</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B168" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C168" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="G168" t="s">
-        <v>606</v>
+        <v>589</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B169" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C169" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="G169" t="s">
-        <v>610</v>
+        <v>574</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="B170" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C170" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="G170" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="B171" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C171" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="G171" t="s">
-        <v>617</v>
+        <v>578</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="B172" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C172" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="G172" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>19</v>
+        <v>624</v>
       </c>
       <c r="B173" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C173" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="G173" t="s">
-        <v>95</v>
+        <v>627</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>23</v>
+        <v>628</v>
       </c>
       <c r="B174" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C174" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="G174" t="s">
-        <v>317</v>
+        <v>589</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>27</v>
+        <v>631</v>
       </c>
       <c r="B175" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C175" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="G175" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>31</v>
+        <v>635</v>
       </c>
       <c r="B176" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C176" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="G176" t="s">
-        <v>182</v>
+        <v>638</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>35</v>
+        <v>639</v>
       </c>
       <c r="B177" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C177" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
-        <v>632</v>
+        <v>641</v>
       </c>
       <c r="G177" t="s">
-        <v>266</v>
+        <v>607</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>39</v>
+        <v>642</v>
       </c>
       <c r="B178" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C178" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="G178" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>122</v>
+        <v>646</v>
       </c>
       <c r="B179" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C179" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>637</v>
+        <v>648</v>
       </c>
       <c r="G179" t="s">
-        <v>638</v>
+        <v>649</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>126</v>
+        <v>47</v>
       </c>
       <c r="B180" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C180" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
       <c r="G180" t="s">
-        <v>641</v>
+        <v>123</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>254</v>
+        <v>51</v>
       </c>
       <c r="B181" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C181" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="G181" t="s">
-        <v>644</v>
+        <v>345</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>258</v>
+        <v>55</v>
       </c>
       <c r="B182" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C182" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="G182" t="s">
-        <v>647</v>
+        <v>656</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>261</v>
+        <v>59</v>
       </c>
       <c r="B183" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C183" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>649</v>
+        <v>658</v>
       </c>
       <c r="G183" t="s">
-        <v>650</v>
+        <v>210</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>285</v>
+        <v>63</v>
       </c>
       <c r="B184" t="s">
-        <v>249</v>
+        <v>277</v>
       </c>
       <c r="C184" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="G184" t="s">
-        <v>653</v>
+        <v>294</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>288</v>
+        <v>67</v>
       </c>
       <c r="B185" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C185" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="G185" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>292</v>
+        <v>150</v>
       </c>
       <c r="B186" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C186" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="G186" t="s">
-        <v>229</v>
+        <v>666</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>499</v>
+        <v>154</v>
       </c>
       <c r="B187" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C187" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="G187" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>502</v>
+        <v>282</v>
       </c>
       <c r="B188" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C188" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="G188" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>505</v>
+        <v>286</v>
       </c>
       <c r="B189" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C189" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="G189" t="s">
-        <v>21</v>
+        <v>675</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>668</v>
+        <v>289</v>
       </c>
       <c r="B190" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C190" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G190" t="s">
-        <v>21</v>
+        <v>678</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>544</v>
+        <v>313</v>
       </c>
       <c r="B191" t="s">
-        <v>654</v>
+        <v>277</v>
       </c>
       <c r="C191" t="s">
-        <v>670</v>
+        <v>679</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>671</v>
+        <v>680</v>
       </c>
       <c r="G191" t="s">
-        <v>672</v>
+        <v>681</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>673</v>
+        <v>316</v>
       </c>
       <c r="B192" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C192" t="s">
-        <v>674</v>
+        <v>683</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>675</v>
+        <v>684</v>
       </c>
       <c r="G192" t="s">
-        <v>676</v>
+        <v>685</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>666</v>
+        <v>320</v>
       </c>
       <c r="B193" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C193" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="G193" t="s">
-        <v>679</v>
+        <v>257</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>636</v>
+        <v>527</v>
       </c>
       <c r="B194" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C194" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="G194" t="s">
-        <v>174</v>
+        <v>690</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>633</v>
+        <v>530</v>
       </c>
       <c r="B195" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C195" t="s">
-        <v>682</v>
+        <v>691</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>683</v>
+        <v>692</v>
       </c>
       <c r="G195" t="s">
-        <v>684</v>
+        <v>693</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>631</v>
+        <v>533</v>
       </c>
       <c r="B196" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C196" t="s">
-        <v>685</v>
+        <v>694</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>686</v>
+        <v>695</v>
       </c>
       <c r="G196" t="s">
-        <v>687</v>
+        <v>49</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>629</v>
+        <v>696</v>
       </c>
       <c r="B197" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C197" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="G197" t="s">
-        <v>690</v>
+        <v>49</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>626</v>
+        <v>572</v>
       </c>
       <c r="B198" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C198" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="G198" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>624</v>
+        <v>701</v>
       </c>
       <c r="B199" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C199" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="G199" t="s">
-        <v>95</v>
+        <v>704</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>622</v>
+        <v>694</v>
       </c>
       <c r="B200" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C200" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>697</v>
+        <v>706</v>
       </c>
       <c r="G200" t="s">
-        <v>698</v>
+        <v>707</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>619</v>
+        <v>664</v>
       </c>
       <c r="B201" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C201" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>700</v>
+        <v>709</v>
       </c>
       <c r="G201" t="s">
-        <v>701</v>
+        <v>202</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>615</v>
+        <v>661</v>
       </c>
       <c r="B202" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C202" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="G202" t="s">
-        <v>236</v>
+        <v>712</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>612</v>
+        <v>659</v>
       </c>
       <c r="B203" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C203" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>705</v>
+        <v>714</v>
       </c>
       <c r="G203" t="s">
-        <v>706</v>
+        <v>715</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>608</v>
+        <v>657</v>
       </c>
       <c r="B204" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C204" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>708</v>
+        <v>717</v>
       </c>
       <c r="G204" t="s">
-        <v>709</v>
+        <v>718</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>604</v>
+        <v>654</v>
       </c>
       <c r="B205" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C205" t="s">
-        <v>710</v>
+        <v>719</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>711</v>
+        <v>720</v>
       </c>
       <c r="G205" t="s">
-        <v>709</v>
+        <v>721</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>601</v>
+        <v>652</v>
       </c>
       <c r="B206" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C206" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="G206" t="s">
-        <v>714</v>
+        <v>123</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>597</v>
+        <v>650</v>
       </c>
       <c r="B207" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C207" t="s">
-        <v>673</v>
+        <v>724</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="G207" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>593</v>
+        <v>647</v>
       </c>
       <c r="B208" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C208" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="G208" t="s">
-        <v>21</v>
+        <v>729</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>590</v>
+        <v>643</v>
       </c>
       <c r="B209" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C209" t="s">
-        <v>719</v>
+        <v>730</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>720</v>
+        <v>731</v>
       </c>
       <c r="G209" t="s">
-        <v>701</v>
+        <v>264</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>587</v>
+        <v>640</v>
       </c>
       <c r="B210" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C210" t="s">
-        <v>721</v>
+        <v>732</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>722</v>
+        <v>733</v>
       </c>
       <c r="G210" t="s">
-        <v>709</v>
+        <v>734</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>584</v>
+        <v>636</v>
       </c>
       <c r="B211" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C211" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>724</v>
+        <v>736</v>
       </c>
       <c r="G211" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>581</v>
+        <v>632</v>
       </c>
       <c r="B212" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C212" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="G212" t="s">
-        <v>714</v>
+        <v>737</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>577</v>
+        <v>629</v>
       </c>
       <c r="B213" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C213" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>729</v>
+        <v>741</v>
       </c>
       <c r="G213" t="s">
-        <v>730</v>
+        <v>742</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>573</v>
+        <v>625</v>
       </c>
       <c r="B214" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C214" t="s">
-        <v>731</v>
+        <v>701</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>732</v>
+        <v>743</v>
       </c>
       <c r="G214" t="s">
-        <v>733</v>
+        <v>744</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>570</v>
+        <v>621</v>
       </c>
       <c r="B215" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C215" t="s">
-        <v>734</v>
+        <v>745</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>735</v>
+        <v>746</v>
       </c>
       <c r="G215" t="s">
-        <v>736</v>
+        <v>49</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>567</v>
+        <v>618</v>
       </c>
       <c r="B216" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C216" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="G216" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>563</v>
+        <v>615</v>
       </c>
       <c r="B217" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C217" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="G217" t="s">
-        <v>317</v>
+        <v>737</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>559</v>
+        <v>612</v>
       </c>
       <c r="B218" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C218" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>743</v>
+        <v>752</v>
       </c>
       <c r="G218" t="s">
-        <v>236</v>
+        <v>753</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>744</v>
+        <v>609</v>
       </c>
       <c r="B219" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C219" t="s">
-        <v>648</v>
+        <v>754</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
       <c r="G219" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>555</v>
+        <v>605</v>
       </c>
       <c r="B220" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C220" t="s">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>748</v>
+        <v>757</v>
       </c>
       <c r="G220" t="s">
-        <v>201</v>
+        <v>758</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>552</v>
+        <v>601</v>
       </c>
       <c r="B221" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C221" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="G221" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>548</v>
+        <v>598</v>
       </c>
       <c r="B222" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C222" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="G222" t="s">
-        <v>706</v>
+        <v>764</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>540</v>
+        <v>595</v>
       </c>
       <c r="B223" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C223" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="G223" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>537</v>
+        <v>591</v>
       </c>
       <c r="B224" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C224" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="G224" t="s">
-        <v>725</v>
+        <v>345</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>534</v>
+        <v>587</v>
       </c>
       <c r="B225" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C225" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="G225" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>531</v>
+        <v>772</v>
       </c>
       <c r="B226" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C226" t="s">
-        <v>761</v>
+        <v>676</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>762</v>
+        <v>773</v>
       </c>
       <c r="G226" t="s">
-        <v>763</v>
+        <v>774</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>528</v>
+        <v>583</v>
       </c>
       <c r="B227" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C227" t="s">
-        <v>764</v>
+        <v>775</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>765</v>
+        <v>776</v>
       </c>
       <c r="G227" t="s">
-        <v>174</v>
+        <v>229</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>524</v>
+        <v>580</v>
       </c>
       <c r="B228" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C228" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>767</v>
+        <v>778</v>
       </c>
       <c r="G228" t="s">
-        <v>229</v>
+        <v>779</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>521</v>
+        <v>576</v>
       </c>
       <c r="B229" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C229" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="G229" t="s">
-        <v>770</v>
+        <v>734</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>518</v>
+        <v>568</v>
       </c>
       <c r="B230" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C230" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="G230" t="s">
-        <v>174</v>
+        <v>784</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>515</v>
+        <v>565</v>
       </c>
       <c r="B231" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C231" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="G231" t="s">
-        <v>229</v>
+        <v>753</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
-        <v>775</v>
+        <v>562</v>
       </c>
       <c r="B232" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C232" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="G232" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
-        <v>778</v>
+        <v>559</v>
       </c>
       <c r="B233" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C233" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="G233" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
-        <v>782</v>
+        <v>556</v>
       </c>
       <c r="B234" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C234" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="G234" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>785</v>
+        <v>552</v>
       </c>
       <c r="B235" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C235" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
       <c r="G235" t="s">
-        <v>236</v>
+        <v>257</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>788</v>
+        <v>549</v>
       </c>
       <c r="B236" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C236" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="G236" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>792</v>
+        <v>546</v>
       </c>
       <c r="B237" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C237" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="G237" t="s">
-        <v>236</v>
+        <v>202</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
-        <v>795</v>
+        <v>543</v>
       </c>
       <c r="B238" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C238" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238" t="s">
         <v>11</v>
       </c>
       <c r="F238" s="1" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="G238" t="s">
-        <v>236</v>
+        <v>257</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="B239" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C239" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="G239" t="s">
-        <v>725</v>
+        <v>294</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="B240" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C240" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="G240" t="s">
-        <v>174</v>
+        <v>809</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="B241" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C241" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="G241" t="s">
-        <v>807</v>
+        <v>202</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="B242" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C242" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="G242" t="s">
-        <v>317</v>
+        <v>264</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="B243" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C243" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="G243" t="s">
-        <v>174</v>
+        <v>819</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="B244" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C244" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="G244" t="s">
-        <v>317</v>
+        <v>264</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="B245" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C245" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="G245" t="s">
-        <v>21</v>
+        <v>264</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="B246" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C246" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="G246" t="s">
-        <v>236</v>
+        <v>753</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="B247" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C247" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="D247" t="s">
         <v>10</v>
       </c>
       <c r="E247" t="s">
         <v>11</v>
       </c>
       <c r="F247" s="1" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="G247" t="s">
-        <v>725</v>
+        <v>202</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
       <c r="B248" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C248" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="G248" t="s">
-        <v>709</v>
+        <v>835</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="B249" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C249" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="G249" t="s">
-        <v>201</v>
+        <v>345</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="B250" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C250" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="G250" t="s">
-        <v>835</v>
+        <v>202</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="B251" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C251" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="G251" t="s">
-        <v>266</v>
+        <v>345</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="B252" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C252" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="G252" t="s">
-        <v>317</v>
+        <v>49</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="B253" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C253" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="G253" t="s">
-        <v>835</v>
+        <v>264</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B254" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C254" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="G254" t="s">
-        <v>835</v>
+        <v>753</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="B255" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C255" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="G255" t="s">
-        <v>201</v>
+        <v>737</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="B256" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C256" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="G256" t="s">
-        <v>854</v>
+        <v>229</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="B257" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C257" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="G257" t="s">
-        <v>236</v>
+        <v>863</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="B258" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C258" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="G258" t="s">
-        <v>861</v>
+        <v>294</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="B259" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C259" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="G259" t="s">
-        <v>201</v>
+        <v>345</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="B260" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C260" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="G260" t="s">
-        <v>236</v>
+        <v>863</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="B261" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C261" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="G261" t="s">
-        <v>871</v>
+        <v>863</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="B262" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C262" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="G262" t="s">
-        <v>875</v>
+        <v>229</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B263" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C263" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="G263" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B264" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C264" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="G264" t="s">
-        <v>835</v>
+        <v>264</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B265" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C265" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="G265" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="B266" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C266" t="s">
-        <v>651</v>
+        <v>891</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="G266" t="s">
-        <v>647</v>
+        <v>229</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="B267" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C267" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="G267" t="s">
-        <v>647</v>
+        <v>264</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="B268" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C268" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="G268" t="s">
-        <v>835</v>
+        <v>899</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="B269" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C269" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="G269" t="s">
-        <v>317</v>
+        <v>903</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="B270" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C270" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="G270" t="s">
-        <v>725</v>
+        <v>907</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B271" t="s">
-        <v>654</v>
+        <v>682</v>
       </c>
       <c r="C271" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="G271" t="s">
-        <v>201</v>
+        <v>863</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="B272" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C272" t="s">
-        <v>612</v>
+        <v>912</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="G272" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="B273" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C273" t="s">
-        <v>615</v>
+        <v>679</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="G273" t="s">
-        <v>910</v>
+        <v>675</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="B274" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C274" t="s">
-        <v>619</v>
+        <v>918</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="G274" t="s">
-        <v>725</v>
+        <v>675</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="B275" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C275" t="s">
-        <v>622</v>
+        <v>921</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="G275" t="s">
-        <v>835</v>
+        <v>863</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="B276" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C276" t="s">
-        <v>624</v>
+        <v>924</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="G276" t="s">
-        <v>725</v>
+        <v>345</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="B277" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C277" t="s">
-        <v>626</v>
+        <v>927</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="G277" t="s">
-        <v>236</v>
+        <v>753</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="B278" t="s">
-        <v>905</v>
+        <v>682</v>
       </c>
       <c r="C278" t="s">
-        <v>629</v>
+        <v>930</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>920</v>
+        <v>931</v>
       </c>
       <c r="G278" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="B279" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C279" t="s">
-        <v>631</v>
+        <v>640</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>922</v>
+        <v>934</v>
       </c>
       <c r="G279" t="s">
-        <v>236</v>
+        <v>935</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="B280" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C280" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="G280" t="s">
-        <v>201</v>
+        <v>938</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="B281" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C281" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="G281" t="s">
-        <v>725</v>
+        <v>753</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="B282" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C282" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
       <c r="G282" t="s">
-        <v>174</v>
+        <v>863</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="B283" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C283" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="G283" t="s">
-        <v>725</v>
+        <v>753</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="B284" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C284" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="G284" t="s">
-        <v>201</v>
+        <v>264</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
+        <v>947</v>
+      </c>
+      <c r="B285" t="s">
         <v>933</v>
       </c>
-      <c r="B285" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" t="s">
-        <v>648</v>
+        <v>657</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>934</v>
+        <v>948</v>
       </c>
       <c r="G285" t="s">
-        <v>317</v>
+        <v>264</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="B286" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C286" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="G286" t="s">
-        <v>725</v>
+        <v>264</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="B287" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C287" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="G287" t="s">
-        <v>709</v>
+        <v>229</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="B288" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C288" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>940</v>
+        <v>954</v>
       </c>
       <c r="G288" t="s">
-        <v>317</v>
+        <v>753</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="B289" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C289" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
-        <v>942</v>
+        <v>956</v>
       </c>
       <c r="G289" t="s">
-        <v>174</v>
+        <v>202</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="B290" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C290" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
       <c r="G290" t="s">
-        <v>236</v>
+        <v>753</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="B291" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C291" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="G291" t="s">
-        <v>709</v>
+        <v>229</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="B292" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C292" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>948</v>
+        <v>962</v>
       </c>
       <c r="G292" t="s">
-        <v>236</v>
+        <v>345</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="B293" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C293" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="G293" t="s">
-        <v>910</v>
+        <v>753</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="B294" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C294" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="G294" t="s">
-        <v>953</v>
+        <v>737</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="B295" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C295" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
       <c r="G295" t="s">
-        <v>725</v>
+        <v>345</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="B296" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C296" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="G296" t="s">
-        <v>736</v>
+        <v>202</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="B297" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C297" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="G297" t="s">
-        <v>709</v>
+        <v>264</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="B298" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C298" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="G298" t="s">
-        <v>725</v>
+        <v>737</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="B299" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C299" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="G299" t="s">
-        <v>317</v>
+        <v>264</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="B300" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C300" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="G300" t="s">
-        <v>317</v>
+        <v>938</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="B301" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C301" t="s">
-        <v>696</v>
+        <v>705</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="G301" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="B302" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C302" t="s">
-        <v>699</v>
+        <v>708</v>
       </c>
       <c r="D302" t="s">
         <v>10</v>
       </c>
       <c r="E302" t="s">
         <v>11</v>
       </c>
       <c r="F302" s="1" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="G302" t="s">
-        <v>236</v>
+        <v>753</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="B303" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C303" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="D303" t="s">
         <v>10</v>
       </c>
       <c r="E303" t="s">
         <v>11</v>
       </c>
       <c r="F303" s="1" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
       <c r="G303" t="s">
-        <v>21</v>
+        <v>764</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
       <c r="B304" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C304" t="s">
-        <v>704</v>
+        <v>713</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304" t="s">
         <v>11</v>
       </c>
       <c r="F304" s="1" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="G304" t="s">
-        <v>136</v>
+        <v>737</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="B305" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C305" t="s">
-        <v>707</v>
+        <v>716</v>
       </c>
       <c r="D305" t="s">
         <v>10</v>
       </c>
       <c r="E305" t="s">
         <v>11</v>
       </c>
       <c r="F305" s="1" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
       <c r="G305" t="s">
-        <v>236</v>
+        <v>753</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="B306" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C306" t="s">
-        <v>666</v>
+        <v>719</v>
       </c>
       <c r="D306" t="s">
         <v>10</v>
       </c>
       <c r="E306" t="s">
         <v>11</v>
       </c>
       <c r="F306" s="1" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="G306" t="s">
-        <v>236</v>
+        <v>345</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
       <c r="B307" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C307" t="s">
-        <v>710</v>
+        <v>722</v>
       </c>
       <c r="D307" t="s">
         <v>10</v>
       </c>
       <c r="E307" t="s">
         <v>11</v>
       </c>
       <c r="F307" s="1" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="G307" t="s">
-        <v>174</v>
+        <v>345</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
       <c r="B308" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C308" t="s">
-        <v>712</v>
+        <v>724</v>
       </c>
       <c r="D308" t="s">
         <v>10</v>
       </c>
       <c r="E308" t="s">
         <v>11</v>
       </c>
       <c r="F308" s="1" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="G308" t="s">
-        <v>236</v>
+        <v>996</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="B309" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C309" t="s">
-        <v>673</v>
+        <v>727</v>
       </c>
       <c r="D309" t="s">
         <v>10</v>
       </c>
       <c r="E309" t="s">
         <v>11</v>
       </c>
       <c r="F309" s="1" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="G309" t="s">
-        <v>725</v>
+        <v>264</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="B310" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C310" t="s">
-        <v>717</v>
+        <v>730</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310" t="s">
         <v>11</v>
       </c>
       <c r="F310" s="1" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="G310" t="s">
-        <v>236</v>
+        <v>49</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="B311" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C311" t="s">
-        <v>719</v>
+        <v>732</v>
       </c>
       <c r="D311" t="s">
         <v>10</v>
       </c>
       <c r="E311" t="s">
         <v>11</v>
       </c>
       <c r="F311" s="1" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="G311" t="s">
-        <v>989</v>
+        <v>164</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="B312" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C312" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="D312" t="s">
         <v>10</v>
       </c>
       <c r="E312" t="s">
         <v>11</v>
       </c>
       <c r="F312" s="1" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
       <c r="G312" t="s">
-        <v>992</v>
+        <v>264</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
-        <v>993</v>
+        <v>1005</v>
       </c>
       <c r="B313" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C313" t="s">
-        <v>723</v>
+        <v>694</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
-        <v>994</v>
+        <v>1006</v>
       </c>
       <c r="G313" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
-        <v>995</v>
+        <v>1007</v>
       </c>
       <c r="B314" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C314" t="s">
-        <v>726</v>
+        <v>738</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="G314" t="s">
-        <v>317</v>
+        <v>202</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
       <c r="B315" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C315" t="s">
-        <v>728</v>
+        <v>740</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
       <c r="G315" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="B316" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C316" t="s">
-        <v>731</v>
+        <v>701</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
-        <v>1000</v>
+        <v>1012</v>
       </c>
       <c r="G316" t="s">
-        <v>317</v>
+        <v>753</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1001</v>
+        <v>1013</v>
       </c>
       <c r="B317" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C317" t="s">
-        <v>734</v>
+        <v>745</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1002</v>
+        <v>1014</v>
       </c>
       <c r="G317" t="s">
-        <v>317</v>
+        <v>264</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1003</v>
+        <v>1015</v>
       </c>
       <c r="B318" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C318" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1004</v>
+        <v>1016</v>
       </c>
       <c r="G318" t="s">
-        <v>725</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
       <c r="B319" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C319" t="s">
-        <v>740</v>
+        <v>749</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="G319" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="B320" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C320" t="s">
-        <v>742</v>
+        <v>751</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="G320" t="s">
-        <v>174</v>
+        <v>264</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="B321" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C321" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
       <c r="G321" t="s">
-        <v>21</v>
+        <v>345</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="B322" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C322" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="G322" t="s">
-        <v>174</v>
+        <v>264</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
       <c r="B323" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C323" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="G323" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
       <c r="B324" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C324" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="D324" t="s">
         <v>10</v>
       </c>
       <c r="E324" t="s">
         <v>11</v>
       </c>
       <c r="F324" s="1" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="G324" t="s">
-        <v>989</v>
+        <v>345</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
       <c r="B325" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C325" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="D325" t="s">
         <v>10</v>
       </c>
       <c r="E325" t="s">
         <v>11</v>
       </c>
       <c r="F325" s="1" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="G325" t="s">
-        <v>317</v>
+        <v>753</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="B326" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C326" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
-        <v>1021</v>
+        <v>1034</v>
       </c>
       <c r="G326" t="s">
-        <v>317</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="B327" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C327" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="D327" t="s">
         <v>10</v>
       </c>
       <c r="E327" t="s">
         <v>11</v>
       </c>
       <c r="F327" s="1" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="G327" t="s">
-        <v>989</v>
+        <v>202</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="B328" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C328" t="s">
-        <v>764</v>
+        <v>775</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328" t="s">
         <v>11</v>
       </c>
       <c r="F328" s="1" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="G328" t="s">
-        <v>236</v>
+        <v>49</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="B329" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C329" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="D329" t="s">
         <v>10</v>
       </c>
       <c r="E329" t="s">
         <v>11</v>
       </c>
       <c r="F329" s="1" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="G329" t="s">
-        <v>725</v>
+        <v>202</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
       <c r="B330" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C330" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="D330" t="s">
         <v>10</v>
       </c>
       <c r="E330" t="s">
         <v>11</v>
       </c>
       <c r="F330" s="1" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
       <c r="G330" t="s">
-        <v>21</v>
+        <v>345</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="B331" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C331" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="D331" t="s">
         <v>10</v>
       </c>
       <c r="E331" t="s">
         <v>11</v>
       </c>
       <c r="F331" s="1" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="G331" t="s">
-        <v>989</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="B332" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C332" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="D332" t="s">
         <v>10</v>
       </c>
       <c r="E332" t="s">
         <v>11</v>
       </c>
       <c r="F332" s="1" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="G332" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="B333" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C333" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="D333" t="s">
         <v>10</v>
       </c>
       <c r="E333" t="s">
         <v>11</v>
       </c>
       <c r="F333" s="1" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="G333" t="s">
-        <v>174</v>
+        <v>345</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="B334" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C334" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334" t="s">
         <v>11</v>
       </c>
       <c r="F334" s="1" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="G334" t="s">
-        <v>317</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
       <c r="B335" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C335" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="D335" t="s">
         <v>10</v>
       </c>
       <c r="E335" t="s">
         <v>11</v>
       </c>
       <c r="F335" s="1" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="G335" t="s">
-        <v>989</v>
+        <v>264</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
       <c r="B336" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C336" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="D336" t="s">
         <v>10</v>
       </c>
       <c r="E336" t="s">
         <v>11</v>
       </c>
       <c r="F336" s="1" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="G336" t="s">
-        <v>1042</v>
+        <v>753</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="B337" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C337" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D337" t="s">
         <v>10</v>
       </c>
       <c r="E337" t="s">
         <v>11</v>
       </c>
       <c r="F337" s="1" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="G337" t="s">
-        <v>725</v>
+        <v>49</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="B338" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C338" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="D338" t="s">
         <v>10</v>
       </c>
       <c r="E338" t="s">
         <v>11</v>
       </c>
       <c r="F338" s="1" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="G338" t="s">
-        <v>236</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="B339" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C339" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D339" t="s">
         <v>10</v>
       </c>
       <c r="E339" t="s">
         <v>11</v>
       </c>
       <c r="F339" s="1" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="G339" t="s">
-        <v>236</v>
+        <v>345</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="B340" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C340" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340" t="s">
         <v>11</v>
       </c>
       <c r="F340" s="1" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="G340" t="s">
-        <v>317</v>
+        <v>202</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="B341" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C341" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="G341" t="s">
-        <v>725</v>
+        <v>345</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="B342" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C342" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="D342" t="s">
         <v>10</v>
       </c>
       <c r="E342" t="s">
         <v>11</v>
       </c>
       <c r="F342" s="1" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
       <c r="G342" t="s">
-        <v>1055</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
-        <v>1056</v>
+        <v>1068</v>
       </c>
       <c r="B343" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C343" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D343" t="s">
         <v>10</v>
       </c>
       <c r="E343" t="s">
         <v>11</v>
       </c>
       <c r="F343" s="1" t="s">
-        <v>1057</v>
+        <v>1069</v>
       </c>
       <c r="G343" t="s">
-        <v>910</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="B344" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C344" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="D344" t="s">
         <v>10</v>
       </c>
       <c r="E344" t="s">
         <v>11</v>
       </c>
       <c r="F344" s="1" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="G344" t="s">
-        <v>725</v>
+        <v>753</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="B345" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C345" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="D345" t="s">
         <v>10</v>
       </c>
       <c r="E345" t="s">
         <v>11</v>
       </c>
       <c r="F345" s="1" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="G345" t="s">
-        <v>1062</v>
+        <v>264</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
-        <v>1063</v>
+        <v>1075</v>
       </c>
       <c r="B346" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C346" t="s">
-        <v>776</v>
+        <v>827</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346" t="s">
         <v>11</v>
       </c>
       <c r="F346" s="1" t="s">
-        <v>1064</v>
+        <v>1076</v>
       </c>
       <c r="G346" t="s">
-        <v>1065</v>
+        <v>264</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
-        <v>1066</v>
+        <v>1077</v>
       </c>
       <c r="B347" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C347" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="D347" t="s">
         <v>10</v>
       </c>
       <c r="E347" t="s">
         <v>11</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>1067</v>
+        <v>1078</v>
       </c>
       <c r="G347" t="s">
-        <v>236</v>
+        <v>345</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
-        <v>1068</v>
+        <v>1079</v>
       </c>
       <c r="B348" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C348" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="D348" t="s">
         <v>10</v>
       </c>
       <c r="E348" t="s">
         <v>11</v>
       </c>
       <c r="F348" s="1" t="s">
-        <v>1069</v>
+        <v>1080</v>
       </c>
       <c r="G348" t="s">
-        <v>1070</v>
+        <v>753</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
-        <v>1071</v>
+        <v>1081</v>
       </c>
       <c r="B349" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C349" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="G349" t="s">
-        <v>989</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1073</v>
+        <v>1084</v>
       </c>
       <c r="B350" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C350" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1074</v>
+        <v>1085</v>
       </c>
       <c r="G350" t="s">
-        <v>989</v>
+        <v>938</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1075</v>
+        <v>1086</v>
       </c>
       <c r="B351" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C351" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1076</v>
+        <v>1087</v>
       </c>
       <c r="G351" t="s">
-        <v>910</v>
+        <v>753</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
-        <v>1077</v>
+        <v>1088</v>
       </c>
       <c r="B352" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C352" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
-        <v>1078</v>
+        <v>1089</v>
       </c>
       <c r="G352" t="s">
-        <v>1079</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
-        <v>1080</v>
+        <v>1091</v>
       </c>
       <c r="B353" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C353" t="s">
-        <v>840</v>
+        <v>804</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
-        <v>1081</v>
+        <v>1092</v>
       </c>
       <c r="G353" t="s">
-        <v>1062</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
-        <v>1082</v>
+        <v>1094</v>
       </c>
       <c r="B354" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C354" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="D354" t="s">
         <v>10</v>
       </c>
       <c r="E354" t="s">
         <v>11</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>1083</v>
+        <v>1095</v>
       </c>
       <c r="G354" t="s">
-        <v>1084</v>
+        <v>264</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
-        <v>1085</v>
+        <v>1096</v>
       </c>
       <c r="B355" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C355" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="D355" t="s">
         <v>10</v>
       </c>
       <c r="E355" t="s">
         <v>11</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>1086</v>
+        <v>1097</v>
       </c>
       <c r="G355" t="s">
-        <v>989</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
-        <v>1087</v>
+        <v>1099</v>
       </c>
       <c r="B356" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C356" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D356" t="s">
         <v>10</v>
       </c>
       <c r="E356" t="s">
         <v>11</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>1088</v>
+        <v>1100</v>
       </c>
       <c r="G356" t="s">
-        <v>1079</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="B357" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C357" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D357" t="s">
         <v>10</v>
       </c>
       <c r="E357" t="s">
         <v>11</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>1090</v>
+        <v>1102</v>
       </c>
       <c r="G357" t="s">
-        <v>989</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
-        <v>1091</v>
+        <v>1103</v>
       </c>
       <c r="B358" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C358" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>1092</v>
+        <v>1104</v>
       </c>
       <c r="G358" t="s">
-        <v>989</v>
+        <v>938</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1093</v>
+        <v>1105</v>
       </c>
       <c r="B359" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C359" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1094</v>
+        <v>1106</v>
       </c>
       <c r="G359" t="s">
-        <v>1095</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1096</v>
+        <v>1108</v>
       </c>
       <c r="B360" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C360" t="s">
-        <v>1097</v>
+        <v>868</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1098</v>
+        <v>1109</v>
       </c>
       <c r="G360" t="s">
-        <v>1099</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="B361" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C361" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="G361" t="s">
-        <v>236</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1102</v>
+        <v>1113</v>
       </c>
       <c r="B362" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C362" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1103</v>
+        <v>1114</v>
       </c>
       <c r="G362" t="s">
-        <v>236</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
-        <v>1104</v>
+        <v>1115</v>
       </c>
       <c r="B363" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C363" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>1105</v>
+        <v>1116</v>
       </c>
       <c r="G363" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="B364" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C364" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364" t="s">
         <v>11</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>1108</v>
+        <v>1118</v>
       </c>
       <c r="G364" t="s">
-        <v>21</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
-        <v>1109</v>
+        <v>1119</v>
       </c>
       <c r="B365" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C365" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D365" t="s">
         <v>10</v>
       </c>
       <c r="E365" t="s">
         <v>11</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="G365" t="s">
-        <v>1111</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
-        <v>1112</v>
+        <v>1121</v>
       </c>
       <c r="B366" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C366" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D366" t="s">
         <v>10</v>
       </c>
       <c r="E366" t="s">
         <v>11</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>1113</v>
+        <v>1122</v>
       </c>
       <c r="G366" t="s">
-        <v>1114</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
-        <v>1115</v>
+        <v>1124</v>
       </c>
       <c r="B367" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C367" t="s">
-        <v>884</v>
+        <v>1125</v>
       </c>
       <c r="D367" t="s">
         <v>10</v>
       </c>
       <c r="E367" t="s">
         <v>11</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="G367" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="B368" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C368" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D368" t="s">
         <v>10</v>
       </c>
       <c r="E368" t="s">
         <v>11</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="G368" t="s">
-        <v>1120</v>
+        <v>264</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
       <c r="B369" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C369" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D369" t="s">
         <v>10</v>
       </c>
       <c r="E369" t="s">
         <v>11</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="G369" t="s">
-        <v>989</v>
+        <v>264</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="B370" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C370" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370" t="s">
         <v>11</v>
       </c>
       <c r="F370" s="1" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="G370" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="B371" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="C371" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D371" t="s">
         <v>10</v>
       </c>
       <c r="E371" t="s">
         <v>11</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="G371" t="s">
-        <v>1128</v>
+        <v>49</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="B372" t="s">
+        <v>933</v>
+      </c>
+      <c r="C372" t="s">
         <v>905</v>
       </c>
-      <c r="C372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="G372" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="B373" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C373" t="s">
-        <v>799</v>
+        <v>909</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1134</v>
+        <v>1141</v>
       </c>
       <c r="G373" t="s">
-        <v>116</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="B374" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C374" t="s">
-        <v>802</v>
+        <v>912</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="G374" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="B375" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C375" t="s">
-        <v>805</v>
+        <v>918</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="G375" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="B376" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C376" t="s">
-        <v>809</v>
+        <v>921</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="G376" t="s">
-        <v>1143</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
-        <v>1144</v>
+        <v>1151</v>
       </c>
       <c r="B377" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C377" t="s">
-        <v>902</v>
+        <v>924</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1145</v>
+        <v>1152</v>
       </c>
       <c r="G377" t="s">
-        <v>116</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="B378" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C378" t="s">
-        <v>812</v>
+        <v>927</v>
       </c>
       <c r="D378" t="s">
         <v>10</v>
       </c>
       <c r="E378" t="s">
         <v>11</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1147</v>
+        <v>1155</v>
       </c>
       <c r="G378" t="s">
-        <v>1148</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
-        <v>1149</v>
+        <v>1157</v>
       </c>
       <c r="B379" t="s">
-        <v>1133</v>
+        <v>933</v>
       </c>
       <c r="C379" t="s">
-        <v>815</v>
+        <v>930</v>
       </c>
       <c r="D379" t="s">
         <v>10</v>
       </c>
       <c r="E379" t="s">
         <v>11</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>1150</v>
+        <v>1158</v>
       </c>
       <c r="G379" t="s">
-        <v>1151</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
-        <v>1152</v>
+        <v>1160</v>
       </c>
       <c r="B380" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C380" t="s">
-        <v>818</v>
+        <v>827</v>
       </c>
       <c r="D380" t="s">
         <v>10</v>
       </c>
       <c r="E380" t="s">
         <v>11</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>1153</v>
+        <v>1162</v>
       </c>
       <c r="G380" t="s">
-        <v>1154</v>
+        <v>144</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
-        <v>1155</v>
+        <v>1163</v>
       </c>
       <c r="B381" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C381" t="s">
-        <v>776</v>
+        <v>830</v>
       </c>
       <c r="D381" t="s">
         <v>10</v>
       </c>
       <c r="E381" t="s">
         <v>11</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>1156</v>
+        <v>1164</v>
       </c>
       <c r="G381" t="s">
-        <v>1157</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="B382" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C382" t="s">
-        <v>821</v>
+        <v>833</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382" t="s">
         <v>11</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>1159</v>
+        <v>1167</v>
       </c>
       <c r="G382" t="s">
-        <v>1160</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B383" t="s">
         <v>1161</v>
       </c>
-      <c r="B383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C383" t="s">
-        <v>824</v>
+        <v>837</v>
       </c>
       <c r="D383" t="s">
         <v>10</v>
       </c>
       <c r="E383" t="s">
         <v>11</v>
       </c>
       <c r="F383" s="1" t="s">
-        <v>1162</v>
+        <v>1170</v>
       </c>
       <c r="G383" t="s">
-        <v>1137</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
-        <v>1163</v>
+        <v>1172</v>
       </c>
       <c r="B384" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C384" t="s">
-        <v>827</v>
+        <v>930</v>
       </c>
       <c r="D384" t="s">
         <v>10</v>
       </c>
       <c r="E384" t="s">
         <v>11</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>1164</v>
+        <v>1173</v>
       </c>
       <c r="G384" t="s">
-        <v>1165</v>
+        <v>144</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
-        <v>1166</v>
+        <v>1174</v>
       </c>
       <c r="B385" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C385" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="D385" t="s">
         <v>10</v>
       </c>
       <c r="E385" t="s">
         <v>11</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>1167</v>
+        <v>1175</v>
       </c>
       <c r="G385" t="s">
-        <v>1168</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
-        <v>1169</v>
+        <v>1177</v>
       </c>
       <c r="B386" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C386" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="D386" t="s">
         <v>10</v>
       </c>
       <c r="E386" t="s">
         <v>11</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>1170</v>
+        <v>1178</v>
       </c>
       <c r="G386" t="s">
-        <v>1171</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
-        <v>1172</v>
+        <v>1180</v>
       </c>
       <c r="B387" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C387" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="D387" t="s">
         <v>10</v>
       </c>
       <c r="E387" t="s">
         <v>11</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>1173</v>
+        <v>1181</v>
       </c>
       <c r="G387" t="s">
-        <v>1168</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
-        <v>1174</v>
+        <v>1183</v>
       </c>
       <c r="B388" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C388" t="s">
-        <v>840</v>
+        <v>804</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388" t="s">
         <v>11</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>1175</v>
+        <v>1184</v>
       </c>
       <c r="G388" t="s">
-        <v>1062</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="B389" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C389" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="D389" t="s">
         <v>10</v>
       </c>
       <c r="E389" t="s">
         <v>11</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="G389" t="s">
-        <v>1168</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
-        <v>1178</v>
+        <v>1189</v>
       </c>
       <c r="B390" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C390" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="D390" t="s">
         <v>10</v>
       </c>
       <c r="E390" t="s">
         <v>11</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>1179</v>
+        <v>1190</v>
       </c>
       <c r="G390" t="s">
-        <v>1180</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="B391" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C391" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D391" t="s">
         <v>10</v>
       </c>
       <c r="E391" t="s">
         <v>11</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="G391" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="B392" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C392" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D392" t="s">
         <v>10</v>
       </c>
       <c r="E392" t="s">
         <v>11</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="G392" t="s">
-        <v>1131</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
-        <v>1186</v>
+        <v>1197</v>
       </c>
       <c r="B393" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C393" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="D393" t="s">
         <v>10</v>
       </c>
       <c r="E393" t="s">
         <v>11</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>1187</v>
+        <v>1198</v>
       </c>
       <c r="G393" t="s">
-        <v>1188</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
-        <v>1189</v>
+        <v>1200</v>
       </c>
       <c r="B394" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C394" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394" t="s">
         <v>11</v>
       </c>
       <c r="F394" s="1" t="s">
-        <v>1190</v>
+        <v>1201</v>
       </c>
       <c r="G394" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
-        <v>1192</v>
+        <v>1202</v>
       </c>
       <c r="B395" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C395" t="s">
-        <v>1097</v>
+        <v>868</v>
       </c>
       <c r="D395" t="s">
         <v>10</v>
       </c>
       <c r="E395" t="s">
         <v>11</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
       <c r="G395" t="s">
-        <v>1062</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="B396" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C396" t="s">
-        <v>863</v>
+        <v>874</v>
       </c>
       <c r="D396" t="s">
         <v>10</v>
       </c>
       <c r="E396" t="s">
         <v>11</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>1195</v>
+        <v>1205</v>
       </c>
       <c r="G396" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
-        <v>1197</v>
+        <v>1206</v>
       </c>
       <c r="B397" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C397" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="D397" t="s">
         <v>10</v>
       </c>
       <c r="E397" t="s">
         <v>11</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>1198</v>
+        <v>1207</v>
       </c>
       <c r="G397" t="s">
-        <v>1199</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
-        <v>1200</v>
+        <v>1209</v>
       </c>
       <c r="B398" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C398" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D398" t="s">
         <v>10</v>
       </c>
       <c r="E398" t="s">
         <v>11</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>1201</v>
+        <v>1210</v>
       </c>
       <c r="G398" t="s">
-        <v>1168</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
-        <v>1202</v>
+        <v>1212</v>
       </c>
       <c r="B399" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C399" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="D399" t="s">
         <v>10</v>
       </c>
       <c r="E399" t="s">
         <v>11</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>1203</v>
+        <v>1213</v>
       </c>
       <c r="G399" t="s">
-        <v>1204</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
-        <v>1205</v>
+        <v>1214</v>
       </c>
       <c r="B400" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C400" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400" t="s">
         <v>11</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>1206</v>
+        <v>1215</v>
       </c>
       <c r="G400" t="s">
-        <v>1207</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
-        <v>1208</v>
+        <v>1217</v>
       </c>
       <c r="B401" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C401" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D401" t="s">
         <v>10</v>
       </c>
       <c r="E401" t="s">
         <v>11</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>1209</v>
+        <v>1218</v>
       </c>
       <c r="G401" t="s">
-        <v>1210</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
-        <v>1211</v>
+        <v>1220</v>
       </c>
       <c r="B402" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C402" t="s">
-        <v>884</v>
+        <v>1125</v>
       </c>
       <c r="D402" t="s">
         <v>10</v>
       </c>
       <c r="E402" t="s">
         <v>11</v>
       </c>
       <c r="F402" s="1" t="s">
-        <v>1212</v>
+        <v>1221</v>
       </c>
       <c r="G402" t="s">
-        <v>1168</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
-        <v>1213</v>
+        <v>1222</v>
       </c>
       <c r="B403" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C403" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D403" t="s">
         <v>10</v>
       </c>
       <c r="E403" t="s">
         <v>11</v>
       </c>
       <c r="F403" s="1" t="s">
-        <v>1214</v>
+        <v>1223</v>
       </c>
       <c r="G403" t="s">
-        <v>1215</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
-        <v>1216</v>
+        <v>1225</v>
       </c>
       <c r="B404" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C404" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D404" t="s">
         <v>10</v>
       </c>
       <c r="E404" t="s">
         <v>11</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>1217</v>
+        <v>1226</v>
       </c>
       <c r="G404" t="s">
-        <v>1062</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
-        <v>1218</v>
+        <v>1228</v>
       </c>
       <c r="B405" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C405" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D405" t="s">
         <v>10</v>
       </c>
       <c r="E405" t="s">
         <v>11</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1219</v>
+        <v>1229</v>
       </c>
       <c r="G405" t="s">
-        <v>1220</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="B406" t="s">
-        <v>1133</v>
+        <v>1161</v>
       </c>
       <c r="C406" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406" t="s">
         <v>11</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="G406" t="s">
-        <v>182</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
-        <v>1223</v>
+        <v>1233</v>
       </c>
       <c r="B407" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C407" t="s">
-        <v>764</v>
+        <v>905</v>
       </c>
       <c r="D407" t="s">
         <v>10</v>
       </c>
       <c r="E407" t="s">
         <v>11</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="G407" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="B408" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C408" t="s">
-        <v>766</v>
+        <v>909</v>
       </c>
       <c r="D408" t="s">
         <v>10</v>
       </c>
       <c r="E408" t="s">
         <v>11</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="G408" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="B409" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C409" t="s">
-        <v>768</v>
+        <v>912</v>
       </c>
       <c r="D409" t="s">
         <v>10</v>
       </c>
       <c r="E409" t="s">
         <v>11</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="G409" t="s">
-        <v>1232</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
       <c r="B410" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C410" t="s">
-        <v>773</v>
+        <v>918</v>
       </c>
       <c r="D410" t="s">
         <v>10</v>
       </c>
       <c r="E410" t="s">
         <v>11</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="G410" t="s">
-        <v>1235</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="B411" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C411" t="s">
-        <v>771</v>
+        <v>921</v>
       </c>
       <c r="D411" t="s">
         <v>10</v>
       </c>
       <c r="E411" t="s">
         <v>11</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="G411" t="s">
-        <v>116</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="B412" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C412" t="s">
-        <v>779</v>
+        <v>924</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412" t="s">
         <v>11</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>1239</v>
+        <v>1247</v>
       </c>
       <c r="G412" t="s">
-        <v>1240</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="B413" t="s">
-        <v>1224</v>
+        <v>1161</v>
       </c>
       <c r="C413" t="s">
-        <v>783</v>
+        <v>927</v>
       </c>
       <c r="D413" t="s">
         <v>10</v>
       </c>
       <c r="E413" t="s">
         <v>11</v>
       </c>
       <c r="F413" s="1" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
       <c r="G413" t="s">
-        <v>1243</v>
+        <v>210</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="B414" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C414" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="D414" t="s">
         <v>10</v>
       </c>
       <c r="E414" t="s">
         <v>11</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>1245</v>
+        <v>1253</v>
       </c>
       <c r="G414" t="s">
-        <v>1246</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
-        <v>1247</v>
+        <v>1255</v>
       </c>
       <c r="B415" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C415" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="D415" t="s">
         <v>10</v>
       </c>
       <c r="E415" t="s">
         <v>11</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>1248</v>
+        <v>1256</v>
       </c>
       <c r="G415" t="s">
-        <v>1249</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
-        <v>1250</v>
+        <v>1258</v>
       </c>
       <c r="B416" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C416" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D416" t="s">
         <v>10</v>
       </c>
       <c r="E416" t="s">
         <v>11</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>1251</v>
+        <v>1259</v>
       </c>
       <c r="G416" t="s">
-        <v>1062</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B417" t="s">
         <v>1252</v>
       </c>
-      <c r="B417" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C417" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>1253</v>
+        <v>1262</v>
       </c>
       <c r="G417" t="s">
-        <v>1254</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
-        <v>1255</v>
+        <v>1264</v>
       </c>
       <c r="B418" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C418" t="s">
         <v>799</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>1256</v>
+        <v>1265</v>
       </c>
       <c r="G418" t="s">
-        <v>1062</v>
+        <v>144</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
-        <v>1257</v>
+        <v>1266</v>
       </c>
       <c r="B419" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C419" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>1258</v>
+        <v>1267</v>
       </c>
       <c r="G419" t="s">
-        <v>1259</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
-        <v>1260</v>
+        <v>1269</v>
       </c>
       <c r="B420" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C420" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>1261</v>
+        <v>1270</v>
       </c>
       <c r="G420" t="s">
-        <v>1262</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
-        <v>1263</v>
+        <v>1272</v>
       </c>
       <c r="B421" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C421" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="G421" t="s">
-        <v>1232</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
-        <v>1265</v>
+        <v>1275</v>
       </c>
       <c r="B422" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C422" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D422" t="s">
         <v>10</v>
       </c>
       <c r="E422" t="s">
         <v>11</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>1266</v>
+        <v>1276</v>
       </c>
       <c r="G422" t="s">
-        <v>1267</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
-        <v>1268</v>
+        <v>1278</v>
       </c>
       <c r="B423" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C423" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="D423" t="s">
         <v>10</v>
       </c>
       <c r="E423" t="s">
         <v>11</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>1269</v>
+        <v>1279</v>
       </c>
       <c r="G423" t="s">
-        <v>1246</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
-        <v>1270</v>
+        <v>1280</v>
       </c>
       <c r="B424" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C424" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424" t="s">
         <v>11</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>1271</v>
+        <v>1281</v>
       </c>
       <c r="G424" t="s">
-        <v>1272</v>
+        <v>1282</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
-        <v>1273</v>
+        <v>1283</v>
       </c>
       <c r="B425" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C425" t="s">
-        <v>776</v>
+        <v>827</v>
       </c>
       <c r="D425" t="s">
         <v>10</v>
       </c>
       <c r="E425" t="s">
         <v>11</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1274</v>
+        <v>1284</v>
       </c>
       <c r="G425" t="s">
-        <v>1275</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="B426" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C426" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="D426" t="s">
         <v>10</v>
       </c>
       <c r="E426" t="s">
         <v>11</v>
       </c>
       <c r="F426" s="1" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="G426" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="B427" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C427" t="s">
-        <v>824</v>
+        <v>833</v>
       </c>
       <c r="D427" t="s">
         <v>10</v>
       </c>
       <c r="E427" t="s">
         <v>11</v>
       </c>
       <c r="F427" s="1" t="s">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="G427" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="B428" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C428" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="D428" t="s">
         <v>10</v>
       </c>
       <c r="E428" t="s">
         <v>11</v>
       </c>
       <c r="F428" s="1" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="G428" t="s">
-        <v>1284</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
       <c r="B429" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C429" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="D429" t="s">
         <v>10</v>
       </c>
       <c r="E429" t="s">
         <v>11</v>
       </c>
       <c r="F429" s="1" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="G429" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="B430" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C430" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430" t="s">
         <v>11</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="G430" t="s">
-        <v>1062</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="B431" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C431" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="D431" t="s">
         <v>10</v>
       </c>
       <c r="E431" t="s">
         <v>11</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="G431" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="B432" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C432" t="s">
-        <v>840</v>
+        <v>804</v>
       </c>
       <c r="D432" t="s">
         <v>10</v>
       </c>
       <c r="E432" t="s">
         <v>11</v>
       </c>
       <c r="F432" s="1" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="G432" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="B433" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C433" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="D433" t="s">
         <v>10</v>
       </c>
       <c r="E433" t="s">
         <v>11</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="G433" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="B434" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C434" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="D434" t="s">
         <v>10</v>
       </c>
       <c r="E434" t="s">
         <v>11</v>
       </c>
       <c r="F434" s="1" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="G434" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="B435" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C435" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D435" t="s">
         <v>10</v>
       </c>
       <c r="E435" t="s">
         <v>11</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="G435" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="B436" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C436" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436" t="s">
         <v>11</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>1306</v>
+        <v>1314</v>
       </c>
       <c r="G436" t="s">
-        <v>1307</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
-        <v>1308</v>
+        <v>1316</v>
       </c>
       <c r="B437" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C437" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="D437" t="s">
         <v>10</v>
       </c>
       <c r="E437" t="s">
         <v>11</v>
       </c>
       <c r="F437" s="1" t="s">
-        <v>1309</v>
+        <v>1317</v>
       </c>
       <c r="G437" t="s">
-        <v>33</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="B438" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C438" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="D438" t="s">
         <v>10</v>
       </c>
       <c r="E438" t="s">
         <v>11</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="G438" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="B439" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C439" t="s">
-        <v>1097</v>
+        <v>868</v>
       </c>
       <c r="D439" t="s">
         <v>10</v>
       </c>
       <c r="E439" t="s">
         <v>11</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="G439" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
-        <v>1316</v>
+        <v>1324</v>
       </c>
       <c r="B440" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C440" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="D440" t="s">
         <v>10</v>
       </c>
       <c r="E440" t="s">
         <v>11</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="G440" t="s">
-        <v>1246</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
-        <v>1318</v>
+        <v>1327</v>
       </c>
       <c r="B441" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C441" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="D441" t="s">
         <v>10</v>
       </c>
       <c r="E441" t="s">
         <v>11</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>1319</v>
+        <v>1328</v>
       </c>
       <c r="G441" t="s">
-        <v>1062</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
-        <v>1320</v>
+        <v>1330</v>
       </c>
       <c r="B442" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C442" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442" t="s">
         <v>11</v>
       </c>
       <c r="F442" s="1" t="s">
-        <v>1321</v>
+        <v>1331</v>
       </c>
       <c r="G442" t="s">
-        <v>1259</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
-        <v>1322</v>
+        <v>1333</v>
       </c>
       <c r="B443" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C443" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="D443" t="s">
         <v>10</v>
       </c>
       <c r="E443" t="s">
         <v>11</v>
       </c>
       <c r="F443" s="1" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="G443" t="s">
-        <v>1324</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
-        <v>1325</v>
+        <v>1336</v>
       </c>
       <c r="B444" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C444" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D444" t="s">
         <v>10</v>
       </c>
       <c r="E444" t="s">
         <v>11</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>1326</v>
+        <v>1337</v>
       </c>
       <c r="G444" t="s">
-        <v>1232</v>
+        <v>61</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
-        <v>1327</v>
+        <v>1338</v>
       </c>
       <c r="B445" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C445" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>1328</v>
+        <v>1339</v>
       </c>
       <c r="G445" t="s">
-        <v>1329</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1330</v>
+        <v>1341</v>
       </c>
       <c r="B446" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C446" t="s">
-        <v>884</v>
+        <v>1125</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1331</v>
+        <v>1342</v>
       </c>
       <c r="G446" t="s">
-        <v>1332</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1333</v>
+        <v>1344</v>
       </c>
       <c r="B447" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C447" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1334</v>
+        <v>1345</v>
       </c>
       <c r="G447" t="s">
-        <v>1062</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1335</v>
+        <v>1346</v>
       </c>
       <c r="B448" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C448" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1336</v>
+        <v>1347</v>
       </c>
       <c r="G448" t="s">
-        <v>1295</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1337</v>
+        <v>1348</v>
       </c>
       <c r="B449" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C449" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1338</v>
+        <v>1349</v>
       </c>
       <c r="G449" t="s">
-        <v>1339</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
-        <v>1340</v>
+        <v>1350</v>
       </c>
       <c r="B450" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C450" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
-        <v>1341</v>
+        <v>1351</v>
       </c>
       <c r="G450" t="s">
-        <v>1204</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="B451" t="s">
-        <v>1224</v>
+        <v>1252</v>
       </c>
       <c r="C451" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D451" t="s">
         <v>10</v>
       </c>
       <c r="E451" t="s">
         <v>11</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>1343</v>
+        <v>1354</v>
       </c>
       <c r="G451" t="s">
-        <v>1344</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="B452" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C452" t="s">
-        <v>818</v>
+        <v>909</v>
       </c>
       <c r="D452" t="s">
         <v>10</v>
       </c>
       <c r="E452" t="s">
         <v>11</v>
       </c>
       <c r="F452" s="1" t="s">
-        <v>1347</v>
+        <v>1356</v>
       </c>
       <c r="G452" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
-        <v>1348</v>
+        <v>1358</v>
       </c>
       <c r="B453" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C453" t="s">
-        <v>776</v>
+        <v>912</v>
       </c>
       <c r="D453" t="s">
         <v>10</v>
       </c>
       <c r="E453" t="s">
         <v>11</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>1349</v>
+        <v>1359</v>
       </c>
       <c r="G453" t="s">
-        <v>1350</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
-        <v>1351</v>
+        <v>1361</v>
       </c>
       <c r="B454" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C454" t="s">
-        <v>821</v>
+        <v>918</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454" t="s">
         <v>11</v>
       </c>
       <c r="F454" s="1" t="s">
-        <v>1352</v>
+        <v>1362</v>
       </c>
       <c r="G454" t="s">
-        <v>1353</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
-        <v>1354</v>
+        <v>1363</v>
       </c>
       <c r="B455" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C455" t="s">
-        <v>824</v>
+        <v>921</v>
       </c>
       <c r="D455" t="s">
         <v>10</v>
       </c>
       <c r="E455" t="s">
         <v>11</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>1355</v>
+        <v>1364</v>
       </c>
       <c r="G455" t="s">
-        <v>1356</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="B456" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C456" t="s">
-        <v>827</v>
+        <v>924</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="G456" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="B457" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C457" t="s">
-        <v>830</v>
+        <v>927</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="G457" t="s">
-        <v>1362</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="B458" t="s">
-        <v>1346</v>
+        <v>1252</v>
       </c>
       <c r="C458" t="s">
-        <v>833</v>
+        <v>930</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="G458" t="s">
-        <v>1344</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="B459" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C459" t="s">
-        <v>837</v>
+        <v>846</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>11</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="G459" t="s">
-        <v>1367</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="B460" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C460" t="s">
-        <v>840</v>
+        <v>804</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="G460" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="B461" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C461" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="G461" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B462" t="s">
         <v>1374</v>
       </c>
-      <c r="B462" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C462" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="G462" t="s">
-        <v>1204</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
-        <v>1376</v>
+        <v>1385</v>
       </c>
       <c r="B463" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C463" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="D463" t="s">
         <v>10</v>
       </c>
       <c r="E463" t="s">
         <v>11</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>1377</v>
+        <v>1386</v>
       </c>
       <c r="G463" t="s">
-        <v>1378</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
-        <v>1379</v>
+        <v>1388</v>
       </c>
       <c r="B464" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C464" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D464" t="s">
         <v>10</v>
       </c>
       <c r="E464" t="s">
         <v>11</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>1380</v>
+        <v>1389</v>
       </c>
       <c r="G464" t="s">
-        <v>1381</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
-        <v>1382</v>
+        <v>1391</v>
       </c>
       <c r="B465" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C465" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="D465" t="s">
         <v>10</v>
       </c>
       <c r="E465" t="s">
         <v>11</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>1383</v>
+        <v>1392</v>
       </c>
       <c r="G465" t="s">
-        <v>1384</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
-        <v>1385</v>
+        <v>1393</v>
       </c>
       <c r="B466" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C466" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="G466" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
-        <v>1388</v>
+        <v>1396</v>
       </c>
       <c r="B467" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C467" t="s">
-        <v>1097</v>
+        <v>868</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>1389</v>
+        <v>1397</v>
       </c>
       <c r="G467" t="s">
-        <v>1344</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="B468" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C468" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="G468" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="B469" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C469" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
-        <v>1394</v>
+        <v>1403</v>
       </c>
       <c r="G469" t="s">
-        <v>1395</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
       <c r="B470" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C470" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="D470" t="s">
         <v>10</v>
       </c>
       <c r="E470" t="s">
         <v>11</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1397</v>
+        <v>1405</v>
       </c>
       <c r="G470" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="B471" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C471" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="D471" t="s">
         <v>10</v>
       </c>
       <c r="E471" t="s">
         <v>11</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
       <c r="G471" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="B472" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C472" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="G472" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="B473" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C473" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="G473" t="s">
-        <v>1344</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
-        <v>1407</v>
+        <v>1416</v>
       </c>
       <c r="B474" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C474" t="s">
-        <v>884</v>
+        <v>1125</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>1408</v>
+        <v>1417</v>
       </c>
       <c r="G474" t="s">
-        <v>1409</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="B475" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C475" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="G475" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="B476" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C476" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="G476" t="s">
-        <v>1344</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
-        <v>1415</v>
+        <v>1424</v>
       </c>
       <c r="B477" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C477" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D477" t="s">
         <v>10</v>
       </c>
       <c r="E477" t="s">
         <v>11</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>1416</v>
+        <v>1425</v>
       </c>
       <c r="G477" t="s">
-        <v>1417</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
-        <v>1418</v>
+        <v>1427</v>
       </c>
       <c r="B478" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C478" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>1419</v>
+        <v>1428</v>
       </c>
       <c r="G478" t="s">
-        <v>1344</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
-        <v>1420</v>
+        <v>1430</v>
       </c>
       <c r="B479" t="s">
-        <v>1346</v>
+        <v>1374</v>
       </c>
       <c r="C479" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
-        <v>1421</v>
+        <v>1431</v>
       </c>
       <c r="G479" t="s">
-        <v>1422</v>
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="480" spans="1:7">
+      <c r="A480" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C480" t="s">
+        <v>909</v>
+      </c>
+      <c r="D480" t="s">
+        <v>10</v>
+      </c>
+      <c r="E480" t="s">
+        <v>11</v>
+      </c>
+      <c r="F480" s="1" t="s">
+        <v>1434</v>
+      </c>
+      <c r="G480" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="481" spans="1:7">
+      <c r="A481" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C481" t="s">
+        <v>912</v>
+      </c>
+      <c r="D481" t="s">
+        <v>10</v>
+      </c>
+      <c r="E481" t="s">
+        <v>11</v>
+      </c>
+      <c r="F481" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="G481" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="482" spans="1:7">
+      <c r="A482" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C482" t="s">
+        <v>918</v>
+      </c>
+      <c r="D482" t="s">
+        <v>10</v>
+      </c>
+      <c r="E482" t="s">
+        <v>11</v>
+      </c>
+      <c r="F482" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="G482" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="483" spans="1:7">
+      <c r="A483" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C483" t="s">
+        <v>921</v>
+      </c>
+      <c r="D483" t="s">
+        <v>10</v>
+      </c>
+      <c r="E483" t="s">
+        <v>11</v>
+      </c>
+      <c r="F483" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="G483" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="484" spans="1:7">
+      <c r="A484" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C484" t="s">
+        <v>924</v>
+      </c>
+      <c r="D484" t="s">
+        <v>10</v>
+      </c>
+      <c r="E484" t="s">
+        <v>11</v>
+      </c>
+      <c r="F484" s="1" t="s">
+        <v>1444</v>
+      </c>
+      <c r="G484" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="485" spans="1:7">
+      <c r="A485" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B485" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C485" t="s">
+        <v>927</v>
+      </c>
+      <c r="D485" t="s">
+        <v>10</v>
+      </c>
+      <c r="E485" t="s">
+        <v>11</v>
+      </c>
+      <c r="F485" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="G485" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="486" spans="1:7">
+      <c r="A486" t="s">
+        <v>1448</v>
+      </c>
+      <c r="B486" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C486" t="s">
+        <v>930</v>
+      </c>
+      <c r="D486" t="s">
+        <v>10</v>
+      </c>
+      <c r="E486" t="s">
+        <v>11</v>
+      </c>
+      <c r="F486" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="G486" t="s">
+        <v>1450</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -16166,50 +16411,57 @@
     <hyperlink ref="F455" r:id="rId454"/>
     <hyperlink ref="F456" r:id="rId455"/>
     <hyperlink ref="F457" r:id="rId456"/>
     <hyperlink ref="F458" r:id="rId457"/>
     <hyperlink ref="F459" r:id="rId458"/>
     <hyperlink ref="F460" r:id="rId459"/>
     <hyperlink ref="F461" r:id="rId460"/>
     <hyperlink ref="F462" r:id="rId461"/>
     <hyperlink ref="F463" r:id="rId462"/>
     <hyperlink ref="F464" r:id="rId463"/>
     <hyperlink ref="F465" r:id="rId464"/>
     <hyperlink ref="F466" r:id="rId465"/>
     <hyperlink ref="F467" r:id="rId466"/>
     <hyperlink ref="F468" r:id="rId467"/>
     <hyperlink ref="F469" r:id="rId468"/>
     <hyperlink ref="F470" r:id="rId469"/>
     <hyperlink ref="F471" r:id="rId470"/>
     <hyperlink ref="F472" r:id="rId471"/>
     <hyperlink ref="F473" r:id="rId472"/>
     <hyperlink ref="F474" r:id="rId473"/>
     <hyperlink ref="F475" r:id="rId474"/>
     <hyperlink ref="F476" r:id="rId475"/>
     <hyperlink ref="F477" r:id="rId476"/>
     <hyperlink ref="F478" r:id="rId477"/>
     <hyperlink ref="F479" r:id="rId478"/>
+    <hyperlink ref="F480" r:id="rId479"/>
+    <hyperlink ref="F481" r:id="rId480"/>
+    <hyperlink ref="F482" r:id="rId481"/>
+    <hyperlink ref="F483" r:id="rId482"/>
+    <hyperlink ref="F484" r:id="rId483"/>
+    <hyperlink ref="F485" r:id="rId484"/>
+    <hyperlink ref="F486" r:id="rId485"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>