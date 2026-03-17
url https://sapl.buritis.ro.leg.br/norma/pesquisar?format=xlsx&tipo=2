--- v0 (2025-12-11)
+++ v1 (2026-03-17)
@@ -10,443 +10,482 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="210" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="145">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2620</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2620/projeto_de_lei_complementar_no_022-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei complementar nº 003/2016 regulamentado órgão de Trânsito, concede auxilio fardamento anual e dá outras Providências".</t>
+  </si>
+  <si>
+    <t>2619</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2619/projeto_de_lei_complementar_no_021-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Complementar no 003/2016 regulamentando órgão de trânsito, concede auxílio fardamento anual e dá outras providências'"</t>
+  </si>
+  <si>
+    <t>2628</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2628/lei_complementar_no_032-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera o artigo 48 da Lei Complementar Municipal nº 003/2016 e dá outras Providências".</t>
+  </si>
+  <si>
+    <t>2627</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2627/lei_complementar_no_031-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera o artigo 2º da Lei Complementar nº 25/2025, e dá outras providências".</t>
+  </si>
+  <si>
+    <t>2591</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2591/lei_complementar_no_30-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Acrescenta o paragrafo único no artigo 2° da Lei complementar nº 29/2025 e dá outras providências".</t>
+  </si>
+  <si>
+    <t>2543</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2543/lei_complementar_no_29-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Complementar nº 003/2016 acrescendo cargos e extinguindo cargos e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2542</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2542/lei_complementar_no_28-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Altera a Lei Complementar nº 003/2016 e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2541</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2541/lei_complementar_no_27-2025.pdf</t>
+  </si>
+  <si>
     <t>2433</t>
   </si>
   <si>
-    <t>2025</t>
-[...1 lines deleted...]
-  <si>
     <t>26</t>
   </si>
   <si>
-    <t>LC</t>
-[...5 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2433/lei_complementar_no_26-2025.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2433/lei_complementar_no_26-2025.pdf</t>
   </si>
   <si>
     <t>"Altera a lei Complementar nº 003/2016 acrescentando cargos e extinguindo cargos e dá outras providências".</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2430/lei_complementar_no_25-2025.pdf</t>
-[...50 lines deleted...]
-    <t>"Institui data comemorativa em Buritis-RO, no dia 18 de junho como dia dos evangélicos."</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2430/lei_complementar_no_25-2025.pdf</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2179/lei_complementar__no_023-2024_-.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2179/lei_complementar__no_023-2024_-.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre alterações na Lei Complementar n°22, de 22 de dezembro de 2023, que trata da Previdência Social dos Servidores Públicos do Município de Buritis/RO".</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/691/lei_complementar_no_022-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/691/lei_complementar_no_022-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a Reforma da Previdência Social dos Servidores Públicos do Município de Buritis/RO, consolida a legislação previdenciária do Regime Próprio de Previdência - RPPS, e dá outras providências".</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/618/lei_complementar_no_021-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/618/lei_complementar_no_021-2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Nº 003/2016 alterando a nomeclatura dos cargos em virtude do Programa Bolsa Família e dá outras providências</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/358/lei_complementar_no_020-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/358/lei_complementar_no_020-2023.pdf</t>
   </si>
   <si>
     <t>"Altera artigos da Lei Complementar n. 003/2016 criando Nova Estrutura da Superintendência de Licitações e Contratos, e dá outras providências".</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/229/lei_complementar_no_019-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/229/lei_complementar_no_019-2023.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre nova redação aos incisos III do artigo 20 e inciso III do artigo 22 e acrescenta o inciso IV no artigo 33 § 2º da Lei Complementar nº 18/2023 e dá outras providências".</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/228/lei_complementar_no_018-2023.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/228/lei_complementar_no_018-2023.pdf</t>
   </si>
   <si>
     <t>"Institui a Reforma da Previdência no Regime Próprio de Previdência Social dos Servidores Públicos do Município de Buritis - RO, consolidando a legislação previdenciária, conforme dispõe o artigo 86 da Lei Orgânica do Município, adequando-se a Emenda Constitucional nº 103/2019 e dá outras providências".</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_no_017-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_no_017-2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO X NO ARTIGO 29 E ALTERA O ARTIGO 45 DA LEI COMPLEMENTAR N. 011/2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/243/lei_complementar_no_016-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/243/lei_complementar_no_016-2022.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ARTIGO 7-A NA LEI COMPLEMENTAR N° 15/2022 QUE INSTITUI NO ÂMBITO DO MUNICÍPIO DE BURITIS A ASSISTÊNCIA SOCIAL AOS SERVIDORES PÚBICOS MUNICIPAIS, PARA COBERTURA DOS AUXÍLIOS TEMPORÁRIOS NOS TERMOS DO ARTIGO 86 DA LEI ORGÂNICA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/244/lei_complementar_no_015-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/244/lei_complementar_no_015-2022.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE BURITIS A ASSISTÊNCIA SOCIAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, PARA COBERTURA DOS AUXÍLIOS TEMPORÁRIOS NOS TERMOS DO ARTIGO 86 DA LEI ORGÂNICA DO MUNICÍPIO ADEQUANDO A DA EMENDA CONSTITUCIONAL 103/2019 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/245/lei_complementar_no_014-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/245/lei_complementar_no_014-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADEQUAÇÃO DAS ATRIBUIÇÕES DO CARGO DE COORDENADOR DE GESTÃO DE CONTRATO E PROCEDIMENTOS JUDICIAIS E EXTRAJUDICIAIS DO ART. 100 DA LEI COMPLEMENTAR N° 003/2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/246/lei_complementar_no_013-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/246/lei_complementar_no_013-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CONSELHO MUNICIPAL DO MEIO AMBIENTE - COMMA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/247/lei_complementar_no_012-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/247/lei_complementar_no_012-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 84 E 85 DA LEI COMPLEMENTAR N. 003/2016 REFERENTE AOS CARGOS DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E SUSTENTABILIDADE - SEMMAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/248/lei_complementar_no_011-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/248/lei_complementar_no_011-2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS PROCEDIMENTOS DE LICENCIAMENTO, CERTIDÃO E AUTORIZAÇÃO AMBIENTAL, A SEREM REALIZADOS PELA SECRETARIA MUNICIPAL DE MEIO AMBIENTE E SUSTENTABILIDADE DE BURITIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/249/lei_complementar_no_010-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/249/lei_complementar_no_010-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA ARTIGOS DA LEI COMPLEMENTAR N. 003/2016 PARA CRIAÇÃO DOS CARGOS DE PROCURADOR GERAL ADJUNTO, COORDENADOR DE GESTÃO EM CONTRATOS E CONVÊNIOS DA SAÚDE, E COORDENADOR OPERACIONAL E MANUTENÇÃO DAS ESCOLAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/250/lei_complementar_no_009-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/250/lei_complementar_no_009-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 61 DA LEI COMPLEMENTAR N. 003/2016 REFERENTE AO CARGO DE CONTADOR GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/251/lei_complementar_no_008-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/251/lei_complementar_no_008-2022.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI 1638 DE 10 DE JANEIRO DE 2022, INSTITUI REMUNERAÇÃO DOS CARGOS DE CONSELHEIROS TUTELARES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/252/lei_complementar_no_007-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/252/lei_complementar_no_007-2022.pdf</t>
   </si>
   <si>
     <t>ALTERA O QUADRO II DO ARTIGO 43 DA LEI COMPLEMENTAR N. 003/2016 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/253/lei_complementar_no_006-2022.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/253/lei_complementar_no_006-2022.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ADEQUAÇÃO A LEI COMPLEMENTAR 003/2016 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_no_005-2021.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_no_005-2021.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME DE PREVIDÊNCIA COMPLEMENTAR NO ÂMBITO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE BURITIS E SUAS AUTARQUIA, FUNDAÇÕES E EMPRESAS PÚBLICAS; FIXA O LIMITE MÁXIMO PARA A CONCESSÃO DE APOSENTADORIAS E PENSÕES PELO REGIME DE PREVIDÊNCIA DE QUE TRATA O ART. 40 DA CONSTITUIÇÃO FEDERAL; AUTORIZA A ADESÃO A PLANO DE BENEFÍCIOS DE PREVIDÊNCIA COMPLEMENTAR; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/255/lei_complementar_no_004-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/255/lei_complementar_no_004-2019.pdf</t>
   </si>
   <si>
     <t>APROVA A REVISÃO DO PLANO DIRETOR PARTICIPATIVO DE BURITIS, REVOGA A LEI 409/2008 E DA OUTRA PROVIDÊNCIA</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1187/lei_no_1401-2019.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1187/lei_no_1401-2019.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a firmar acordo em processo judicial de nº 7007867-43.2019.0021 para pagamento de forma mais vantajosa a Administração Pública e dá outras providências".</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2016/256/lei_complementar_no__003-2016-otimizado_1.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2016/256/lei_complementar_no__003-2016-otimizado_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, LEI COMPLEMENTAR QUE CONTEMPLA A REFORMA ADMINISTRATIVA E ESTRUTURAL DANDO NOVA FORMATAÇÃO A ESTRUTURA E AOS CARGOS COMISSIONADOS E FUNÇÕES GRATIFICADAS E CARGOS DE CHEFIA E COORDENAÇÃO, DIREÇÃO E ASSESSORAMENTO NOS TERMOS CONSTITUCIONAIS E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2013/257/lei_complementar_no002-2013.pdf</t>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2013/257/lei_complementar_no002-2013.pdf</t>
   </si>
   <si>
     <t>Regulamenta os Art. 107,  § 5º, IV e  § 9º; Art. 57, XVI; Art. 109,  § 1º III e 108-A,  § 1º e  § 2º, todos da Lei Orgânica do Município de Buritis/RO e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -753,66 +792,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2433/lei_complementar_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2430/lei_complementar_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2400/lei_no_2198-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2399/lei_no_2197-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2394/lei_no_2192-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2387/lei_no_2188-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2179/lei_complementar__no_023-2024_-.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/691/lei_complementar_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/618/lei_complementar_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/358/lei_complementar_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/229/lei_complementar_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/228/lei_complementar_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/243/lei_complementar_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/244/lei_complementar_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/245/lei_complementar_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/246/lei_complementar_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/247/lei_complementar_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/248/lei_complementar_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/249/lei_complementar_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/250/lei_complementar_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/251/lei_complementar_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/252/lei_complementar_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/253/lei_complementar_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/255/lei_complementar_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1187/lei_no_1401-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2016/256/lei_complementar_no__003-2016-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2013/257/lei_complementar_no002-2013.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2620/projeto_de_lei_complementar_no_022-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2619/projeto_de_lei_complementar_no_021-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2628/lei_complementar_no_032-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2627/lei_complementar_no_031-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2591/lei_complementar_no_30-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2543/lei_complementar_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2542/lei_complementar_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2541/lei_complementar_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2433/lei_complementar_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2430/lei_complementar_no_25-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2179/lei_complementar__no_023-2024_-.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/691/lei_complementar_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/618/lei_complementar_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/358/lei_complementar_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/229/lei_complementar_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/228/lei_complementar_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/242/lei_complementar_no_017-2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/243/lei_complementar_no_016-2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/244/lei_complementar_no_015-2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/245/lei_complementar_no_014-2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/246/lei_complementar_no_013-2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/247/lei_complementar_no_012-2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/248/lei_complementar_no_011-2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/249/lei_complementar_no_010-2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/250/lei_complementar_no_009-2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/251/lei_complementar_no_008-2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/252/lei_complementar_no_007-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/253/lei_complementar_no_006-2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/254/lei_complementar_no_005-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/255/lei_complementar_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1187/lei_no_1401-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2016/256/lei_complementar_no__003-2016-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2013/257/lei_complementar_no002-2013.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G30"/>
+  <dimension ref="A1:G34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="110.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="109.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -915,628 +954,724 @@
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
         <v>27</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
         <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>36</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F9" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="D9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G9" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" t="s">
+        <v>10</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="G10" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" t="s">
+        <v>10</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G11" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" t="s">
+        <v>10</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="G12" t="s">
         <v>53</v>
-      </c>
-[...10 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="G13" t="s">
         <v>57</v>
-      </c>
-[...10 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="G14" t="s">
         <v>60</v>
-      </c>
-[...16 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="G15" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C16" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="G17" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
+        <v>73</v>
+      </c>
+      <c r="B18" t="s">
+        <v>74</v>
+      </c>
+      <c r="C18" t="s">
+        <v>75</v>
+      </c>
+      <c r="D18" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G18" t="s">
         <v>77</v>
-      </c>
-[...16 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B19" t="s">
+        <v>74</v>
+      </c>
+      <c r="C19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D19" t="s">
+        <v>10</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="G19" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>82</v>
+      </c>
+      <c r="B20" t="s">
+        <v>74</v>
+      </c>
+      <c r="C20" t="s">
+        <v>83</v>
+      </c>
+      <c r="D20" t="s">
+        <v>10</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>84</v>
+      </c>
+      <c r="G20" t="s">
         <v>85</v>
-      </c>
-[...16 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" t="s">
+        <v>74</v>
+      </c>
+      <c r="C21" t="s">
+        <v>87</v>
+      </c>
+      <c r="D21" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G21" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>90</v>
+      </c>
+      <c r="B22" t="s">
+        <v>74</v>
+      </c>
+      <c r="C22" t="s">
+        <v>91</v>
+      </c>
+      <c r="D22" t="s">
+        <v>10</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="G22" t="s">
         <v>93</v>
-      </c>
-[...16 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>74</v>
+      </c>
+      <c r="C23" t="s">
+        <v>95</v>
+      </c>
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G23" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>74</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G24" t="s">
         <v>101</v>
-      </c>
-[...16 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" t="s">
+        <v>103</v>
+      </c>
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>74</v>
+      </c>
+      <c r="C26" t="s">
+        <v>107</v>
+      </c>
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G26" t="s">
         <v>109</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
-        <v>115</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
         <v>10</v>
       </c>
       <c r="E27" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G27" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
+        <v>74</v>
+      </c>
+      <c r="C28" t="s">
         <v>115</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="G28" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
-        <v>123</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="G29" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
+        <v>122</v>
+      </c>
+      <c r="B30" t="s">
+        <v>123</v>
+      </c>
+      <c r="C30" t="s">
+        <v>124</v>
+      </c>
+      <c r="D30" t="s">
+        <v>10</v>
+      </c>
+      <c r="E30" t="s">
+        <v>11</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="G30" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7">
+      <c r="A31" t="s">
         <v>127</v>
       </c>
-      <c r="B30" t="s">
+      <c r="B31" t="s">
         <v>128</v>
       </c>
-      <c r="C30" t="s">
+      <c r="C31" t="s">
         <v>129</v>
       </c>
-      <c r="D30" t="s">
-[...5 lines deleted...]
-      <c r="F30" s="1" t="s">
+      <c r="D31" t="s">
+        <v>10</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" s="1" t="s">
         <v>130</v>
       </c>
-      <c r="G30" t="s">
+      <c r="G31" t="s">
         <v>131</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7">
+      <c r="A32" t="s">
+        <v>132</v>
+      </c>
+      <c r="B32" t="s">
+        <v>128</v>
+      </c>
+      <c r="C32" t="s">
+        <v>124</v>
+      </c>
+      <c r="D32" t="s">
+        <v>10</v>
+      </c>
+      <c r="E32" t="s">
+        <v>11</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="G32" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7">
+      <c r="A33" t="s">
+        <v>135</v>
+      </c>
+      <c r="B33" t="s">
+        <v>136</v>
+      </c>
+      <c r="C33" t="s">
+        <v>137</v>
+      </c>
+      <c r="D33" t="s">
+        <v>10</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="G33" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7">
+      <c r="A34" t="s">
+        <v>140</v>
+      </c>
+      <c r="B34" t="s">
+        <v>141</v>
+      </c>
+      <c r="C34" t="s">
+        <v>142</v>
+      </c>
+      <c r="D34" t="s">
+        <v>10</v>
+      </c>
+      <c r="E34" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G34" t="s">
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
     <hyperlink ref="F23" r:id="rId22"/>
     <hyperlink ref="F24" r:id="rId23"/>
     <hyperlink ref="F25" r:id="rId24"/>
     <hyperlink ref="F26" r:id="rId25"/>
     <hyperlink ref="F27" r:id="rId26"/>
     <hyperlink ref="F28" r:id="rId27"/>
     <hyperlink ref="F29" r:id="rId28"/>
     <hyperlink ref="F30" r:id="rId29"/>
+    <hyperlink ref="F31" r:id="rId30"/>
+    <hyperlink ref="F32" r:id="rId31"/>
+    <hyperlink ref="F33" r:id="rId32"/>
+    <hyperlink ref="F34" r:id="rId33"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>