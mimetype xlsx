--- v1 (2026-03-12)
+++ v2 (2026-03-17)
@@ -10,88 +10,148 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8379" uniqueCount="4185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8414" uniqueCount="4203">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Sigla</t>
   </si>
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2626</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>2306</t>
+  </si>
+  <si>
+    <t>LO</t>
+  </si>
+  <si>
+    <t>Lei Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2626/lei_no_2306-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera as Leis Municipais Nº 1942/2023 e 1943/2023."</t>
+  </si>
+  <si>
+    <t>2625</t>
+  </si>
+  <si>
+    <t>2305</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2625/lei_no_2305-2026_.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a filiação da Câmara Municipal de Vereadores de Buritis-RO. Á união de Câmaras e vereadores de Rondônia - UCAVER."</t>
+  </si>
+  <si>
+    <t>2624</t>
+  </si>
+  <si>
+    <t>2304</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2624/lei_no_2304-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Altera os artis. 7º 12 e 13 da Lei Municipal nº 870/2014, Cria Cargos, altera seu Anexo I e dá Outras providências".</t>
+  </si>
+  <si>
+    <t>2623</t>
+  </si>
+  <si>
+    <t>2303</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2623/lei_no_2303-2026.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo Municipal a promover acordo Judicial e Dá Outras Providências. "</t>
+  </si>
+  <si>
+    <t>2622</t>
+  </si>
+  <si>
+    <t>2302</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2622/lei_no_2302-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a possibilidade de conversão da penalidade pecuniária de multas de trânsito de natureza leve, aplicadas pelo município de Buritis Rondônia, em beneficio concedido ao doador voluntário e efetivo de sangue e/ ou de medula óssea.</t>
+  </si>
+  <si>
     <t>2616</t>
   </si>
   <si>
-    <t>2026</t>
-[...1 lines deleted...]
-  <si>
     <t>2301</t>
   </si>
   <si>
-    <t>LO</t>
-[...4 lines deleted...]
-  <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2616/lei_no_2301-2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a possibilidade de pagamento de gratificação de produtividade aos servidores municipais efetivos pertencentes a secretaria Municipal de obras e serviços públicos, a secretaria municipal de agricultura e a secretaria municipal de meio ambiente e sustentabilidade e dá outras providências. "</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2615/lei_no_2300-2026.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a formação através de programas de residência e educação permanente em saúde no âmbito do sistema de saúde -SUS no município de Buritis."</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2614/lei_no_2299-2026.pdf</t>
@@ -378,77 +438,89 @@
   <si>
     <t>"Autoriza o poder executivo Municipal a prorrogar os contratos dos agentes comunitários de saúde - ACS e dos agentes de combate a endemias - ACE firmados com autorização das Leis Municipais nº 1.515/2021, nº 1.681/2022 e nº 2.110/2024.</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2551/lei_no_2275-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito adicional especial por superávit Financeiro no Orçamento vigente e dá outras providências".</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2547/lei_no_2171-2025_-_publicado.pdf</t>
   </si>
   <si>
-    <t>Dispõe sobre Abertura de Crédito Adicional Especial por Excesso de Arrecadação no Orçamento vigente e dá Outras Providências ".</t>
+    <t>Autoriza o executivo municipal a efetuar a alteração do objeto da emenda impositiva nº 006/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2549/lei_no_2273-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o plano plurianual para o quadriênio 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2548/lei_no_2172-2025_-_publicado_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre arrecadação de Crédito Adicional por Excesso de arrecadação no Orçamento Vigente e dá Outras Providências.</t>
   </si>
   <si>
+    <t>2621</t>
+  </si>
+  <si>
+    <t>2270</t>
+  </si>
+  <si>
+    <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2621/lei_no_2270-2025_-_publicado.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Executivo Municipal a efetuar a alteração da emenda impositiva 004/2024 e dá outras providências".</t>
+  </si>
+  <si>
     <t>2540</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2540/lei_no_2268-2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 2.116/2024 que Estima a Receita e Fixa a Despesa - LOA do Município de Buritis para o Exercício de 2025."</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2550/lei_no_2274-2025.pdf</t>
   </si>
   <si>
     <t>"Estima a receita e fixa a despesa do munícipio de Buritis/RO para o exercício financeiro 2026 - Lei Orçamentária Anual (LOA)".</t>
   </si>
   <si>
     <t>2539</t>
@@ -1230,62 +1302,50 @@
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por Superávit Financeiro no orçamento vigente e dá outras Providências.</t>
   </si>
   <si>
     <t>2405</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2405/lei_no_2200-2025.pdf</t>
   </si>
   <si>
     <t>2404</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2404/lei_no_2199-2025.pdf</t>
   </si>
   <si>
     <t>"Institui no município de Buritis/RO a Política Municipal de saúde na escola".</t>
   </si>
   <si>
-    <t>2399</t>
-[...10 lines deleted...]
-  <si>
     <t>2400</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2400/lei_no_2198-2025.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação de escola pública no município de Buritis".</t>
   </si>
   <si>
     <t>2403</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2403/lei_no_2198-2025_-_publicado.pdf</t>
   </si>
   <si>
     <t>"Altera a denominação de escola pública no município de Buritis -RO".</t>
   </si>
   <si>
     <t>2402</t>
@@ -2073,63 +2133,57 @@
   <si>
     <t>2316</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2316/lei_no_2129-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Abertura de Crédito Adicional Especial por Excesso de Arrecadação e Superavit Financeiro no Orçamento vigente e dá outras providências".</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2312/lei_no_2128-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Abertura de Crédito Adicional Especial por Superavit Financeiro ao Orçamento vigente e dá outras providências".</t>
   </si>
   <si>
-    <t>2305</t>
-[...1 lines deleted...]
-  <si>
     <t>2127</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2305/lei_no_2127-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o valor da Diária Especial de Campo paga aos Agentes Honoríficos Por Serviços Especializados, prevista no ANEXO I da Lei nas Leis Municipais nº 764/2013 e 880/2014, e da outras providências"</t>
-  </si>
-[...1 lines deleted...]
-    <t>2304</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2304/lei_no_2126-2025.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 10 da Lei Municipal nº 1868/2023 que Institui Programa de Estágio para Estudantes de Ensino Médio, Pós-Médio, Superior e Pós Superior no âmbito da Prefeitura Municipal de Buritis e dá outras providências".</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2329/lei_no_2141-2025.pdf</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2287/lei_no_2125-2025.pdf</t>
   </si>
@@ -12945,56 +12999,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2616/lei_no_2301-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2615/lei_no_2300-2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2614/lei_no_2299-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2613/lei_no_2298-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2612/lei_no_2297-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2611/lei_no_2296-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2588/lei_no_2294-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2587/lei_no_2293-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2609/lei_no_2292-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2608/lei_no_2291-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2607/lei_no_2290-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2586/lei_no_2289-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2585/lei_no_2288-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2584/lei_no_2287-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2583/lei_no_2286-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2582/lei_no_2285-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2581/lei_no_2284-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2580/lei_no_2283-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2579/lei_no_2282-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2561/lei_no_2281-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2556/lei_no_2280-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2555/lei_no_2279-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2554/lei_no_2278-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2553/lei_no_2277-2005.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2552/lei_no_2276-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2551/lei_no_2275-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2547/lei_no_2171-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2549/lei_no_2273-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2548/lei_no_2172-2025_-_publicado_2.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2540/lei_no_2268-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2550/lei_no_2274-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2539/lei_no_2267-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2538/lei_no_2266-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2537/lei_no_2265-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2533/lei_no_2263-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2532/lei_no_2262-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2531/lei_no_2261-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2535/lei_no_2260-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2534/lei_no_2259-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2526/lei_no_2258-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2525/lei_no_2257-2025_.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2524/lei_no_2256-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2523/lei_no_2255-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2522/lei_no_2254-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2514/lei_no_2253-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2511/lei_no_2252-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2496/lei_no_2251-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2494/lei_no_2250-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2493/lei_no_2249-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2492/lei_no_2248-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2491/lei_no_2247-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2490/lei_no_2246-2025_.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2489/lei_no_2245-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2488/lei_no_2244-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2487/lei_no_2243-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2486/lei_no_2242-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2475/lei_no_2236-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2480/lei_no_2241-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2479/lei_no_2240-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2478/lei_no_2239-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2477/lei_no_2238-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2476/lei_no_2237-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2474/lei_no_2235-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2471/lei_no_2234-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2470/lei_no_2233-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2468/lei_no_2132-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2467/lei_no_2231-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2466/lei_no_2230-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2465/lei_no_2229-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2464/lei_no_2228-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2459/lei_no_2227-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2458/lei_no_2226-2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2456/lei_no_2225-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2455/lei_no_2224-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2454/lei_no_2223-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2441/lei_no_2222-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2438/lei_no_2221-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2437/lei_no_2220-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2436/lei_no_2219-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2435/lei_no_2218-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2432/lei_no_2217-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2431/lei_no_2216-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2429/lei_no_2215-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2421/lei_no_2214-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2417/lei_no_2207-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2414/lei_no_2213-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2420/lei_no_2212-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2413/lei_no_2211-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2419/lei_no_2210-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2418/lei_no_2209-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2416/lei_no_2206-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2410/lei_no_2205-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2409/lei_no_2204-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2408/lei_no_2203-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2407/lei_no_2202-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2406/lei_no_2201-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2405/lei_no_2200-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2404/lei_no_2199-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2399/lei_no_2197-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2400/lei_no_2198-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2403/lei_no_2198-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2402/lei_no_2197-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2398/lei_no_2196-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2397/lei_no_2195-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2396/lei_no_2194-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2395/lei_no_2193-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2394/lei_no_2192-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2393/lei_no_2191-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2392/lei_no_2190-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2388/lei_no_2189-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2387/lei_no_2188-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2382/lei_no_2187-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2380/lei_no_2186-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2376/lei_no_2185-2025_.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2375/lei_no_2184-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2374/lei_no_2183-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2373/lei_no_2182-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2372/lei_no_2181-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2371/lei_no_2180-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2370/lei_no_2179-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2369/lei_no_2178-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2368/lei_no_2177-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2367/lei_no_2176-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2366/lei_no_2175-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2365/lei_no_2174-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2361/lei_no_2173-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2360/lei_n_2172-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2359/lei_no_2171-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2358/lei_no_2170-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2357/lei_no_2169-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2356/lei_no_2168-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2355/lei_no_2167-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2354/lei_no_2166-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2353/lei_no_2165-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2352/lei_no_2164-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2351/lei_no_2163-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2350/lei_no_2162-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2349/lei_no_2161-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2348/lei_no_2160-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2347/lei_no_2159-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2346/lei_no_2158-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2337/lei_no_2149-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2345/lei_no_2157-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2344/lei_no_2156-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2343/lei_no_2155-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2342/lei_no_2154-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2341/lei_no_2153-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2340/lei_no_2152-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2339/lei_no_2151-2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2338/lei_no_2150-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2336/lei_no_2148-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2335/lei_no_2147-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2334/lei_no_2146-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2331/lei_no_2143-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2333/lei_no_2145-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2330/lei_no_2142-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2328/lei_no_2140-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2327/lei_no_2139-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2326/lei_no_2138-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2325/lei_no_2137-2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2324/lei_no_2136-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2323/lei_no_2135-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2322/lei_no_2134-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2321/lei_no_2133-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2319/lei_no_2132-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2428/lei_no_2208-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2318/lei_no_2131-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2317/lei_no_2130-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2316/lei_no_2129-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2312/lei_no_2128-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2305/lei_no_2127-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2304/lei_no_2126-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2329/lei_no_2141-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2287/lei_no_2125-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2286/lei_no_2124-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2285/lei_no_2123-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2284/lei_no_2122-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2283/lei_no_2121-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2282/lei_no_2120-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2281/lei_no_2119-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2280/lei_no_2118-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2279/lei_no_2117-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2278/lei_no_2116-2024.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2277/lei_no_2115-2024.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2276/lei_no_2114-2024.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2275/lei_no_2113-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2273/lei_no_2112-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2272/lei_no_2111-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2271/lei_no_2110-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2270/lei_no_2109-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2269/lei_no_2108-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2268/lei_no_2107-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2267/lei_no_2106-2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2266/lei_no_2105-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2265/lei_no_2104-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2197/lei_no_2103-2024_-.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2196/lei_no_2102-2024_-.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2195/lei_no_2101-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2190/lei_no_2100-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2189/lei_no_2099-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2188/lei_no_2098-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2186/lei_no_2097-2024_-.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2185/lei_no_2096-2024_-.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2184/lei_no_2095-2024_-.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2183/lei_no_2094-2024_-.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2182/lei_no_2093-2024_-.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2181/lei_no_2092-2024_-.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2180/lei_no_2091-2024_-.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2178/lei_no_2090-2024_-.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2177/lei_no_2089-2024_-.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2173/lei_no_2088-2024_-.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2172/lei_no_2087-2024_-.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2171/lei_no_2086-2024_-.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2170/lei_no_2085-2024_-.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2168/lei_no_2084-2024_-.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2167/lei_no_2083-2024_-.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2166/lei_no_2082-2024_-.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2165/lei_no_2081-2024_-.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2163/lei_no_2080-2024_-.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2162/lei_no_2079-2024_-.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2161/lei_no_2078-2024_-.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2158/lei_no_2077-2024_-.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2157/lei_no_2076-2024_-.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2156/lei_no_2075-2024_-.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2155/lei_no_2074-2024_-.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2154/lei_no_2073-2024_-.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2153/lei_no_2072-2024_-.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2152/lei_no_2071-2024_-.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2151/lei_no_2070-2024_-.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2150/lei_no_2069-2024_-.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2149/lei_no_2068-2024_-.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2145/lei_no_2067-2024_-.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2144/lei_no_2066-2024_-.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2143/lei_no_2065-2024_-.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2141/lei_no_2064-2024_-errata.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2140/lei_no_2063-2024_-.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2139/lei_no_2062-2024_-.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2136/lei_no_2061-2024_-.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2135/lei_no_2060-2024_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2130/lei_no_2059-2024.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2125/lei_no_2058-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2124/lei_no_2057-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2123/lei_no_2056-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2122/lei_no_2055-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2121/lei_no_2054-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2120/lei_no_2053-2024_-.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2119/lei_no_2052-2024_-.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2117/lei_no_2051-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2118/lei_no_2050-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2116/lei_no_2049-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2115/lei_no_2048-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2114/lei_no_2047-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2113/lei_no_2046-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2110/lei_no_2045-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2109/lei_no_2044-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2088/lei_no_2043-2024.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2087/lei_no_2042-2024.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2086/lei_no_2041-2024.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2085/lei_no_2040-2024.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2084/lei_no_2039-2024.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2083/lei_no_2038-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2082/lei_no_2037-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2081/lei_no_2036-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2080/lei_no_2035-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2079/lei_no_2034-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2078/lei_no_2033-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2077/lei_no_2032-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2076/lei_no_2031-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2075/lei_no_2030-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2074/lei_no_2029-2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2073/lei_no_2028-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1798/lei_no_2027-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1797/lei_no_2026-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1796/lei_no_2025-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1795/lei_no_2024-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1794/lei_no_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1793/lei_no_2022-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1792/lei_no_2021-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1791/lei_no_2020-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1790/lei_no_2019-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1789/lei_no_2018-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1788/lei_no_2017-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1787/lei_no_2016-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1786/lei_no_2015-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1785/lei_no_2014-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1784/lei_no_2013-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1783/lei_no_2012-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1782/lei_no_2011-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1781/lei_no_2010-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1780/lei_no_2009-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1779/lei_no_2008-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1778/lei_no_2007-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1777/lei_no_2006-2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1776/lei_no_2005-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1775/lei_no_2004-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1774/lei_no_2003-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1773/lei_no_2002-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1772/lei_no_2001-2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1569/lei_no_2000-2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1568/lei_no_1999-2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1567/lei_no_1998-2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1566/lei_no_1997-2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1565/lei_no_1996-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1564/lei_no_1995-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1563/lei_no_1994-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1562/lei_no_1993-2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1561/lei_no_1992-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/751/lei_no_1991-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/750/lei_no_1990-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/748/lei_no_1989-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/747/lei_no_1988-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/746/lei_no_1987-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/745/lei_no_1986-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/744/lei_no_1985-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/743/lei_no_1984-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/739/lei_no_1983-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/738/lei_no_1982-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/737/lei_no_1981-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/730/lei_no_1980-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/729/lei_no_1979-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/728/lei_no_1978-2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/727/lei_no_1977-2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/726/lei_no_1976-2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/690/lei_no_1975-2023.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/689/lei_no_1974-2023.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/688/lei_no_1973-2023.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/687/lei_no_1972-2023.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/686/lei_no_1971-2023.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/685/lei_no_1970-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/682/lei_no_1969-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/681/lei_no_1968-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/680/lei_no_1967-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/679/lei_no_1966-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/678/lei_no_1965-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/668/lei_no_1958-2023_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/677/lei_no_1964-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/676/lei_no_1963-2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/675/lei_no_1962-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/674/lei_no_1961-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/673/lei_no_1960-2023.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/672/lei_no_1959-2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/667/lei_no_1958-2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/666/lei_no_1957-2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/665/lei_no_1956-2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/664/lei_no_1955-2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/663/lei_no_1954-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/662/lei_no_1953-2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/657/lei_no_1948-2023_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/661/lei_no_1952-2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/660/lei_no_1951-2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/659/lei_no_1950-2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/658/lei_no_1949-2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/656/lei_no_1948-2023.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/655/lei_no_1947-2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/654/lei_no_1946-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/628/lei_no_1945-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/627/lei_no_1944-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/626/lei_no_1943-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/625/lei_no_1942-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/624/lei_no_1941-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/623/lei_no_1940-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/617/lei_no_1939-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/616/lei_no_1938-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/615/lei_no_1937-2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/614/lei_no_1936-2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/613/lei_no_1935-2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/612/lei_no_1934-2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/595/lei_no_1933-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/594/lei_no_1932-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/593/lei_no_1931-2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/592/lei_no_1930-2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/591/lei_no_1929-2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/590/lei_no_1928-2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/589/lei_no_1927-2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/588/lei_no_1926-2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/587/lei_no_1925-2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/586/lei_no_1924-2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/559/lei_no_1923-2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/558/lei_no_1922-2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/557/lei_no_1921-2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/556/lei_no_1920-2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/555/lei_no_1919-2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/554/lei_no_1918-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/553/lei_no_1917-2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/552/lei_no_1916-2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/551/lei_no_1915-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/550/lei_no_1914-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/549/lei_no_1913-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/548/lei_no_1912-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/547/lei_no_1911-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/546/lei_no_1910-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/545/lei_no_1909-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/544/lei_no_1908-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/543/lei_no_1907-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/529/lei_no_1906-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/528/lei_no_1905-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/527/lei_no_1904-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/526/lei_no_1903-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/525/lei_no_1902-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/524/lei_no_1901-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/523/lei_no_1900-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/522/lei_no_1899-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/513/lei_no_1898-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/504/lei_no_1897-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/503/lei_no_1896-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/502/lei_no_1895-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/501/lei_no_1894-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/500/lei_no_1893-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/499/lei_no_1892-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/498/lei_no_1891-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/497/lei_no_1890-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/496/lei_no_1889-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/495/lei_no_1888-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/494/lei_no_1887-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/493/lei_no_1886-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/492/lei_no_1885-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/491/lei_no_1884-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/489/lei_no_1883-2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/488/lei_no_1882-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/487/lei_no_1881-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/486/lei_no_1880-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/485/lei_no_1879-2023_-.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/484/lei_no_1878-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/483/lei_no_1877-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/448/lei_no_1876-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/447/lei_no_1875-2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/446/lei_no_1874-2023.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/445/lei_no_1873-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/444/lei_no_1872-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/438/lei_no_1871-2023_-_pl_080.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/437/lei_no_1870-2023_-_pl_078.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/436/lei_no_1869-2023_-_pl_077.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/434/lei_no_1868-2023_-_pl_076.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/432/lei_no_1867-2023_-_pl_074.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/430/lei_no_1866-2023_-_pl_073.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/428/lei_no_1865-2023_-_pl_072.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/426/lei_no_1864-2023_-_pl_070.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/424/lei_no_1863-2023_-_pl_069.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/422/lei_no_1862-2023_-_pl_066.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/420/lei_no_1861-2023_-_pl_065.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/419/lei_no_1860-2023_-_pl_068.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/414/lei_no_1859-2023_-_pl_071.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/410/lei_no_1858-2023.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/409/lei_no_1857-2023.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/408/lei_no_1856-2023.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/407/lei_no_1855-2023.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/400/lei_no_1854-2023.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/399/lei_no_1853-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/398/lei_no_1852-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/397/lei_no_1851-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/396/lei_no_1850-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/395/lei_no_1849-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/394/lei_no_1848-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/393/lei_no_1847-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/392/lei_no_1846-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/391/lei_no_1845-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/356/lei_no_1844-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/355/lei_no_1843-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/354/lei_no_1842-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/353/lei_no_1841-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/352/lei_no_1840-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/351/lei_no_1839-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/350/lei_no_1838-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/390/lei_no_1837-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/349/lei_no_1836-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_1835-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_1834-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_1833-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_1832-2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_1831-2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/343/lei_no_1830-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_1829-2023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_1828-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/340/lei_no_1827-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/339/lei_no_1826-2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/321/lei_no_1825-2023.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/320/lei_no_1824-2023.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/298/lei_no_1823-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/297/lei_no_1822-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/296/lei_no_1821-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/295/lei_no_1820-2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/294/lei_no_1819-2023.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/293/lei_no_1818-2023.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/292/lei_no_1817-2023.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/291/lei_no_1816-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/272/lei_no_1815-2023.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/271/lei_no_1814-2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/270/lei_no_1813-2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/268/lei_no_1812-2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/231/lei_no_1811-2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/232/lei_no_1810-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/233/lei_no_1809-2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/234/lei_no_1808-2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/235/lei_no_1807-2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/236/lei_no_1806-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/230/lei_no_1805-2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/215/lei_no_1804-2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/214/lei_no_1803-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/213/lei_no_1802-2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/212/lei_no_1801-2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/219/lei_no_1800-2022.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/220/lei_no_1799-2022.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/221/lei_no_1798-2022.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/222/lei_no_1797-2022.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/223/lei_no_1796-2022.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/224/lei_no_1795-2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/225/lei_no_1794-2022.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/226/lei_no_1793-2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/227/lei_no_1792-2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/890/lei_no_1791-2022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/218/lei_no_1790-2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/217/lei_no_1789-2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/216/lei_no_1788-2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/194/lei_no_1787-2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/193/lei_no_1786-2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/192/lei_no_1785-2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/191/lei_no_1784-2022.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/190/lei_no_1783-2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/189/lei_no_1782-2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/188/lei_no_1781-2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/187/lei_no_1780-2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/186/lei_no_1779-2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/185/lei_no_1778-2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/184/lei_no_1777-2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/183/lei_no_1776-2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/182/lei_no_1775-2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/181/lei_no_1774-2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/180/lei_no_1773-2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/145/lei_no_1772-2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/144/lei_no_1771-2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/143/lei_no_1770-2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/142/lei_no_1769-2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/141/lei_no_1768-2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/140/lei_no_1767-2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/139/lei_no_1766-2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/138/lei_no_1765-2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/137/lei_no_1764-2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/136/lei_no_1763-2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/135/lei_no_1762-2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/62/lei_no_1761-2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/146/lei_no_1760-2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/147/lei_no_1759-2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/148/lei_no_1758-2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/149/lei_no_1757-2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/150/lei_no_1756-2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/237/lei_no_1755-2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/889/lei_no_1754-2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/238/lei_no_1754-2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/888/lei_no_1753-2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/887/lei_no_1752-2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/886/lei_no_1751-2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/885/lei_no_1750-2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/884/lei_no_1749-2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/883/lei_no_1748-2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/882/lei_no_1747-2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/881/lei_no_1746-2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/880/lei_no_1745-2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/879/lei_no_1744-2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/878/lei_no_1743-2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/877/lei_no_1742-2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/876/lei_no_1741-2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/875/lei_no_1740-2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/874/lei_no_1739-2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/873/lei_no_1738-2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/872/lei_no_1737-2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/871/lei_no_1736-2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/870/lei_no_1735-2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/869/lei_no_1734-2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/868/lei_no_1733-2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/867/lei_no_1732-2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/866/lei_no_1731-2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/865/lei_no_1730-2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/864/lei_no_1729-2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/863/lei_no_1728-2022.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/862/lei_no_1727-2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/861/lei_no_1726-2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/860/lei_no_1725-2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/859/lei_no_1724-2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/858/lei_no_1723-2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/857/lei_no_1722-2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/856/lei_no_1721-2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/855/lei_no_1720-2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/854/lei_no_1719-2022.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/853/lei_no_1718-2022.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/852/lei_no_1717-2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/851/lei_no_1716-2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/850/lei_no_1715-2022.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/849/lei_no_1714-2022.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/848/lei_no_1713-2022.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/847/lei_no_1712-2022.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/846/lei_no_1711-2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/841/lei_no_1706-2022.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/845/lei_no_1710-2022.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/844/lei_no_1709-2022.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/843/lei_no_1708-2022.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/842/lei_no_1707-2022.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/840/lei_no_1705-2022.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/839/lei_no_1704-2022.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/838/lei_no_1703-2022.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/836/lei_no_1701-2022.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/837/lei_no_1702-2022.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/835/lei_no_1700-2022.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/834/lei_no_1699-2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/833/lei_no_1698-2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/832/lei_no_1697-2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/831/lei_no_1696-2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/830/lei_no_1695-2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/829/lei_no_1694-2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/828/lei_no_1693-2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/827/lei_no_1692-2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/826/lei_no_1691-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/825/lei_no_1690-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/824/lei_no_1689-2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/823/lei_no_1688-2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/822/lei_no_1687-2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/821/lei_no_1686-2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/820/lei_no_1685-2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/819/lei_no_1684-2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/818/lei_no_1683-2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/817/lei_no_1682-2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/816/lei_no_1681-2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/815/lei_no_1680-2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/814/lei_no_1679-2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/813/lei_no_1678-2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/812/lei_no_1677-2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/811/lei_no_1676-2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/802/lei_no_1667-2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/810/lei_no_1675-2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/809/lei_no_1674-2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/808/lei_no_1673-2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/807/lei_no_1672-2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/806/lei_no_1671-2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/805/lei_no_1670-2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/804/lei_no_1669-2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/803/lei_no_1668-2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/801/lei_no_1666-2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/800/lei_no_1665-2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/799/lei_no_1664-2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/798/lei_no_1663-2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/797/lei_no_1662-2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/796/lei_no_1661-2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/795/lei_no_1660-2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/794/lei_no_1659-2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/793/lei_no_1658-2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/792/lei_no_1657-2022.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/791/lei_no_1656-2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/790/lei_no_1655-2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/789/lei_no_1654-2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/788/lei_no_1653-2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/787/lei_no_1652-2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/786/lei_no_1651-2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/785/lei_no_1650-2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/784/lei_no_1649-2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/783/lei_no_1648-2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/782/lei_no_1647-2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/781/lei_no_1646-2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/780/lei_no_1645-2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/779/lei_no_1644-2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/778/lei_no_1643-2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/777/lei_no_1642-2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/775/lei_no_1641-2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/776/lei_no_1641-2022_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/774/lei_no_1640-2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/773/lei_no_1639-2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/772/lei_no_1638-2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/770/lei_no_1637-2022.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/771/lei_no_1637-2022_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/769/lei_no_1636-2022.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/2129/lei_no_1635-2022.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/768/lei_no_1634-2022.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1015/lei_no_1633-2021.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1014/lei_no_1632-2021.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1013/lei_no_1631-2021.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1012/lei_no_1630-2021.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1011/lei_no_1629-2021.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1010/lei_no_1628-2021.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1009/lei_no_1627-2021.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/2092/lei_no_1626-2021_-_parte_i.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1008/lei_no_1625-2021.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1007/lei_no_1624-2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1005/lei_no_1623-2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1004/lei_no_1622-2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1003/lei_no_1621-2021.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1002/lei_no_1620-2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1001/lei_no_1619-2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1000/lei_no_1618-2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1006/lei_no_1617-2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/999/lei_no_1616-2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/998/lei_no_1615-2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/997/lei_no_1614-2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/996/lei_no_1613-2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/995/lei_no_1612-2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/994/lei_no_1611-2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/993/lei_no_1610-2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/992/lei_no_1609-2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/991/lei_no_1608-2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/990/lei_no_1607-2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/989/lei_no_1606-2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/988/lei_no_1605-2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/987/lei_no_1604-2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/986/lei_no_1603-2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/985/lei_no_1602-2021.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/984/lei_no_1601-2021.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/983/lei_no_1600-2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/982/lei_no_1599-2021.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/981/lei_no_1598-2021.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/980/lei_no_1597-2021.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/979/lei_no_1596-2021.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/978/lei_no_1595-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/977/lei_no_1594-2021.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/976/lei_no_1593-2021.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/975/lei_no_1592-2021.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/974/lei_no_1591-2021.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/973/lei_no_1590-2021.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/972/lei_no_1589-2021.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/971/lei_no_1588-2021.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/970/lei_no_1587-2021.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/969/lei_no_1586-2021.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/968/lei_no_1585-2021.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/967/lei_no_1584-2021.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/966/lei_no_1583-2021.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/965/lei_no_1582-2021.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/964/lei_no_1581-2021.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/963/lei_no_1580-2021.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/962/lei_no_1579-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/961/lei_no_1578-2021.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/960/lei_no_1577-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/959/lei_no_1576-2021.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/958/lei_no_1575-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/957/lei_no_1574-2021.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/956/lei_no_1573-2021.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/955/lei_no_1572-2021.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/954/lei_no_1571-2021.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/953/lei_no_1570-2021.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/952/lei_no_1569-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/951/lei_no_1568-2021.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/950/lei_no_1567-2021.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/949/lei_no_1566-2021.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/948/lei_no_1565-2021.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/947/lei_no_1564-2021.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/946/lei_no_1563-2021.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/945/lei_no_1562-2021.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/944/lei_no_1561-2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/942/lei_no_1560-2021.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/941/lei_no_1559-2021.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/940/lei_no_1558-2021.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/943/lei_no_1557-2021_compressed.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/939/lei_no_1556-2021.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/938/lei_no_1555-2021.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/937/lei_no_1554-2021.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/936/lei_no_1553-2021.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/935/lei_no_1552-2021.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/934/lei_no_1551-2021.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/933/lei_no_1550-2021.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/906/lei_no_1523-2021_justificativa.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/932/lei_no_1549-2021.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/931/lei_no_1548-2021.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/930/lei_no_1547-2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/929/lei_no_1546-2021.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/928/lei_no_1545-2021.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/927/lei_no_1544-2021.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/926/lei_no_1543-2021.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/925/lei_no_1542-2021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/924/lei_no_1541-2021.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/923/lei_no_1540-2021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/922/lei_no_1539-2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/921/lei_no_1538-2021.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/920/lei_no_1537-2021.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/919/lei_no_1536-2021.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/918/lei_no_1535-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/917/lei_no_1534-2021.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/916/lei_no_1533-2021.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/915/lei_no_1532-2021.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/914/lei_no_1531-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/913/lei_no_1530-2021.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/912/lei_no_1529-2021.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/911/lei_no_1528-2021.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/910/lei_no_1527-2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/909/lei_no_1526-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/908/lei_no_1525-2021.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/907/lei_no_1524-2021.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/905/lei_no_1522-2021.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/904/lei_no_1521-2021.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/903/lei_no_1520-2021.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/902/lei_no_1519-2021.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/901/lei_no_1518-2021.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/900/lei_no_1517-2021.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/899/lei_no_1516-2021.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/898/lei_no_1515-2021.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/897/lei_no_1514-2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/896/lei_no_1513-2021.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/895/lei_no_1512-2011.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/894/lei_no_1511-2021_-_para_republicar.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/893/lei_no_1511-2011.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/892/lei_no_1510-2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/891/lei_no_1509-2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1092/lei_no_1508-2020.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1090/lei_no_1506-2020.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1089/lei_no_1505-2020.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1091/lei_no_1507-2020.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1088/lei_no_1504-2020_-_parte_01.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1087/lei_no_1503-2020.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1086/lei_no_1502-2020.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1085/lei_no_1501-2020.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1084/lei_no_1500-2020.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1083/lei_no_1499-2020.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1082/lei_no_1498-2020.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1081/lei_no_1497-2020.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1080/lei_no_1496-2020.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1079/lei_no_1495-2020.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1078/lei_no_1494-2020.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1077/lei_no_1493-2020.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1076/lei_no_1492-2020.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1075/lei_no_1491-2020.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1074/lei_no_1490-2020.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1067/lei_no_1483-2020.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1073/lei_no_1489-2020.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1072/lei_no_1488-2020.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1071/lei_no_1487-2020.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1070/lei_no_1486-2020.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1069/lei_no_1485-2020.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1068/lei_no_1484-2020.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1066/lei_no_1482-2020.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1065/lei_no_1481-2020.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1064/lei_no_1480-2020.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1063/lei_no_1479-2020.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1062/lei_no_1478-2020.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1061/lei_no_1477-2020.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1060/lei_no_1476-2020.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1059/lei_no_1475-2020.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1058/lei_no_1474-2020.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1057/lei_no_1473-2020.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1056/lei_no_1472-2020.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1055/lei_no_1471-2020.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1054/lei_no_1470-2020.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1053/lei_no_1469-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1052/lei_no_1468-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1051/lei_no_1467-2020.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1050/lei_no_1466-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1049/lei_no_1465-2020.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1047/lei_no_1463-2020.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1046/lei_no_1462-2020.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1045/lei_no_1461-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1044/lei_no_1460-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1043/lei_no_1459-2020.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1042/lei_no_1458-2020.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1041/lei_no_1457-2020.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1040/lei_no_1456-2020.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1048/lei_no_1464-2020.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1039/lei_no_1455-2020.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1038/lei_no_1454-2020.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1037/lei_no_1453-2020.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1036/lei_no_1452-2020.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1035/lei_no_1451-2020.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1034/lei_no_1450-2020.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1033/lei_no_1449-2020.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1032/lei_no_1448-2020.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1031/lei_no_1447-2020.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1030/lei_no_1446-2020.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1029/lei_no_1445-2020.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1028/lei_no_1444-2020.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1027/lei_no_1443-2020.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1026/lei_no_1442-2020.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1025/lei_no_1441-2020.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1024/lei_no_1440-2020.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1023/lei_no_1439-2020.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1022/lei_no_1438-2020.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1021/lei_no_1437-2020.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1020/lei_no_1436-2020.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1019/lei_no_1435-2020.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1018/lei_no_1434-2020.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1017/lei_no_1433-2020.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1016/lei_no_1432-2020.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/2098/lei_no_1431-2020.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1216/lei_no_1430-2019.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1215/lei_no_1429-2019.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1214/lei_no_1428-2019.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1213/lei_no_1427-2019.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1212/lei_no_1426-2019.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1211/lei_no_1425-2019.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1210/lei_no_1424-2019.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1209/lei_no_1423-2019.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1208/lei_no_1422-2019-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1207/lei_no_1421-2019.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1206/lei_no_1420-2019.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1205/lei_no_1419-2019.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1204/lei_no_1418-2019.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1203/lei_no_1417-2019.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1202/lei_no_1416-2019.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1201/lei_no_1415-2019.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/2128/lei_no_1414-2019.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1200/lei_no_1413-2019.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1199/lei_no_1412-2019.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1198/lei_no_1411-2019.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1197/lei_no_1410-2019.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1196/lei_no_1409-2019.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1195/lei_no_1408-2019.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1194/lei_no_1407-2019.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1193/lei_no_1406-2019.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1192/lei_no_1405-2019.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1097/lei_no_1311-2019.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1191/lei_no_1404-2019.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1190/lei_no_1403-2019.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1188/lei_no_1402-2019.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1189/lei_no_1401-2019_.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1186/lei_no_1400-2019.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1185/lei_no_1399-2019.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1184/lei_no_1398-2019.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1183/lei_no_1397-2019.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1182/lei_no_1396-2019.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1181/lei_no_1395-2019.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1180/lei_no_1394-2019.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1179/lei_no_1393-2019.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1177/lei_no_1391-2019.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1178/lei_no_1392-2019.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1176/lei_no_1390-2019.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1175/lei_no_1389-2019.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1174/lei_no_1388-2019.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1173/lei_no_1387-2019.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1172/lei_no_1386-2019.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1171/lei_no_1385-2019.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1170/lei_no_1384-2019.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1169/lei_no_1383-2019.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1168/lei_no_1382-2019.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1167/lei_no_1381-2019.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1166/lei_no_1380-2019.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1165/lei_no_1379-2019.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1164/lei_no_1378-2019.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1163/lei_no_1377-2019.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1162/lei_no_1376-2019.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1161/lei_no_1375-2019.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1160/lei_no_1374-2019.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1159/lei_no_1373-2019.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1158/lei_no_1372-2019.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1157/lei_no_1371-2019.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1156/lei_no_1370-2019.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1155/lei_no_1369-2019.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1154/lei_no_1368-2019.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1153/lei_no_1367-2019.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1152/lei_no_1366-2019.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1151/lei_no_1365-2019.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1150/lei_no_1364-2019.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1149/lei_no_1363-2019.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1148/lei_no_1362-2019.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1147/lei_no_1361-2019.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1146/lei_no_1360-2019.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1144/lei_no_1358-2019.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1143/lei_no_1357-2019.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1145/lei_no_1359-2019.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1142/lei_no_1356-2019.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1141/lei_no_1355-2019.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1120/lei_no_1334-2019.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1140/lei_no_1354-2019.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1139/lei_no_1353-2019.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1138/lei_no_1352-2019.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1137/lei_no_1351-2019.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1136/lei_no_1350-2019.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1135/lei_no_1349-2019.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1134/lei_no_1348-2019.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1133/lei_no_1347-2019.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1132/lei_no_1346-2019.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1131/lei_no_1345-2019.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1130/lei_no_1344-2019.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1129/lei_no_1343-2019.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1128/lei_no_1342-2019.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1127/lei_no_1341-2019.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1125/lei_no_1339-2019.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1126/lei_no_1340-2019.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1124/lei_no_1338-2019.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1123/lei_no_1337-2019.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1122/lei_no_1336-2019.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1121/lei_no_1335-2019.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1119/lei_no_1333-2019.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1118/lei_no_1331-2019.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1117/lei_no_1331-2019.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1116/lei_no_1330-2019.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1115/lei_no_1329-2019.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1114/lei_no_1328-2019.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1113/lei_no_1327-2019.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1112/lei_no_1326-2019.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1111/lei_no_1325-2019.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1110/lei_no_1324-2019.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1109/lei_no_1323-2019.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1108/lei_no_1322-2019.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1107/lei_no_1321-2019.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1106/lei_no_1320-2019.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1105/lei_no_1319-2019.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1104/lei_no_1318-2019.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1103/lei_no_1317-2019.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1102/lei_no_1316-2019.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1101/lei_no_1315-2019.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1100/lei_no_1314-2019.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1099/lei_no_1313-2019.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1098/lei_no_1312-2019.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1096/lei_no_1310-2019.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1095/lei_no_1309-2019.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1094/lei_no_1308-2019.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1093/lei_no_1307-2019.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1351/lei_no_1306-2018.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1350/lei_no_1305-2018.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1349/lei_no_1304-2018.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1348/lei_no_1303-2018.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1347/lei_no_1302-2018.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1346/lei_no_1301-2018.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1345/lei_no_1300-2018.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1344/lei_no_1299-2018.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1343/lei_no_1298-2018.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1342/lei_no_1297-2018.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1341/lei_no_1296-2018.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1340/lei_no_1295-2018.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1339/lei_no_1294-2018.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1338/lei_no_1293-2018.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1337/lei_no_1292-2018.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1336/lei_no_1291-2018.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1335/lei_no_1290-2018.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1334/lei_no_1289-2018.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1333/lei_no_1288-2018.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1332/lei_no_1287-2018.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1331/lei_no_1286-2018.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1330/lei_no_1285-2018.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1329/lei_no_1284-2018.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1328/lei_no_1283-2018.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1327/lei_no_1282-2018.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1326/lei_no_1281-2018.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1325/lei_no_1280-2018.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1324/lei_no_1279-2018.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1323/lei_no_1278-2018.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1322/lei_no_1277-2018.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1321/lei_no_1276-2018.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1320/lei_no_1275-2018.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1319/lei_no_1274-2018.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1318/lei_no_1273-2018.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1317/lei_no_1272-2018.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1316/lei_no_1271-2018.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1315/lei_no_1270-2018.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1314/lei_no_1269-2018.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1313/lei_no_1268-2018.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1312/lei_no_1267-2018.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1311/lei_no_1266-2018.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1310/lei_no_1265-2018.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1309/lei_no_1264-2018.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1308/lei_no_1263-2018.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1307/lei_no_1262-2018.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1306/lei_no_1261-2018.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1305/lei_no_1260-2018.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1304/lei_no_1259-2018.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1303/lei_no_1258-2018.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1302/lei_no_1257-2018.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1301/lei_no_1256-2018.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1300/lei_no_1255-2018.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1299/lei_no_1254-2018.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1298/lei_no_1253-2018.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1297/lei_no_1252-2018.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1296/lei_no_1251-2018.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1295/lei_no_1250-2018.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1294/lei_no_1249-2018.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1293/lei_no_1248-2018.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1292/lei_no_1247-2018.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1291/lei_no_1246-2018.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1290/lei_no_1245-2018.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1289/lei_no_1244-2018.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1288/lei_no_1243-2018.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1287/lei_no_1242-2018.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1286/lei_no_1241-2018.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1285/lei_no_1240-2018.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1284/lei_no_1239-2018.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1283/lei_no_1238-2018.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1282/lei_no_1237-2018.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1281/lei_no_1236-2018.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1280/lei_no_1235-2018.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1279/lei_no_1234-2018.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1278/lei_no_1233-2018.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1277/lei_no_1232-2018.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1276/lei_no_1231-2018.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1275/lei_no_1230-2018.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1274/lei_no_1229-2018.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1273/lei_no_1228-2018.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1272/lei_no_1227-2018.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1271/lei_no_1226-2018.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1270/lei_no_1225-2018.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1269/lei_no_1224-2018.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1268/lei_no_1223-2018.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1267/lei_no_1222-2018.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1266/lei_no_1221-2018.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1265/lei_no_1220-2018.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1264/lei_no_1219-2018.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1263/lei_no_1218-2018.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1262/lei_no_1217-2018.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1261/lei_no_1216-2018.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1260/lei_no_1215-2018.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1259/lei_no_1214-2018.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1258/lei_no_1213-2018.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1257/lei_no_1212-2018.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1256/lei_no_1211-2018.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1255/lei_no_1210-2018.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1254/lei_no_1209-2018.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1253/lei_no_1208-2018.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1252/lei_no_1207-2018.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1251/lei_no_1206-2018.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1250/lei_no_1205-2018.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1249/lei_no_1204-2018.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1248/lei_no_1203-2018.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1247/lei_no_1202-2018.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1246/lei_no_1201-2018.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1245/lei_no_1200-2018.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1244/lei_no_1199-2018.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1242/lei_no_1197-2018.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1241/lei_no_1196-2018.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1240/lei_no_1195-2018.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1239/lei_no_1194-2018.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1238/lei_no_1193-2018.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1237/lei_no_1192-2018.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1236/lei_no_1191-2018.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1243/lei_no_1198-2018.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1235/lei_no_1190-2018.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1234/lei_no_1189-2018.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1233/lei_no_1188-2018.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1232/lei_no_1187-2018.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1231/lei_no_1186-2018.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1230/lei_no_1185-2018.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1229/lei_no_1184-2017.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1228/lei_no_1183-2018.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1227/lei_no_1182-2018.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1226/lei_no_1181-2018.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1225/lei_no_1180-2018.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1224/lei_no_1179-2018.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1223/lei_no_1178-2018.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1222/lei_no_1177-2018.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1221/lei_no_1176-2018.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1220/lei_no_1175-2018.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1219/lei_no_1174-2018.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1218/lei_no_1173-2018.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1217/lei_no_1172-2018.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/14/14_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2626/lei_no_2306-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2625/lei_no_2305-2026_.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2624/lei_no_2304-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2623/lei_no_2303-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2622/lei_no_2302-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2616/lei_no_2301-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2615/lei_no_2300-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2614/lei_no_2299-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2613/lei_no_2298-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2612/lei_no_2297-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2611/lei_no_2296-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2588/lei_no_2294-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2587/lei_no_2293-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2609/lei_no_2292-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2608/lei_no_2291-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2607/lei_no_2290-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2586/lei_no_2289-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2585/lei_no_2288-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2584/lei_no_2287-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2583/lei_no_2286-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2582/lei_no_2285-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2581/lei_no_2284-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2580/lei_no_2283-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2579/lei_no_2282-2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2026/2561/lei_no_2281-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2556/lei_no_2280-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2555/lei_no_2279-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2554/lei_no_2278-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2553/lei_no_2277-2005.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2552/lei_no_2276-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2551/lei_no_2275-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2547/lei_no_2171-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2549/lei_no_2273-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2548/lei_no_2172-2025_-_publicado_2.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2621/lei_no_2270-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2540/lei_no_2268-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2550/lei_no_2274-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2539/lei_no_2267-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2538/lei_no_2266-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2537/lei_no_2265-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2533/lei_no_2263-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2532/lei_no_2262-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2531/lei_no_2261-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2535/lei_no_2260-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2534/lei_no_2259-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2526/lei_no_2258-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2525/lei_no_2257-2025_.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2524/lei_no_2256-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2523/lei_no_2255-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2522/lei_no_2254-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2514/lei_no_2253-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2511/lei_no_2252-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2496/lei_no_2251-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2494/lei_no_2250-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2493/lei_no_2249-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2492/lei_no_2248-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2491/lei_no_2247-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2490/lei_no_2246-2025_.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2489/lei_no_2245-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2488/lei_no_2244-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2487/lei_no_2243-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2486/lei_no_2242-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2475/lei_no_2236-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2480/lei_no_2241-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2479/lei_no_2240-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2478/lei_no_2239-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2477/lei_no_2238-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2476/lei_no_2237-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2474/lei_no_2235-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2471/lei_no_2234-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2470/lei_no_2233-2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2468/lei_no_2132-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2467/lei_no_2231-2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2466/lei_no_2230-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2465/lei_no_2229-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2464/lei_no_2228-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2459/lei_no_2227-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2458/lei_no_2226-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2456/lei_no_2225-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2455/lei_no_2224-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2454/lei_no_2223-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2441/lei_no_2222-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2438/lei_no_2221-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2437/lei_no_2220-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2436/lei_no_2219-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2435/lei_no_2218-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2432/lei_no_2217-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2431/lei_no_2216-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2429/lei_no_2215-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2421/lei_no_2214-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2417/lei_no_2207-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2414/lei_no_2213-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2420/lei_no_2212-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2413/lei_no_2211-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2419/lei_no_2210-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2418/lei_no_2209-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2416/lei_no_2206-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2410/lei_no_2205-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2409/lei_no_2204-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2408/lei_no_2203-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2407/lei_no_2202-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2406/lei_no_2201-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2405/lei_no_2200-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2404/lei_no_2199-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2400/lei_no_2198-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2403/lei_no_2198-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2402/lei_no_2197-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2398/lei_no_2196-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2397/lei_no_2195-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2396/lei_no_2194-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2395/lei_no_2193-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2394/lei_no_2192-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2393/lei_no_2191-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2392/lei_no_2190-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2388/lei_no_2189-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2387/lei_no_2188-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2382/lei_no_2187-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2380/lei_no_2186-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2376/lei_no_2185-2025_.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2375/lei_no_2184-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2374/lei_no_2183-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2373/lei_no_2182-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2372/lei_no_2181-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2371/lei_no_2180-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2370/lei_no_2179-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2369/lei_no_2178-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2368/lei_no_2177-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2367/lei_no_2176-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2366/lei_no_2175-2025-_publicado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2365/lei_no_2174-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2361/lei_no_2173-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2360/lei_n_2172-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2359/lei_no_2171-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2358/lei_no_2170-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2357/lei_no_2169-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2356/lei_no_2168-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2355/lei_no_2167-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2354/lei_no_2166-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2353/lei_no_2165-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2352/lei_no_2164-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2351/lei_no_2163-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2350/lei_no_2162-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2349/lei_no_2161-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2348/lei_no_2160-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2347/lei_no_2159-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2346/lei_no_2158-2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2337/lei_no_2149-2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2345/lei_no_2157-2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2344/lei_no_2156-2025_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2343/lei_no_2155-2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2342/lei_no_2154-2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2341/lei_no_2153-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2340/lei_no_2152-2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2339/lei_no_2151-2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2338/lei_no_2150-2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2336/lei_no_2148-2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2335/lei_no_2147-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2334/lei_no_2146-2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2331/lei_no_2143-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2333/lei_no_2145-2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2330/lei_no_2142-2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2328/lei_no_2140-2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2327/lei_no_2139-2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2326/lei_no_2138-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2325/lei_no_2137-2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2324/lei_no_2136-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2323/lei_no_2135-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2322/lei_no_2134-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2321/lei_no_2133-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2319/lei_no_2132-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2428/lei_no_2208-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2318/lei_no_2131-2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2317/lei_no_2130-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2316/lei_no_2129-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2312/lei_no_2128-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2305/lei_no_2127-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2304/lei_no_2126-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2329/lei_no_2141-2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2287/lei_no_2125-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2286/lei_no_2124-2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2285/lei_no_2123-2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2284/lei_no_2122-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2283/lei_no_2121-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2282/lei_no_2120-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2281/lei_no_2119-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2280/lei_no_2118-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2025/2279/lei_no_2117-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2278/lei_no_2116-2024.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2277/lei_no_2115-2024.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2276/lei_no_2114-2024.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2275/lei_no_2113-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2273/lei_no_2112-2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2272/lei_no_2111-2024.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2271/lei_no_2110-2024.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2270/lei_no_2109-2024.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2269/lei_no_2108-2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2268/lei_no_2107-2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2267/lei_no_2106-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2266/lei_no_2105-2024.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2265/lei_no_2104-2024.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2197/lei_no_2103-2024_-.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2196/lei_no_2102-2024_-.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2195/lei_no_2101-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2190/lei_no_2100-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2189/lei_no_2099-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2188/lei_no_2098-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2186/lei_no_2097-2024_-.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2185/lei_no_2096-2024_-.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2184/lei_no_2095-2024_-.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2183/lei_no_2094-2024_-.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2182/lei_no_2093-2024_-.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2181/lei_no_2092-2024_-.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2180/lei_no_2091-2024_-.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2178/lei_no_2090-2024_-.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2177/lei_no_2089-2024_-.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2173/lei_no_2088-2024_-.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2172/lei_no_2087-2024_-.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2171/lei_no_2086-2024_-.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2170/lei_no_2085-2024_-.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2168/lei_no_2084-2024_-.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2167/lei_no_2083-2024_-.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2166/lei_no_2082-2024_-.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2165/lei_no_2081-2024_-.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2163/lei_no_2080-2024_-.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2162/lei_no_2079-2024_-.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2161/lei_no_2078-2024_-.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2158/lei_no_2077-2024_-.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2157/lei_no_2076-2024_-.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2156/lei_no_2075-2024_-.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2155/lei_no_2074-2024_-.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2154/lei_no_2073-2024_-.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2153/lei_no_2072-2024_-.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2152/lei_no_2071-2024_-.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2151/lei_no_2070-2024_-.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2150/lei_no_2069-2024_-.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2149/lei_no_2068-2024_-.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2145/lei_no_2067-2024_-.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2144/lei_no_2066-2024_-.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2143/lei_no_2065-2024_-.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2141/lei_no_2064-2024_-errata.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2140/lei_no_2063-2024_-.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2139/lei_no_2062-2024_-.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2136/lei_no_2061-2024_-.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2135/lei_no_2060-2024_-.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2130/lei_no_2059-2024.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2125/lei_no_2058-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2124/lei_no_2057-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2123/lei_no_2056-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2122/lei_no_2055-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2121/lei_no_2054-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2120/lei_no_2053-2024_-.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2119/lei_no_2052-2024_-.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2117/lei_no_2051-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2118/lei_no_2050-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2116/lei_no_2049-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2115/lei_no_2048-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2114/lei_no_2047-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2113/lei_no_2046-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2110/lei_no_2045-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2109/lei_no_2044-2024_-_.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2088/lei_no_2043-2024.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2087/lei_no_2042-2024.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2086/lei_no_2041-2024.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2085/lei_no_2040-2024.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2084/lei_no_2039-2024.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2083/lei_no_2038-2024.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2082/lei_no_2037-2024.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2081/lei_no_2036-2024.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2080/lei_no_2035-2024.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2079/lei_no_2034-2024.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2078/lei_no_2033-2024.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2077/lei_no_2032-2024.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2076/lei_no_2031-2024.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2075/lei_no_2030-2024.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2074/lei_no_2029-2024.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/2073/lei_no_2028-2024.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1798/lei_no_2027-2024.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1797/lei_no_2026-2024.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1796/lei_no_2025-2024.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1795/lei_no_2024-2024.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1794/lei_no_2023-2024.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1793/lei_no_2022-2024.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1792/lei_no_2021-2024.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1791/lei_no_2020-2024.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1790/lei_no_2019-2024.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1789/lei_no_2018-2024.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1788/lei_no_2017-2024.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1787/lei_no_2016-2024.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1786/lei_no_2015-2024.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1785/lei_no_2014-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1784/lei_no_2013-2024.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1783/lei_no_2012-2024.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1782/lei_no_2011-2024.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1781/lei_no_2010-2024.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1780/lei_no_2009-2024.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1779/lei_no_2008-2024.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1778/lei_no_2007-2024.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1777/lei_no_2006-2024.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1776/lei_no_2005-2024.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1775/lei_no_2004-2024.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1774/lei_no_2003-2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1773/lei_no_2002-2024.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1772/lei_no_2001-2024.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1569/lei_no_2000-2024.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1568/lei_no_1999-2024.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1567/lei_no_1998-2024.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1566/lei_no_1997-2024.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1565/lei_no_1996-2024.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1564/lei_no_1995-2024.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1563/lei_no_1994-2024.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1562/lei_no_1993-2024.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/1561/lei_no_1992-2024.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/751/lei_no_1991-2024.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/750/lei_no_1990-2024.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/748/lei_no_1989-2024.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/747/lei_no_1988-2024.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/746/lei_no_1987-2024.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/745/lei_no_1986-2024.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/744/lei_no_1985-2024.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/743/lei_no_1984-2024.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/739/lei_no_1983-2024.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/738/lei_no_1982-2024.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/737/lei_no_1981-2024.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/730/lei_no_1980-2024.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/729/lei_no_1979-2024.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/728/lei_no_1978-2024.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/727/lei_no_1977-2024.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2024/726/lei_no_1976-2024.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/690/lei_no_1975-2023.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/689/lei_no_1974-2023.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/688/lei_no_1973-2023.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/687/lei_no_1972-2023.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/686/lei_no_1971-2023.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/685/lei_no_1970-2023.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/682/lei_no_1969-2023.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/681/lei_no_1968-2023.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/680/lei_no_1967-2023.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/679/lei_no_1966-2023.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/678/lei_no_1965-2023.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/668/lei_no_1958-2023_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/677/lei_no_1964-2023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/676/lei_no_1963-2023.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/675/lei_no_1962-2023.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/674/lei_no_1961-2023.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/673/lei_no_1960-2023.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/672/lei_no_1959-2023.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/667/lei_no_1958-2023.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/666/lei_no_1957-2023.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/665/lei_no_1956-2023.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/664/lei_no_1955-2023.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/663/lei_no_1954-2023.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/662/lei_no_1953-2023.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/657/lei_no_1948-2023_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/661/lei_no_1952-2023.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/660/lei_no_1951-2023.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/659/lei_no_1950-2023.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/658/lei_no_1949-2023.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/656/lei_no_1948-2023.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/655/lei_no_1947-2023.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/654/lei_no_1946-2023.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/628/lei_no_1945-2023.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/627/lei_no_1944-2023.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/626/lei_no_1943-2023.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/625/lei_no_1942-2023.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/624/lei_no_1941-2023.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/623/lei_no_1940-2023.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/617/lei_no_1939-2023.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/616/lei_no_1938-2023.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/615/lei_no_1937-2023.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/614/lei_no_1936-2023.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/613/lei_no_1935-2023.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/612/lei_no_1934-2023.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/595/lei_no_1933-2023.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/594/lei_no_1932-2023.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/593/lei_no_1931-2023.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/592/lei_no_1930-2023.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/591/lei_no_1929-2023.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/590/lei_no_1928-2023.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/589/lei_no_1927-2023.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/588/lei_no_1926-2023.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/587/lei_no_1925-2023.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/586/lei_no_1924-2023.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/559/lei_no_1923-2023.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/558/lei_no_1922-2023.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/557/lei_no_1921-2023.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/556/lei_no_1920-2023.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/555/lei_no_1919-2023.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/554/lei_no_1918-2023.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/553/lei_no_1917-2023.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/552/lei_no_1916-2023.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/551/lei_no_1915-2023.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/550/lei_no_1914-2023.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/549/lei_no_1913-2023.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/548/lei_no_1912-2023.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/547/lei_no_1911-2023.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/546/lei_no_1910-2023.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/545/lei_no_1909-2023.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/544/lei_no_1908-2023.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/543/lei_no_1907-2023.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/529/lei_no_1906-2023.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/528/lei_no_1905-2023.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/527/lei_no_1904-2023.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/526/lei_no_1903-2023.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/525/lei_no_1902-2023.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/524/lei_no_1901-2023.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/523/lei_no_1900-2023.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/522/lei_no_1899-2023.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/513/lei_no_1898-2023.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/504/lei_no_1897-2023.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/503/lei_no_1896-2023.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/502/lei_no_1895-2023.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/501/lei_no_1894-2023.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/500/lei_no_1893-2023.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/499/lei_no_1892-2023.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/498/lei_no_1891-2023.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/497/lei_no_1890-2023.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/496/lei_no_1889-2023.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/495/lei_no_1888-2023.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/494/lei_no_1887-2023.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/493/lei_no_1886-2023.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/492/lei_no_1885-2023.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/491/lei_no_1884-2023.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/489/lei_no_1883-2023.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/488/lei_no_1882-2023.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/487/lei_no_1881-2023.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/486/lei_no_1880-2023.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/485/lei_no_1879-2023_-.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/484/lei_no_1878-2023.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/483/lei_no_1877-2023.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/448/lei_no_1876-2023.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/447/lei_no_1875-2023.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/446/lei_no_1874-2023.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/445/lei_no_1873-2023.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/444/lei_no_1872-2023.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/438/lei_no_1871-2023_-_pl_080.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/437/lei_no_1870-2023_-_pl_078.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/436/lei_no_1869-2023_-_pl_077.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/434/lei_no_1868-2023_-_pl_076.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/432/lei_no_1867-2023_-_pl_074.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/430/lei_no_1866-2023_-_pl_073.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/428/lei_no_1865-2023_-_pl_072.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/426/lei_no_1864-2023_-_pl_070.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/424/lei_no_1863-2023_-_pl_069.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/422/lei_no_1862-2023_-_pl_066.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/420/lei_no_1861-2023_-_pl_065.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/419/lei_no_1860-2023_-_pl_068.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/414/lei_no_1859-2023_-_pl_071.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/410/lei_no_1858-2023.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/409/lei_no_1857-2023.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/408/lei_no_1856-2023.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/407/lei_no_1855-2023.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/400/lei_no_1854-2023.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/399/lei_no_1853-2023.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/398/lei_no_1852-2023.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/397/lei_no_1851-2023.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/396/lei_no_1850-2023.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/395/lei_no_1849-2023.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/394/lei_no_1848-2023.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/393/lei_no_1847-2023.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/392/lei_no_1846-2023.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/391/lei_no_1845-2023.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/356/lei_no_1844-2023.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/355/lei_no_1843-2023.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/354/lei_no_1842-2023.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/353/lei_no_1841-2023.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/352/lei_no_1840-2023.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/351/lei_no_1839-2023.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/350/lei_no_1838-2023.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/390/lei_no_1837-2023.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/349/lei_no_1836-2023.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/348/lei_no_1835-2023.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/347/lei_no_1834-2023.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/346/lei_no_1833-2023.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/345/lei_no_1832-2023.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/344/lei_no_1831-2023.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/343/lei_no_1830-2023.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/342/lei_no_1829-2023.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/341/lei_no_1828-2023.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/340/lei_no_1827-2023.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/339/lei_no_1826-2023.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/321/lei_no_1825-2023.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/320/lei_no_1824-2023.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/298/lei_no_1823-2023.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/297/lei_no_1822-2023.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/296/lei_no_1821-2023.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/295/lei_no_1820-2023.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/294/lei_no_1819-2023.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/293/lei_no_1818-2023.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/292/lei_no_1817-2023.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/291/lei_no_1816-2023.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/272/lei_no_1815-2023.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/271/lei_no_1814-2023.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/270/lei_no_1813-2023.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/268/lei_no_1812-2023.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/231/lei_no_1811-2023.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/232/lei_no_1810-2023.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/233/lei_no_1809-2023.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/234/lei_no_1808-2023.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/235/lei_no_1807-2023.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/236/lei_no_1806-2023.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/230/lei_no_1805-2023.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/215/lei_no_1804-2023.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/214/lei_no_1803-2023.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/213/lei_no_1802-2023.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2023/212/lei_no_1801-2023.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/219/lei_no_1800-2022.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/220/lei_no_1799-2022.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/221/lei_no_1798-2022.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/222/lei_no_1797-2022.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/223/lei_no_1796-2022.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/224/lei_no_1795-2022.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/225/lei_no_1794-2022.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/226/lei_no_1793-2022.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/227/lei_no_1792-2022.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/890/lei_no_1791-2022.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/218/lei_no_1790-2022.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/217/lei_no_1789-2022.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/216/lei_no_1788-2022.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/194/lei_no_1787-2022.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/193/lei_no_1786-2022.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/192/lei_no_1785-2022.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/191/lei_no_1784-2022.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/190/lei_no_1783-2022.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/189/lei_no_1782-2022.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/188/lei_no_1781-2022.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/187/lei_no_1780-2022.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/186/lei_no_1779-2022.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/185/lei_no_1778-2022.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/184/lei_no_1777-2022.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/183/lei_no_1776-2022.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/182/lei_no_1775-2022.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/181/lei_no_1774-2022.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/180/lei_no_1773-2022.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/145/lei_no_1772-2022.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/144/lei_no_1771-2022.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/143/lei_no_1770-2022.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/142/lei_no_1769-2022.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/141/lei_no_1768-2022.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/140/lei_no_1767-2022.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/139/lei_no_1766-2022.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/138/lei_no_1765-2022.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/137/lei_no_1764-2022.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/136/lei_no_1763-2022.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/135/lei_no_1762-2022.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/62/lei_no_1761-2022.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/146/lei_no_1760-2022.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/147/lei_no_1759-2022.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/148/lei_no_1758-2022.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/149/lei_no_1757-2022.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/150/lei_no_1756-2022.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/237/lei_no_1755-2022.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/889/lei_no_1754-2022.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/238/lei_no_1754-2022.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/888/lei_no_1753-2022.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/887/lei_no_1752-2022.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/886/lei_no_1751-2022.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/885/lei_no_1750-2022.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/884/lei_no_1749-2022.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/883/lei_no_1748-2022.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/882/lei_no_1747-2022.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/881/lei_no_1746-2022.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/880/lei_no_1745-2022.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/879/lei_no_1744-2022.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/878/lei_no_1743-2022.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/877/lei_no_1742-2022.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/876/lei_no_1741-2022.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/875/lei_no_1740-2022.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/874/lei_no_1739-2022.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/873/lei_no_1738-2022.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/872/lei_no_1737-2022.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/871/lei_no_1736-2022.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/870/lei_no_1735-2022.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/869/lei_no_1734-2022.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/868/lei_no_1733-2022.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/867/lei_no_1732-2022.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/866/lei_no_1731-2022.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/865/lei_no_1730-2022.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/864/lei_no_1729-2022.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/863/lei_no_1728-2022.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/862/lei_no_1727-2022.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/861/lei_no_1726-2022.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/860/lei_no_1725-2022.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/859/lei_no_1724-2022.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/858/lei_no_1723-2022.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/857/lei_no_1722-2022.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/856/lei_no_1721-2022.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/855/lei_no_1720-2022.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/854/lei_no_1719-2022.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/853/lei_no_1718-2022.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/852/lei_no_1717-2022.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/851/lei_no_1716-2022.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/850/lei_no_1715-2022.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/849/lei_no_1714-2022.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/848/lei_no_1713-2022.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/847/lei_no_1712-2022.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/846/lei_no_1711-2022.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/841/lei_no_1706-2022.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/845/lei_no_1710-2022.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/844/lei_no_1709-2022.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/843/lei_no_1708-2022.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/842/lei_no_1707-2022.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/840/lei_no_1705-2022.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/839/lei_no_1704-2022.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/838/lei_no_1703-2022.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/836/lei_no_1701-2022.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/837/lei_no_1702-2022.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/835/lei_no_1700-2022.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/834/lei_no_1699-2022.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/833/lei_no_1698-2022.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/832/lei_no_1697-2022.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/831/lei_no_1696-2022.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/830/lei_no_1695-2022.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/829/lei_no_1694-2022.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/828/lei_no_1693-2022.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/827/lei_no_1692-2022.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/826/lei_no_1691-2022.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/825/lei_no_1690-2022.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/824/lei_no_1689-2022.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/823/lei_no_1688-2022.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/822/lei_no_1687-2022.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/821/lei_no_1686-2022.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/820/lei_no_1685-2022.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/819/lei_no_1684-2022.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/818/lei_no_1683-2022.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/817/lei_no_1682-2022.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/816/lei_no_1681-2022.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/815/lei_no_1680-2022.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/814/lei_no_1679-2022.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/813/lei_no_1678-2022.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/812/lei_no_1677-2022.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/811/lei_no_1676-2022.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/802/lei_no_1667-2022.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/810/lei_no_1675-2022.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/809/lei_no_1674-2022.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/808/lei_no_1673-2022.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/807/lei_no_1672-2022.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/806/lei_no_1671-2022.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/805/lei_no_1670-2022.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/804/lei_no_1669-2022.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/803/lei_no_1668-2022.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/801/lei_no_1666-2022.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/800/lei_no_1665-2022.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/799/lei_no_1664-2022.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/798/lei_no_1663-2022.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/797/lei_no_1662-2022.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/796/lei_no_1661-2022.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/795/lei_no_1660-2022.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/794/lei_no_1659-2022.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/793/lei_no_1658-2022.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/792/lei_no_1657-2022.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/791/lei_no_1656-2022.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/790/lei_no_1655-2022.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/789/lei_no_1654-2022.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/788/lei_no_1653-2022.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/787/lei_no_1652-2022.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/786/lei_no_1651-2022.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/785/lei_no_1650-2022.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/784/lei_no_1649-2022.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/783/lei_no_1648-2022.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/782/lei_no_1647-2022.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/781/lei_no_1646-2022.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/780/lei_no_1645-2022.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/779/lei_no_1644-2022.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/778/lei_no_1643-2022.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/777/lei_no_1642-2022.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/775/lei_no_1641-2022.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/776/lei_no_1641-2022_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/774/lei_no_1640-2022.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/773/lei_no_1639-2022.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/772/lei_no_1638-2022.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/770/lei_no_1637-2022.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/771/lei_no_1637-2022_-_republicar.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/769/lei_no_1636-2022.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/2129/lei_no_1635-2022.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2022/768/lei_no_1634-2022.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1015/lei_no_1633-2021.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1014/lei_no_1632-2021.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1013/lei_no_1631-2021.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1012/lei_no_1630-2021.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1011/lei_no_1629-2021.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1010/lei_no_1628-2021.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1009/lei_no_1627-2021.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/2092/lei_no_1626-2021_-_parte_i.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1008/lei_no_1625-2021.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1007/lei_no_1624-2021.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1005/lei_no_1623-2021.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1004/lei_no_1622-2021.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1003/lei_no_1621-2021.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1002/lei_no_1620-2021.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1001/lei_no_1619-2021.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1000/lei_no_1618-2021.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/1006/lei_no_1617-2021.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/999/lei_no_1616-2021.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/998/lei_no_1615-2021.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/997/lei_no_1614-2021.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/996/lei_no_1613-2021.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/995/lei_no_1612-2021.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/994/lei_no_1611-2021.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/993/lei_no_1610-2021.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/992/lei_no_1609-2021.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/991/lei_no_1608-2021.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/990/lei_no_1607-2021.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/989/lei_no_1606-2021.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/988/lei_no_1605-2021.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/987/lei_no_1604-2021.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/986/lei_no_1603-2021.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/985/lei_no_1602-2021.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/984/lei_no_1601-2021.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/983/lei_no_1600-2021.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/982/lei_no_1599-2021.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/981/lei_no_1598-2021.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/980/lei_no_1597-2021.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/979/lei_no_1596-2021.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/978/lei_no_1595-2021.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/977/lei_no_1594-2021.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/976/lei_no_1593-2021.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/975/lei_no_1592-2021.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/974/lei_no_1591-2021.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/973/lei_no_1590-2021.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/972/lei_no_1589-2021.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/971/lei_no_1588-2021.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/970/lei_no_1587-2021.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/969/lei_no_1586-2021.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/968/lei_no_1585-2021.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/967/lei_no_1584-2021.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/966/lei_no_1583-2021.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/965/lei_no_1582-2021.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/964/lei_no_1581-2021.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/963/lei_no_1580-2021.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/962/lei_no_1579-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/961/lei_no_1578-2021.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/960/lei_no_1577-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/959/lei_no_1576-2021.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/958/lei_no_1575-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/957/lei_no_1574-2021.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/956/lei_no_1573-2021.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/955/lei_no_1572-2021.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/954/lei_no_1571-2021.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/953/lei_no_1570-2021.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/952/lei_no_1569-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/951/lei_no_1568-2021.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/950/lei_no_1567-2021.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/949/lei_no_1566-2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/948/lei_no_1565-2021.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/947/lei_no_1564-2021.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/946/lei_no_1563-2021.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/945/lei_no_1562-2021.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/944/lei_no_1561-2021.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/942/lei_no_1560-2021.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/941/lei_no_1559-2021.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/940/lei_no_1558-2021.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/943/lei_no_1557-2021_compressed.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/939/lei_no_1556-2021.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/938/lei_no_1555-2021.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/937/lei_no_1554-2021.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/936/lei_no_1553-2021.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/935/lei_no_1552-2021.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/934/lei_no_1551-2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/933/lei_no_1550-2021.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/906/lei_no_1523-2021_justificativa.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/932/lei_no_1549-2021.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/931/lei_no_1548-2021.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/930/lei_no_1547-2021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/929/lei_no_1546-2021.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/928/lei_no_1545-2021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/927/lei_no_1544-2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/926/lei_no_1543-2021.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/925/lei_no_1542-2021.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/924/lei_no_1541-2021.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/923/lei_no_1540-2021.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/922/lei_no_1539-2021.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/921/lei_no_1538-2021.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/920/lei_no_1537-2021.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/919/lei_no_1536-2021.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/918/lei_no_1535-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/917/lei_no_1534-2021.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/916/lei_no_1533-2021.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/915/lei_no_1532-2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/914/lei_no_1531-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/913/lei_no_1530-2021.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/912/lei_no_1529-2021.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/911/lei_no_1528-2021.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/910/lei_no_1527-2021.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/909/lei_no_1526-2021_-_publicado.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/908/lei_no_1525-2021.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/907/lei_no_1524-2021.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/905/lei_no_1522-2021.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/904/lei_no_1521-2021.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/903/lei_no_1520-2021.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/902/lei_no_1519-2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/901/lei_no_1518-2021.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/900/lei_no_1517-2021.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/899/lei_no_1516-2021.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/898/lei_no_1515-2021.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/897/lei_no_1514-2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/896/lei_no_1513-2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/895/lei_no_1512-2011.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/894/lei_no_1511-2021_-_para_republicar.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/893/lei_no_1511-2011.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/892/lei_no_1510-2021.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2021/891/lei_no_1509-2021.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1092/lei_no_1508-2020.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1090/lei_no_1506-2020.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1089/lei_no_1505-2020.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1091/lei_no_1507-2020.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1088/lei_no_1504-2020_-_parte_01.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1087/lei_no_1503-2020.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1086/lei_no_1502-2020.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1085/lei_no_1501-2020.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1084/lei_no_1500-2020.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1083/lei_no_1499-2020.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1082/lei_no_1498-2020.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1081/lei_no_1497-2020.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1080/lei_no_1496-2020.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1079/lei_no_1495-2020.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1078/lei_no_1494-2020.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1077/lei_no_1493-2020.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1076/lei_no_1492-2020.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1075/lei_no_1491-2020.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1074/lei_no_1490-2020.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1067/lei_no_1483-2020.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1073/lei_no_1489-2020.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1072/lei_no_1488-2020.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1071/lei_no_1487-2020.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1070/lei_no_1486-2020.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1069/lei_no_1485-2020.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1068/lei_no_1484-2020.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1066/lei_no_1482-2020.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1065/lei_no_1481-2020.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1064/lei_no_1480-2020.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1063/lei_no_1479-2020.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1062/lei_no_1478-2020.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1061/lei_no_1477-2020.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1060/lei_no_1476-2020.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1059/lei_no_1475-2020.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1058/lei_no_1474-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1057/lei_no_1473-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1056/lei_no_1472-2020.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1055/lei_no_1471-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1054/lei_no_1470-2020.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1053/lei_no_1469-2020.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1052/lei_no_1468-2020.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1051/lei_no_1467-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1050/lei_no_1466-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1049/lei_no_1465-2020.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1047/lei_no_1463-2020.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1046/lei_no_1462-2020.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1045/lei_no_1461-2020.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1044/lei_no_1460-2020.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1043/lei_no_1459-2020.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1042/lei_no_1458-2020.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1041/lei_no_1457-2020.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1040/lei_no_1456-2020.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1048/lei_no_1464-2020.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1039/lei_no_1455-2020.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1038/lei_no_1454-2020.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1037/lei_no_1453-2020.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1036/lei_no_1452-2020.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1035/lei_no_1451-2020.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1034/lei_no_1450-2020.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1033/lei_no_1449-2020.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1032/lei_no_1448-2020.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1031/lei_no_1447-2020.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1030/lei_no_1446-2020.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1029/lei_no_1445-2020.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1028/lei_no_1444-2020.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1027/lei_no_1443-2020.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1026/lei_no_1442-2020.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1025/lei_no_1441-2020.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1024/lei_no_1440-2020.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1023/lei_no_1439-2020.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1022/lei_no_1438-2020.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1021/lei_no_1437-2020.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1020/lei_no_1436-2020.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1019/lei_no_1435-2020.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1018/lei_no_1434-2020.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1017/lei_no_1433-2020.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2020/1016/lei_no_1432-2020.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/2098/lei_no_1431-2020.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1216/lei_no_1430-2019.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1215/lei_no_1429-2019.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1214/lei_no_1428-2019.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1213/lei_no_1427-2019.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1212/lei_no_1426-2019.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1211/lei_no_1425-2019.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1210/lei_no_1424-2019.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1209/lei_no_1423-2019.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1208/lei_no_1422-2019-otimizado_1.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1207/lei_no_1421-2019.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1206/lei_no_1420-2019.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1205/lei_no_1419-2019.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1204/lei_no_1418-2019.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1203/lei_no_1417-2019.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1202/lei_no_1416-2019.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1201/lei_no_1415-2019.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/2128/lei_no_1414-2019.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1200/lei_no_1413-2019.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1199/lei_no_1412-2019.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1198/lei_no_1411-2019.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1197/lei_no_1410-2019.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1196/lei_no_1409-2019.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1195/lei_no_1408-2019.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1194/lei_no_1407-2019.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1193/lei_no_1406-2019.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1192/lei_no_1405-2019.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1097/lei_no_1311-2019.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1191/lei_no_1404-2019.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1190/lei_no_1403-2019.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1188/lei_no_1402-2019.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1189/lei_no_1401-2019_.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1186/lei_no_1400-2019.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1185/lei_no_1399-2019.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1184/lei_no_1398-2019.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1183/lei_no_1397-2019.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1182/lei_no_1396-2019.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1181/lei_no_1395-2019.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1180/lei_no_1394-2019.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1179/lei_no_1393-2019.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1177/lei_no_1391-2019.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1178/lei_no_1392-2019.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1176/lei_no_1390-2019.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1175/lei_no_1389-2019.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1174/lei_no_1388-2019.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1173/lei_no_1387-2019.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1172/lei_no_1386-2019.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1171/lei_no_1385-2019.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1170/lei_no_1384-2019.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1169/lei_no_1383-2019.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1168/lei_no_1382-2019.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1167/lei_no_1381-2019.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1166/lei_no_1380-2019.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1165/lei_no_1379-2019.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1164/lei_no_1378-2019.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1163/lei_no_1377-2019.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1162/lei_no_1376-2019.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1161/lei_no_1375-2019.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1160/lei_no_1374-2019.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1159/lei_no_1373-2019.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1158/lei_no_1372-2019.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1157/lei_no_1371-2019.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1156/lei_no_1370-2019.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1155/lei_no_1369-2019.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1154/lei_no_1368-2019.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1153/lei_no_1367-2019.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1152/lei_no_1366-2019.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1151/lei_no_1365-2019.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1150/lei_no_1364-2019.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1149/lei_no_1363-2019.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1148/lei_no_1362-2019.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1147/lei_no_1361-2019.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1146/lei_no_1360-2019.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1144/lei_no_1358-2019.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1143/lei_no_1357-2019.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1145/lei_no_1359-2019.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1142/lei_no_1356-2019.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1141/lei_no_1355-2019.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1120/lei_no_1334-2019.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1140/lei_no_1354-2019.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1139/lei_no_1353-2019.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1138/lei_no_1352-2019.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1137/lei_no_1351-2019.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1136/lei_no_1350-2019.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1135/lei_no_1349-2019.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1134/lei_no_1348-2019.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1133/lei_no_1347-2019.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1132/lei_no_1346-2019.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1131/lei_no_1345-2019.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1130/lei_no_1344-2019.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1129/lei_no_1343-2019.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1128/lei_no_1342-2019.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1127/lei_no_1341-2019.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1125/lei_no_1339-2019.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1126/lei_no_1340-2019.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1124/lei_no_1338-2019.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1123/lei_no_1337-2019.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1122/lei_no_1336-2019.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1121/lei_no_1335-2019.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1119/lei_no_1333-2019.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1118/lei_no_1331-2019.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1117/lei_no_1331-2019.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1116/lei_no_1330-2019.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1115/lei_no_1329-2019.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1114/lei_no_1328-2019.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1113/lei_no_1327-2019.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1112/lei_no_1326-2019.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1111/lei_no_1325-2019.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1110/lei_no_1324-2019.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1109/lei_no_1323-2019.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1108/lei_no_1322-2019.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1107/lei_no_1321-2019.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1106/lei_no_1320-2019.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1105/lei_no_1319-2019.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1104/lei_no_1318-2019.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1103/lei_no_1317-2019.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1102/lei_no_1316-2019.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1101/lei_no_1315-2019.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1100/lei_no_1314-2019.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1099/lei_no_1313-2019.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1098/lei_no_1312-2019.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1096/lei_no_1310-2019.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1095/lei_no_1309-2019.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1094/lei_no_1308-2019.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2019/1093/lei_no_1307-2019.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1351/lei_no_1306-2018.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1350/lei_no_1305-2018.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1349/lei_no_1304-2018.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1348/lei_no_1303-2018.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1347/lei_no_1302-2018.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1346/lei_no_1301-2018.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1345/lei_no_1300-2018.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1344/lei_no_1299-2018.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1343/lei_no_1298-2018.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1342/lei_no_1297-2018.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1341/lei_no_1296-2018.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1340/lei_no_1295-2018.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1339/lei_no_1294-2018.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1338/lei_no_1293-2018.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1337/lei_no_1292-2018.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1336/lei_no_1291-2018.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1335/lei_no_1290-2018.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1334/lei_no_1289-2018.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1333/lei_no_1288-2018.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1332/lei_no_1287-2018.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1331/lei_no_1286-2018.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1330/lei_no_1285-2018.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1329/lei_no_1284-2018.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1328/lei_no_1283-2018.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1327/lei_no_1282-2018.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1326/lei_no_1281-2018.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1325/lei_no_1280-2018.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1324/lei_no_1279-2018.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1323/lei_no_1278-2018.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1322/lei_no_1277-2018.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1321/lei_no_1276-2018.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1320/lei_no_1275-2018.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1319/lei_no_1274-2018.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1318/lei_no_1273-2018.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1317/lei_no_1272-2018.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1316/lei_no_1271-2018.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1315/lei_no_1270-2018.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1314/lei_no_1269-2018.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1313/lei_no_1268-2018.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1312/lei_no_1267-2018.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1311/lei_no_1266-2018.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1310/lei_no_1265-2018.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1309/lei_no_1264-2018.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1308/lei_no_1263-2018.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1307/lei_no_1262-2018.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1306/lei_no_1261-2018.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1305/lei_no_1260-2018.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1304/lei_no_1259-2018.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1303/lei_no_1258-2018.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1302/lei_no_1257-2018.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1301/lei_no_1256-2018.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1300/lei_no_1255-2018.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1299/lei_no_1254-2018.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1298/lei_no_1253-2018.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1297/lei_no_1252-2018.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1296/lei_no_1251-2018.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1295/lei_no_1250-2018.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1294/lei_no_1249-2018.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1293/lei_no_1248-2018.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1292/lei_no_1247-2018.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1291/lei_no_1246-2018.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1290/lei_no_1245-2018.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1289/lei_no_1244-2018.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1288/lei_no_1243-2018.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1287/lei_no_1242-2018.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1286/lei_no_1241-2018.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1285/lei_no_1240-2018.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1284/lei_no_1239-2018.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1283/lei_no_1238-2018.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1282/lei_no_1237-2018.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1281/lei_no_1236-2018.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1280/lei_no_1235-2018.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1279/lei_no_1234-2018.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1278/lei_no_1233-2018.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1277/lei_no_1232-2018.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1276/lei_no_1231-2018.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1275/lei_no_1230-2018.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1274/lei_no_1229-2018.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1273/lei_no_1228-2018.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1272/lei_no_1227-2018.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1271/lei_no_1226-2018.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1270/lei_no_1225-2018.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1269/lei_no_1224-2018.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1268/lei_no_1223-2018.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1267/lei_no_1222-2018.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1266/lei_no_1221-2018.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1265/lei_no_1220-2018.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1264/lei_no_1219-2018.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1263/lei_no_1218-2018.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1262/lei_no_1217-2018.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1261/lei_no_1216-2018.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1260/lei_no_1215-2018.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1259/lei_no_1214-2018.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1258/lei_no_1213-2018.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1257/lei_no_1212-2018.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1256/lei_no_1211-2018.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1255/lei_no_1210-2018.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1254/lei_no_1209-2018.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1253/lei_no_1208-2018.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1252/lei_no_1207-2018.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1251/lei_no_1206-2018.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1250/lei_no_1205-2018.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1249/lei_no_1204-2018.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1248/lei_no_1203-2018.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1247/lei_no_1202-2018.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1246/lei_no_1201-2018.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1245/lei_no_1200-2018.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1244/lei_no_1199-2018.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1242/lei_no_1197-2018.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1241/lei_no_1196-2018.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1240/lei_no_1195-2018.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1239/lei_no_1194-2018.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1238/lei_no_1193-2018.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1237/lei_no_1192-2018.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1236/lei_no_1191-2018.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1243/lei_no_1198-2018.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1235/lei_no_1190-2018.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1234/lei_no_1189-2018.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1233/lei_no_1188-2018.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1232/lei_no_1187-2018.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1231/lei_no_1186-2018.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1230/lei_no_1185-2018.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1229/lei_no_1184-2017.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1228/lei_no_1183-2018.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1227/lei_no_1182-2018.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1226/lei_no_1181-2018.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1225/lei_no_1180-2018.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1224/lei_no_1179-2018.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1223/lei_no_1178-2018.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1222/lei_no_1177-2018.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1221/lei_no_1176-2018.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1220/lei_no_1175-2018.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1219/lei_no_1174-2018.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1218/lei_no_1173-2018.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/sapl/public/normajuridica/2018/1217/lei_no_1172-2018.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/60/60_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/59/59_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/58/58_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/57/57_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/56/56_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2001/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/2000/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/30/30_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1999/29/29_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/11/11_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1998/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/2/2_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.buritis.ro.leg.br/media/./sapl/public/normajuridica/1997/14/14_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G1197"/>
+  <dimension ref="A1:G1202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="100.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -13475,27068 +13529,27183 @@
       </c>
       <c r="B22" t="s">
         <v>8</v>
       </c>
       <c r="C22" t="s">
         <v>91</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="G22" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>94</v>
       </c>
       <c r="B23" t="s">
+        <v>8</v>
+      </c>
+      <c r="C23" t="s">
         <v>95</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>10</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="1" t="s">
         <v>96</v>
       </c>
-      <c r="D23" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="1" t="s">
+      <c r="G23" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
+        <v>98</v>
+      </c>
+      <c r="B24" t="s">
+        <v>8</v>
+      </c>
+      <c r="C24" t="s">
         <v>99</v>
       </c>
-      <c r="B24" t="s">
-[...2 lines deleted...]
-      <c r="C24" t="s">
+      <c r="D24" t="s">
+        <v>10</v>
+      </c>
+      <c r="E24" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="D24" t="s">
-[...5 lines deleted...]
-      <c r="F24" s="1" t="s">
+      <c r="G24" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
+        <v>102</v>
+      </c>
+      <c r="B25" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" t="s">
         <v>103</v>
       </c>
-      <c r="B25" t="s">
-[...2 lines deleted...]
-      <c r="C25" t="s">
+      <c r="D25" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" t="s">
+        <v>11</v>
+      </c>
+      <c r="F25" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="D25" t="s">
-[...5 lines deleted...]
-      <c r="F25" s="1" t="s">
+      <c r="G25" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>8</v>
+      </c>
+      <c r="C26" t="s">
         <v>107</v>
       </c>
-      <c r="B26" t="s">
-[...2 lines deleted...]
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>10</v>
+      </c>
+      <c r="E26" t="s">
+        <v>11</v>
+      </c>
+      <c r="F26" s="1" t="s">
         <v>108</v>
       </c>
-      <c r="D26" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="1" t="s">
+      <c r="G26" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
+        <v>110</v>
+      </c>
+      <c r="B27" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" t="s">
         <v>111</v>
       </c>
-      <c r="B27" t="s">
-[...2 lines deleted...]
-      <c r="C27" t="s">
+      <c r="D27" t="s">
+        <v>10</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" s="1" t="s">
         <v>112</v>
       </c>
-      <c r="D27" t="s">
-[...5 lines deleted...]
-      <c r="F27" s="1" t="s">
+      <c r="G27" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
+        <v>114</v>
+      </c>
+      <c r="B28" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="C28" t="s">
         <v>116</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G28" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>119</v>
       </c>
       <c r="B29" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C29" t="s">
         <v>120</v>
       </c>
       <c r="D29" t="s">
         <v>10</v>
       </c>
       <c r="E29" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
         <v>123</v>
       </c>
       <c r="B30" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C30" t="s">
         <v>124</v>
       </c>
       <c r="D30" t="s">
         <v>10</v>
       </c>
       <c r="E30" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>125</v>
       </c>
       <c r="G30" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>127</v>
       </c>
       <c r="B31" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C31" t="s">
         <v>128</v>
       </c>
       <c r="D31" t="s">
         <v>10</v>
       </c>
       <c r="E31" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G31" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>131</v>
       </c>
       <c r="B32" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C32" t="s">
         <v>132</v>
       </c>
       <c r="D32" t="s">
         <v>10</v>
       </c>
       <c r="E32" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>133</v>
       </c>
       <c r="G32" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>135</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C33" t="s">
         <v>136</v>
       </c>
       <c r="D33" t="s">
         <v>10</v>
       </c>
       <c r="E33" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>137</v>
       </c>
       <c r="G33" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>139</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C34" t="s">
         <v>140</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>141</v>
       </c>
       <c r="G34" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C35" t="s">
         <v>144</v>
       </c>
       <c r="D35" t="s">
         <v>10</v>
       </c>
       <c r="E35" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>145</v>
       </c>
       <c r="G35" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
         <v>147</v>
       </c>
       <c r="B36" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C36" t="s">
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>10</v>
       </c>
       <c r="E36" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>149</v>
       </c>
       <c r="G36" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
         <v>151</v>
       </c>
       <c r="B37" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C37" t="s">
         <v>152</v>
       </c>
       <c r="D37" t="s">
         <v>10</v>
       </c>
       <c r="E37" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>36</v>
+        <v>153</v>
       </c>
       <c r="G37" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C38" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D38" t="s">
         <v>10</v>
       </c>
       <c r="E38" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G38" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B39" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C39" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D39" t="s">
         <v>10</v>
       </c>
       <c r="E39" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G39" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B40" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G40" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B41" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D41" t="s">
         <v>10</v>
       </c>
       <c r="E41" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="G41" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B42" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C42" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D42" t="s">
         <v>10</v>
       </c>
       <c r="E42" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="G42" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="B43" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C43" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D43" t="s">
         <v>10</v>
       </c>
       <c r="E43" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
-        <v>176</v>
+        <v>56</v>
       </c>
       <c r="G43" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
         <v>178</v>
       </c>
       <c r="B44" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C44" t="s">
         <v>179</v>
       </c>
       <c r="D44" t="s">
         <v>10</v>
       </c>
       <c r="E44" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>180</v>
       </c>
       <c r="G44" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C45" t="s">
         <v>183</v>
       </c>
       <c r="D45" t="s">
         <v>10</v>
       </c>
       <c r="E45" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>184</v>
       </c>
       <c r="G45" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
         <v>186</v>
       </c>
       <c r="B46" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C46" t="s">
         <v>187</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>188</v>
       </c>
       <c r="G46" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>190</v>
       </c>
       <c r="B47" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C47" t="s">
         <v>191</v>
       </c>
       <c r="D47" t="s">
         <v>10</v>
       </c>
       <c r="E47" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>192</v>
       </c>
       <c r="G47" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
         <v>194</v>
       </c>
       <c r="B48" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C48" t="s">
         <v>195</v>
       </c>
       <c r="D48" t="s">
         <v>10</v>
       </c>
       <c r="E48" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>196</v>
       </c>
       <c r="G48" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
         <v>198</v>
       </c>
       <c r="B49" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C49" t="s">
         <v>199</v>
       </c>
       <c r="D49" t="s">
         <v>10</v>
       </c>
       <c r="E49" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>200</v>
       </c>
       <c r="G49" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
         <v>202</v>
       </c>
       <c r="B50" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C50" t="s">
         <v>203</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>204</v>
       </c>
       <c r="G50" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
         <v>206</v>
       </c>
       <c r="B51" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C51" t="s">
         <v>207</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>208</v>
       </c>
       <c r="G51" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
         <v>210</v>
       </c>
       <c r="B52" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C52" t="s">
         <v>211</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>212</v>
       </c>
       <c r="G52" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
         <v>214</v>
       </c>
       <c r="B53" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C53" t="s">
         <v>215</v>
       </c>
       <c r="D53" t="s">
         <v>10</v>
       </c>
       <c r="E53" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>216</v>
       </c>
       <c r="G53" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
         <v>218</v>
       </c>
       <c r="B54" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C54" t="s">
         <v>219</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>220</v>
       </c>
       <c r="G54" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
         <v>222</v>
       </c>
       <c r="B55" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C55" t="s">
         <v>223</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>224</v>
       </c>
       <c r="G55" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
         <v>226</v>
       </c>
       <c r="B56" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C56" t="s">
         <v>227</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>228</v>
       </c>
       <c r="G56" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
         <v>230</v>
       </c>
       <c r="B57" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C57" t="s">
         <v>231</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>232</v>
       </c>
       <c r="G57" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
         <v>234</v>
       </c>
       <c r="B58" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C58" t="s">
         <v>235</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>236</v>
       </c>
       <c r="G58" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
         <v>238</v>
       </c>
       <c r="B59" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C59" t="s">
         <v>239</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>240</v>
       </c>
       <c r="G59" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
         <v>242</v>
       </c>
       <c r="B60" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C60" t="s">
         <v>243</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>244</v>
       </c>
       <c r="G60" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
         <v>246</v>
       </c>
       <c r="B61" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C61" t="s">
         <v>247</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>248</v>
       </c>
       <c r="G61" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
         <v>250</v>
       </c>
       <c r="B62" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C62" t="s">
         <v>251</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>252</v>
       </c>
       <c r="G62" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
         <v>254</v>
       </c>
       <c r="B63" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C63" t="s">
         <v>255</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>256</v>
       </c>
       <c r="G63" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
         <v>258</v>
       </c>
       <c r="B64" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C64" t="s">
         <v>259</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>260</v>
       </c>
       <c r="G64" t="s">
-        <v>201</v>
+        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C65" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G65" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B66" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D66" t="s">
         <v>10</v>
       </c>
       <c r="E66" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="G66" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="B67" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C67" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="G67" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B68" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C68" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="G68" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B69" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C69" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="G69" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B70" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C70" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70" t="s">
         <v>11</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G70" t="s">
-        <v>284</v>
+        <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
         <v>285</v>
       </c>
       <c r="B71" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C71" t="s">
         <v>286</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>287</v>
       </c>
       <c r="G71" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
         <v>289</v>
       </c>
       <c r="B72" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C72" t="s">
         <v>290</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>291</v>
       </c>
       <c r="G72" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
         <v>293</v>
       </c>
       <c r="B73" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C73" t="s">
         <v>294</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G73" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
         <v>297</v>
       </c>
       <c r="B74" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C74" t="s">
         <v>298</v>
       </c>
       <c r="D74" t="s">
         <v>10</v>
       </c>
       <c r="E74" t="s">
         <v>11</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>299</v>
       </c>
       <c r="G74" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
         <v>301</v>
       </c>
       <c r="B75" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C75" t="s">
         <v>302</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" s="1" t="s">
         <v>303</v>
       </c>
       <c r="G75" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
         <v>305</v>
       </c>
       <c r="B76" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C76" t="s">
         <v>306</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" s="1" t="s">
         <v>307</v>
       </c>
       <c r="G76" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
         <v>309</v>
       </c>
       <c r="B77" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C77" t="s">
         <v>310</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" s="1" t="s">
         <v>311</v>
       </c>
       <c r="G77" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
         <v>313</v>
       </c>
       <c r="B78" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C78" t="s">
         <v>314</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" s="1" t="s">
         <v>315</v>
       </c>
       <c r="G78" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
         <v>317</v>
       </c>
       <c r="B79" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C79" t="s">
         <v>318</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" s="1" t="s">
         <v>319</v>
       </c>
       <c r="G79" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>321</v>
       </c>
       <c r="B80" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C80" t="s">
         <v>322</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" s="1" t="s">
         <v>323</v>
       </c>
       <c r="G80" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>325</v>
       </c>
       <c r="B81" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C81" t="s">
         <v>326</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" s="1" t="s">
         <v>327</v>
       </c>
       <c r="G81" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
         <v>329</v>
       </c>
       <c r="B82" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C82" t="s">
         <v>330</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" s="1" t="s">
         <v>331</v>
       </c>
       <c r="G82" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
         <v>333</v>
       </c>
       <c r="B83" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C83" t="s">
         <v>334</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" s="1" t="s">
         <v>335</v>
       </c>
       <c r="G83" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>337</v>
       </c>
       <c r="B84" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C84" t="s">
         <v>338</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" s="1" t="s">
         <v>339</v>
       </c>
       <c r="G84" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>341</v>
       </c>
       <c r="B85" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C85" t="s">
         <v>342</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" s="1" t="s">
         <v>343</v>
       </c>
       <c r="G85" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
         <v>345</v>
       </c>
       <c r="B86" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C86" t="s">
         <v>346</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" s="1" t="s">
         <v>347</v>
       </c>
       <c r="G86" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
         <v>349</v>
       </c>
       <c r="B87" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C87" t="s">
         <v>350</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" s="1" t="s">
         <v>351</v>
       </c>
       <c r="G87" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
         <v>353</v>
       </c>
       <c r="B88" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C88" t="s">
         <v>354</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88" t="s">
         <v>11</v>
       </c>
       <c r="F88" s="1" t="s">
         <v>355</v>
       </c>
       <c r="G88" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>357</v>
       </c>
       <c r="B89" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C89" t="s">
         <v>358</v>
       </c>
       <c r="D89" t="s">
         <v>10</v>
       </c>
       <c r="E89" t="s">
         <v>11</v>
       </c>
       <c r="F89" s="1" t="s">
         <v>359</v>
       </c>
       <c r="G89" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>361</v>
       </c>
       <c r="B90" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C90" t="s">
         <v>362</v>
       </c>
       <c r="D90" t="s">
         <v>10</v>
       </c>
       <c r="E90" t="s">
         <v>11</v>
       </c>
       <c r="F90" s="1" t="s">
         <v>363</v>
       </c>
       <c r="G90" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
         <v>365</v>
       </c>
       <c r="B91" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C91" t="s">
         <v>366</v>
       </c>
       <c r="D91" t="s">
         <v>10</v>
       </c>
       <c r="E91" t="s">
         <v>11</v>
       </c>
       <c r="F91" s="1" t="s">
         <v>367</v>
       </c>
       <c r="G91" t="s">
-        <v>110</v>
+        <v>368</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="B92" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C92" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D92" t="s">
         <v>10</v>
       </c>
       <c r="E92" t="s">
         <v>11</v>
       </c>
       <c r="F92" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="G92" t="s">
-        <v>316</v>
+        <v>372</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B93" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C93" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D93" t="s">
         <v>10</v>
       </c>
       <c r="E93" t="s">
         <v>11</v>
       </c>
       <c r="F93" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="G93" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="B94" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C94" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94" t="s">
         <v>11</v>
       </c>
       <c r="F94" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="G94" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="B95" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C95" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="D95" t="s">
         <v>10</v>
       </c>
       <c r="E95" t="s">
         <v>11</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="G95" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B96" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C96" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="D96" t="s">
         <v>10</v>
       </c>
       <c r="E96" t="s">
         <v>11</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G96" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="B97" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C97" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D97" t="s">
         <v>10</v>
       </c>
       <c r="E97" t="s">
         <v>11</v>
       </c>
       <c r="F97" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="G97" t="s">
-        <v>390</v>
+        <v>130</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B98" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C98" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D98" t="s">
         <v>10</v>
       </c>
       <c r="E98" t="s">
         <v>11</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="G98" t="s">
-        <v>394</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
         <v>395</v>
       </c>
       <c r="B99" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C99" t="s">
         <v>396</v>
       </c>
       <c r="D99" t="s">
         <v>10</v>
       </c>
       <c r="E99" t="s">
         <v>11</v>
       </c>
       <c r="F99" s="1" t="s">
         <v>397</v>
       </c>
       <c r="G99" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
         <v>399</v>
       </c>
       <c r="B100" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C100" t="s">
         <v>400</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100" t="s">
         <v>11</v>
       </c>
       <c r="F100" s="1" t="s">
         <v>401</v>
       </c>
       <c r="G100" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B101" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C101" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D101" t="s">
         <v>10</v>
       </c>
       <c r="E101" t="s">
         <v>11</v>
       </c>
       <c r="F101" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="G101" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B102" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C102" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D102" t="s">
         <v>10</v>
       </c>
       <c r="E102" t="s">
         <v>11</v>
       </c>
       <c r="F102" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="G102" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B103" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C103" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D103" t="s">
         <v>10</v>
       </c>
       <c r="E103" t="s">
         <v>11</v>
       </c>
       <c r="F103" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="G103" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B104" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C104" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D104" t="s">
         <v>10</v>
       </c>
       <c r="E104" t="s">
         <v>11</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="G104" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B105" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C105" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D105" t="s">
         <v>10</v>
       </c>
       <c r="E105" t="s">
         <v>11</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="G105" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
+        <v>423</v>
+      </c>
+      <c r="B106" t="s">
+        <v>115</v>
+      </c>
+      <c r="C106" t="s">
+        <v>424</v>
+      </c>
+      <c r="D106" t="s">
+        <v>10</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="G106" t="s">
         <v>422</v>
-      </c>
-[...16 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
         <v>426</v>
       </c>
       <c r="B107" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C107" t="s">
         <v>427</v>
       </c>
       <c r="D107" t="s">
         <v>10</v>
       </c>
       <c r="E107" t="s">
         <v>11</v>
       </c>
       <c r="F107" s="1" t="s">
         <v>428</v>
       </c>
       <c r="G107" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
         <v>430</v>
       </c>
       <c r="B108" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C108" t="s">
         <v>431</v>
       </c>
       <c r="D108" t="s">
         <v>10</v>
       </c>
       <c r="E108" t="s">
         <v>11</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>432</v>
       </c>
       <c r="G108" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>434</v>
       </c>
       <c r="B109" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C109" t="s">
         <v>435</v>
       </c>
       <c r="D109" t="s">
         <v>10</v>
       </c>
       <c r="E109" t="s">
         <v>11</v>
       </c>
       <c r="F109" s="1" t="s">
         <v>436</v>
       </c>
       <c r="G109" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>438</v>
       </c>
       <c r="B110" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C110" t="s">
         <v>439</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110" t="s">
         <v>11</v>
       </c>
       <c r="F110" s="1" t="s">
         <v>440</v>
       </c>
       <c r="G110" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
         <v>442</v>
       </c>
       <c r="B111" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C111" t="s">
         <v>443</v>
       </c>
       <c r="D111" t="s">
         <v>10</v>
       </c>
       <c r="E111" t="s">
         <v>11</v>
       </c>
       <c r="F111" s="1" t="s">
         <v>444</v>
       </c>
       <c r="G111" t="s">
-        <v>398</v>
+        <v>445</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="B112" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C112" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112" t="s">
         <v>11</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="G112" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B113" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C113" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D113" t="s">
         <v>10</v>
       </c>
       <c r="E113" t="s">
         <v>11</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="G113" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="B114" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C114" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D114" t="s">
         <v>10</v>
       </c>
       <c r="E114" t="s">
         <v>11</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="G114" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B115" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C115" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D115" t="s">
         <v>10</v>
       </c>
       <c r="E115" t="s">
         <v>11</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G115" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B116" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C116" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D116" t="s">
         <v>10</v>
       </c>
       <c r="E116" t="s">
         <v>11</v>
       </c>
       <c r="F116" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="G116" t="s">
-        <v>464</v>
+        <v>422</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
         <v>465</v>
       </c>
       <c r="B117" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C117" t="s">
         <v>466</v>
       </c>
       <c r="D117" t="s">
         <v>10</v>
       </c>
       <c r="E117" t="s">
         <v>11</v>
       </c>
       <c r="F117" s="1" t="s">
         <v>467</v>
       </c>
       <c r="G117" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
         <v>469</v>
       </c>
       <c r="B118" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C118" t="s">
         <v>470</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118" t="s">
         <v>11</v>
       </c>
       <c r="F118" s="1" t="s">
         <v>471</v>
       </c>
       <c r="G118" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
         <v>473</v>
       </c>
       <c r="B119" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C119" t="s">
         <v>474</v>
       </c>
       <c r="D119" t="s">
         <v>10</v>
       </c>
       <c r="E119" t="s">
         <v>11</v>
       </c>
       <c r="F119" s="1" t="s">
         <v>475</v>
       </c>
       <c r="G119" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
         <v>477</v>
       </c>
       <c r="B120" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C120" t="s">
         <v>478</v>
       </c>
       <c r="D120" t="s">
         <v>10</v>
       </c>
       <c r="E120" t="s">
         <v>11</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>479</v>
       </c>
       <c r="G120" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
         <v>481</v>
       </c>
       <c r="B121" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C121" t="s">
         <v>482</v>
       </c>
       <c r="D121" t="s">
         <v>10</v>
       </c>
       <c r="E121" t="s">
         <v>11</v>
       </c>
       <c r="F121" s="1" t="s">
         <v>483</v>
       </c>
       <c r="G121" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
         <v>485</v>
       </c>
       <c r="B122" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C122" t="s">
         <v>486</v>
       </c>
       <c r="D122" t="s">
         <v>10</v>
       </c>
       <c r="E122" t="s">
         <v>11</v>
       </c>
       <c r="F122" s="1" t="s">
         <v>487</v>
       </c>
       <c r="G122" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B123" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C123" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D123" t="s">
         <v>10</v>
       </c>
       <c r="E123" t="s">
         <v>11</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="G123" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B124" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C124" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124" t="s">
         <v>11</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="G124" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B125" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C125" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D125" t="s">
         <v>10</v>
       </c>
       <c r="E125" t="s">
         <v>11</v>
       </c>
       <c r="F125" s="1" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="G125" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="B126" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C126" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="D126" t="s">
         <v>10</v>
       </c>
       <c r="E126" t="s">
         <v>11</v>
       </c>
       <c r="F126" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="G126" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="B127" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C127" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D127" t="s">
         <v>10</v>
       </c>
       <c r="E127" t="s">
         <v>11</v>
       </c>
       <c r="F127" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="G127" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B128" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C128" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="D128" t="s">
         <v>10</v>
       </c>
       <c r="E128" t="s">
         <v>11</v>
       </c>
       <c r="F128" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G128" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B129" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C129" t="s">
+        <v>513</v>
+      </c>
+      <c r="D129" t="s">
+        <v>10</v>
+      </c>
+      <c r="E129" t="s">
+        <v>11</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="G129" t="s">
         <v>511</v>
-      </c>
-[...10 lines deleted...]
-        <v>513</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B130" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C130" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130" t="s">
         <v>11</v>
       </c>
       <c r="F130" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="G130" t="s">
-        <v>484</v>
+        <v>504</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B131" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C131" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131" t="s">
         <v>11</v>
       </c>
       <c r="F131" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G131" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B132" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C132" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D132" t="s">
         <v>10</v>
       </c>
       <c r="E132" t="s">
         <v>11</v>
       </c>
       <c r="F132" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="G132" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B133" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C133" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D133" t="s">
         <v>10</v>
       </c>
       <c r="E133" t="s">
         <v>11</v>
       </c>
       <c r="F133" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="G133" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B134" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C134" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D134" t="s">
         <v>10</v>
       </c>
       <c r="E134" t="s">
         <v>11</v>
       </c>
       <c r="F134" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="G134" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="B135" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C135" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="D135" t="s">
         <v>10</v>
       </c>
       <c r="E135" t="s">
         <v>11</v>
       </c>
       <c r="F135" s="1" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="G135" t="s">
-        <v>528</v>
+        <v>504</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B136" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C136" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136" t="s">
         <v>11</v>
       </c>
       <c r="F136" s="1" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="G136" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="B137" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C137" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="D137" t="s">
         <v>10</v>
       </c>
       <c r="E137" t="s">
         <v>11</v>
       </c>
       <c r="F137" s="1" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="G137" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="B138" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C138" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="D138" t="s">
         <v>10</v>
       </c>
       <c r="E138" t="s">
         <v>11</v>
       </c>
       <c r="F138" s="1" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="G138" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="B139" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C139" t="s">
+        <v>550</v>
+      </c>
+      <c r="D139" t="s">
+        <v>10</v>
+      </c>
+      <c r="E139" t="s">
+        <v>11</v>
+      </c>
+      <c r="F139" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="G139" t="s">
         <v>548</v>
-      </c>
-[...10 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B140" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C140" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140" t="s">
         <v>11</v>
       </c>
       <c r="F140" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="G140" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>555</v>
       </c>
       <c r="B141" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C141" t="s">
         <v>556</v>
       </c>
       <c r="D141" t="s">
         <v>10</v>
       </c>
       <c r="E141" t="s">
         <v>11</v>
       </c>
       <c r="F141" s="1" t="s">
         <v>557</v>
       </c>
       <c r="G141" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>559</v>
       </c>
       <c r="B142" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C142" t="s">
         <v>560</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142" t="s">
         <v>11</v>
       </c>
       <c r="F142" s="1" t="s">
         <v>561</v>
       </c>
       <c r="G142" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>563</v>
       </c>
       <c r="B143" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C143" t="s">
         <v>564</v>
       </c>
       <c r="D143" t="s">
         <v>10</v>
       </c>
       <c r="E143" t="s">
         <v>11</v>
       </c>
       <c r="F143" s="1" t="s">
         <v>565</v>
       </c>
       <c r="G143" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
         <v>567</v>
       </c>
       <c r="B144" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C144" t="s">
         <v>568</v>
       </c>
       <c r="D144" t="s">
         <v>10</v>
       </c>
       <c r="E144" t="s">
         <v>11</v>
       </c>
       <c r="F144" s="1" t="s">
         <v>569</v>
       </c>
       <c r="G144" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>571</v>
       </c>
       <c r="B145" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C145" t="s">
         <v>572</v>
       </c>
       <c r="D145" t="s">
         <v>10</v>
       </c>
       <c r="E145" t="s">
         <v>11</v>
       </c>
       <c r="F145" s="1" t="s">
         <v>573</v>
       </c>
       <c r="G145" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
         <v>575</v>
       </c>
       <c r="B146" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C146" t="s">
         <v>576</v>
       </c>
       <c r="D146" t="s">
         <v>10</v>
       </c>
       <c r="E146" t="s">
         <v>11</v>
       </c>
       <c r="F146" s="1" t="s">
         <v>577</v>
       </c>
       <c r="G146" t="s">
         <v>578</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
         <v>579</v>
       </c>
       <c r="B147" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C147" t="s">
         <v>580</v>
       </c>
       <c r="D147" t="s">
         <v>10</v>
       </c>
       <c r="E147" t="s">
         <v>11</v>
       </c>
       <c r="F147" s="1" t="s">
         <v>581</v>
       </c>
       <c r="G147" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
         <v>583</v>
       </c>
       <c r="B148" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C148" t="s">
         <v>584</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148" t="s">
         <v>11</v>
       </c>
       <c r="F148" s="1" t="s">
         <v>585</v>
       </c>
       <c r="G148" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
         <v>587</v>
       </c>
       <c r="B149" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C149" t="s">
         <v>588</v>
       </c>
       <c r="D149" t="s">
         <v>10</v>
       </c>
       <c r="E149" t="s">
         <v>11</v>
       </c>
       <c r="F149" s="1" t="s">
         <v>589</v>
       </c>
       <c r="G149" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
         <v>591</v>
       </c>
       <c r="B150" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C150" t="s">
         <v>592</v>
       </c>
       <c r="D150" t="s">
         <v>10</v>
       </c>
       <c r="E150" t="s">
         <v>11</v>
       </c>
       <c r="F150" s="1" t="s">
         <v>593</v>
       </c>
       <c r="G150" t="s">
         <v>594</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>595</v>
       </c>
       <c r="B151" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C151" t="s">
         <v>596</v>
       </c>
       <c r="D151" t="s">
         <v>10</v>
       </c>
       <c r="E151" t="s">
         <v>11</v>
       </c>
       <c r="F151" s="1" t="s">
         <v>597</v>
       </c>
       <c r="G151" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
         <v>599</v>
       </c>
       <c r="B152" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C152" t="s">
         <v>600</v>
       </c>
       <c r="D152" t="s">
         <v>10</v>
       </c>
       <c r="E152" t="s">
         <v>11</v>
       </c>
       <c r="F152" s="1" t="s">
         <v>601</v>
       </c>
       <c r="G152" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>603</v>
       </c>
       <c r="B153" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C153" t="s">
         <v>604</v>
       </c>
       <c r="D153" t="s">
         <v>10</v>
       </c>
       <c r="E153" t="s">
         <v>11</v>
       </c>
       <c r="F153" s="1" t="s">
         <v>605</v>
       </c>
       <c r="G153" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>607</v>
       </c>
       <c r="B154" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C154" t="s">
         <v>608</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154" t="s">
         <v>11</v>
       </c>
       <c r="F154" s="1" t="s">
         <v>609</v>
       </c>
       <c r="G154" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
         <v>611</v>
       </c>
       <c r="B155" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C155" t="s">
         <v>612</v>
       </c>
       <c r="D155" t="s">
         <v>10</v>
       </c>
       <c r="E155" t="s">
         <v>11</v>
       </c>
       <c r="F155" s="1" t="s">
         <v>613</v>
       </c>
       <c r="G155" t="s">
         <v>614</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
         <v>615</v>
       </c>
       <c r="B156" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C156" t="s">
         <v>616</v>
       </c>
       <c r="D156" t="s">
         <v>10</v>
       </c>
       <c r="E156" t="s">
         <v>11</v>
       </c>
       <c r="F156" s="1" t="s">
         <v>617</v>
       </c>
       <c r="G156" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
         <v>619</v>
       </c>
       <c r="B157" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C157" t="s">
         <v>620</v>
       </c>
       <c r="D157" t="s">
         <v>10</v>
       </c>
       <c r="E157" t="s">
         <v>11</v>
       </c>
       <c r="F157" s="1" t="s">
         <v>621</v>
       </c>
       <c r="G157" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
         <v>623</v>
       </c>
       <c r="B158" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C158" t="s">
         <v>624</v>
       </c>
       <c r="D158" t="s">
         <v>10</v>
       </c>
       <c r="E158" t="s">
         <v>11</v>
       </c>
       <c r="F158" s="1" t="s">
         <v>625</v>
       </c>
       <c r="G158" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
         <v>627</v>
       </c>
       <c r="B159" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C159" t="s">
         <v>628</v>
       </c>
       <c r="D159" t="s">
         <v>10</v>
       </c>
       <c r="E159" t="s">
         <v>11</v>
       </c>
       <c r="F159" s="1" t="s">
-        <v>36</v>
+        <v>629</v>
       </c>
       <c r="G159" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B160" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C160" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160" t="s">
         <v>11</v>
       </c>
       <c r="F160" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="G160" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B161" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C161" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D161" t="s">
         <v>10</v>
       </c>
       <c r="E161" t="s">
         <v>11</v>
       </c>
       <c r="F161" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="G161" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="B162" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C162" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D162" t="s">
         <v>10</v>
       </c>
       <c r="E162" t="s">
         <v>11</v>
       </c>
       <c r="F162" s="1" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="G162" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="B163" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C163" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D163" t="s">
         <v>10</v>
       </c>
       <c r="E163" t="s">
         <v>11</v>
       </c>
       <c r="F163" s="1" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="G163" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B164" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C164" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D164" t="s">
         <v>10</v>
       </c>
       <c r="E164" t="s">
         <v>11</v>
       </c>
       <c r="F164" s="1" t="s">
-        <v>648</v>
+        <v>56</v>
       </c>
       <c r="G164" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
         <v>650</v>
       </c>
       <c r="B165" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C165" t="s">
         <v>651</v>
       </c>
       <c r="D165" t="s">
         <v>10</v>
       </c>
       <c r="E165" t="s">
         <v>11</v>
       </c>
       <c r="F165" s="1" t="s">
         <v>652</v>
       </c>
       <c r="G165" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="B166" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C166" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166" t="s">
         <v>11</v>
       </c>
       <c r="F166" s="1" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="G166" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B167" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C167" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D167" t="s">
         <v>10</v>
       </c>
       <c r="E167" t="s">
         <v>11</v>
       </c>
       <c r="F167" s="1" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="G167" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B168" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C168" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D168" t="s">
         <v>10</v>
       </c>
       <c r="E168" t="s">
         <v>11</v>
       </c>
       <c r="F168" s="1" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="G168" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B169" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C169" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D169" t="s">
         <v>10</v>
       </c>
       <c r="E169" t="s">
         <v>11</v>
       </c>
       <c r="F169" s="1" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="G169" t="s">
-        <v>645</v>
+        <v>669</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="B170" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C170" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="D170" t="s">
         <v>10</v>
       </c>
       <c r="E170" t="s">
         <v>11</v>
       </c>
       <c r="F170" s="1" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="G170" t="s">
-        <v>671</v>
+        <v>665</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B171" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C171" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D171" t="s">
         <v>10</v>
       </c>
       <c r="E171" t="s">
         <v>11</v>
       </c>
       <c r="F171" s="1" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="G171" t="s">
-        <v>656</v>
+        <v>676</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B172" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C172" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172" t="s">
         <v>11</v>
       </c>
       <c r="F172" s="1" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="G172" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B173" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C173" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="D173" t="s">
         <v>10</v>
       </c>
       <c r="E173" t="s">
         <v>11</v>
       </c>
       <c r="F173" s="1" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="G173" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B174" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C174" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D174" t="s">
         <v>10</v>
       </c>
       <c r="E174" t="s">
         <v>11</v>
       </c>
       <c r="F174" s="1" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="G174" t="s">
-        <v>686</v>
+        <v>665</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B175" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C175" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D175" t="s">
         <v>10</v>
       </c>
       <c r="E175" t="s">
         <v>11</v>
       </c>
       <c r="F175" s="1" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="G175" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B176" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C176" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D176" t="s">
         <v>10</v>
       </c>
       <c r="E176" t="s">
         <v>11</v>
       </c>
       <c r="F176" s="1" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="G176" t="s">
-        <v>694</v>
+        <v>676</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
         <v>695</v>
       </c>
       <c r="B177" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C177" t="s">
         <v>696</v>
       </c>
       <c r="D177" t="s">
         <v>10</v>
       </c>
       <c r="E177" t="s">
         <v>11</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>697</v>
       </c>
       <c r="G177" t="s">
-        <v>637</v>
+        <v>698</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>67</v>
+        <v>699</v>
       </c>
       <c r="B178" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C178" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178" t="s">
         <v>11</v>
       </c>
       <c r="F178" s="1" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="G178" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>71</v>
+        <v>703</v>
       </c>
       <c r="B179" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C179" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="D179" t="s">
         <v>10</v>
       </c>
       <c r="E179" t="s">
         <v>11</v>
       </c>
       <c r="F179" s="1" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="G179" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>75</v>
+        <v>15</v>
       </c>
       <c r="B180" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C180" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="D180" t="s">
         <v>10</v>
       </c>
       <c r="E180" t="s">
         <v>11</v>
       </c>
       <c r="F180" s="1" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="G180" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>79</v>
+        <v>19</v>
       </c>
       <c r="B181" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C181" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
       <c r="D181" t="s">
         <v>10</v>
       </c>
       <c r="E181" t="s">
         <v>11</v>
       </c>
       <c r="F181" s="1" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="G181" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>83</v>
+        <v>713</v>
       </c>
       <c r="B182" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C182" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="D182" t="s">
         <v>10</v>
       </c>
       <c r="E182" t="s">
         <v>11</v>
       </c>
       <c r="F182" s="1" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="G182" t="s">
-        <v>712</v>
+        <v>657</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
         <v>87</v>
       </c>
       <c r="B183" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C183" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="D183" t="s">
         <v>10</v>
       </c>
       <c r="E183" t="s">
         <v>11</v>
       </c>
       <c r="F183" s="1" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="G183" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
         <v>91</v>
       </c>
       <c r="B184" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C184" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184" t="s">
         <v>11</v>
       </c>
       <c r="F184" s="1" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="G184" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B185" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C185" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="D185" t="s">
         <v>10</v>
       </c>
       <c r="E185" t="s">
         <v>11</v>
       </c>
       <c r="F185" s="1" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="G185" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B186" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="C186" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186" t="s">
         <v>11</v>
       </c>
       <c r="F186" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="G186" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B187" t="s">
-        <v>725</v>
+        <v>115</v>
       </c>
       <c r="C187" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="D187" t="s">
         <v>10</v>
       </c>
       <c r="E187" t="s">
         <v>11</v>
       </c>
       <c r="F187" s="1" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="G187" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B188" t="s">
-        <v>725</v>
+        <v>115</v>
       </c>
       <c r="C188" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D188" t="s">
         <v>10</v>
       </c>
       <c r="E188" t="s">
         <v>11</v>
       </c>
       <c r="F188" s="1" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="G188" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B189" t="s">
-        <v>725</v>
+        <v>115</v>
       </c>
       <c r="C189" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="D189" t="s">
         <v>10</v>
       </c>
       <c r="E189" t="s">
         <v>11</v>
       </c>
       <c r="F189" s="1" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="G189" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
         <v>116</v>
       </c>
       <c r="B190" t="s">
-        <v>725</v>
+        <v>115</v>
       </c>
       <c r="C190" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190" t="s">
         <v>11</v>
       </c>
       <c r="F190" s="1" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="G190" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="B191" t="s">
-        <v>725</v>
+        <v>115</v>
       </c>
       <c r="C191" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="D191" t="s">
         <v>10</v>
       </c>
       <c r="E191" t="s">
         <v>11</v>
       </c>
       <c r="F191" s="1" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="G191" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B192" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C192" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="D192" t="s">
         <v>10</v>
       </c>
       <c r="E192" t="s">
         <v>11</v>
       </c>
       <c r="F192" s="1" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="G192" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B193" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C193" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
       <c r="D193" t="s">
         <v>10</v>
       </c>
       <c r="E193" t="s">
         <v>11</v>
       </c>
       <c r="F193" s="1" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="G193" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>407</v>
+        <v>132</v>
       </c>
       <c r="B194" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C194" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="D194" t="s">
         <v>10</v>
       </c>
       <c r="E194" t="s">
         <v>11</v>
       </c>
       <c r="F194" s="1" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="G194" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>411</v>
+        <v>136</v>
       </c>
       <c r="B195" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C195" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195" t="s">
         <v>11</v>
       </c>
       <c r="F195" s="1" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="G195" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="B196" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C196" t="s">
-        <v>753</v>
+        <v>756</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196" t="s">
         <v>11</v>
       </c>
       <c r="F196" s="1" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
       <c r="G196" t="s">
-        <v>755</v>
+        <v>758</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B197" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C197" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="D197" t="s">
         <v>10</v>
       </c>
       <c r="E197" t="s">
         <v>11</v>
       </c>
       <c r="F197" s="1" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="G197" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B198" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C198" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="D198" t="s">
         <v>10</v>
       </c>
       <c r="E198" t="s">
         <v>11</v>
       </c>
       <c r="F198" s="1" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="G198" t="s">
-        <v>737</v>
+        <v>764</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B199" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C199" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="D199" t="s">
         <v>10</v>
       </c>
       <c r="E199" t="s">
         <v>11</v>
       </c>
       <c r="F199" s="1" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="G199" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>419</v>
+        <v>431</v>
       </c>
       <c r="B200" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C200" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D200" t="s">
         <v>10</v>
       </c>
       <c r="E200" t="s">
         <v>11</v>
       </c>
       <c r="F200" s="1" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="G200" t="s">
-        <v>737</v>
+        <v>770</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>423</v>
+        <v>156</v>
       </c>
       <c r="B201" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C201" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D201" t="s">
         <v>10</v>
       </c>
       <c r="E201" t="s">
         <v>11</v>
       </c>
       <c r="F201" s="1" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="G201" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>427</v>
+        <v>164</v>
       </c>
       <c r="B202" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C202" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202" t="s">
         <v>11</v>
       </c>
       <c r="F202" s="1" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="G202" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>446</v>
+        <v>168</v>
       </c>
       <c r="B203" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C203" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="D203" t="s">
         <v>10</v>
       </c>
       <c r="E203" t="s">
         <v>11</v>
       </c>
       <c r="F203" s="1" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="G203" t="s">
-        <v>774</v>
+        <v>755</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>450</v>
+        <v>172</v>
       </c>
       <c r="B204" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C204" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204" t="s">
         <v>11</v>
       </c>
       <c r="F204" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="G204" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="B205" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C205" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="D205" t="s">
         <v>10</v>
       </c>
       <c r="E205" t="s">
         <v>11</v>
       </c>
       <c r="F205" s="1" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="G205" t="s">
-        <v>780</v>
+        <v>755</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>462</v>
+        <v>443</v>
       </c>
       <c r="B206" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C206" t="s">
-        <v>781</v>
+        <v>784</v>
       </c>
       <c r="D206" t="s">
         <v>10</v>
       </c>
       <c r="E206" t="s">
         <v>11</v>
       </c>
       <c r="F206" s="1" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="G206" t="s">
-        <v>749</v>
+        <v>786</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>466</v>
+        <v>447</v>
       </c>
       <c r="B207" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C207" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="D207" t="s">
         <v>10</v>
       </c>
       <c r="E207" t="s">
         <v>11</v>
       </c>
       <c r="F207" s="1" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="G207" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="B208" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C208" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208" t="s">
         <v>11</v>
       </c>
       <c r="F208" s="1" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="G208" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="B209" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C209" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="D209" t="s">
         <v>10</v>
       </c>
       <c r="E209" t="s">
         <v>11</v>
       </c>
       <c r="F209" s="1" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="G209" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="B210" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C210" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="D210" t="s">
         <v>10</v>
       </c>
       <c r="E210" t="s">
         <v>11</v>
       </c>
       <c r="F210" s="1" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="G210" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
         <v>482</v>
       </c>
       <c r="B211" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C211" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="D211" t="s">
         <v>10</v>
       </c>
       <c r="E211" t="s">
         <v>11</v>
       </c>
       <c r="F211" s="1" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="G211" t="s">
-        <v>749</v>
+        <v>767</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
         <v>486</v>
       </c>
       <c r="B212" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C212" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="D212" t="s">
         <v>10</v>
       </c>
       <c r="E212" t="s">
         <v>11</v>
       </c>
       <c r="F212" s="1" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="G212" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="B213" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C213" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="D213" t="s">
         <v>10</v>
       </c>
       <c r="E213" t="s">
         <v>11</v>
       </c>
       <c r="F213" s="1" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
       <c r="G213" t="s">
-        <v>749</v>
+        <v>803</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B214" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C214" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214" t="s">
         <v>11</v>
       </c>
       <c r="F214" s="1" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="G214" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="B215" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C215" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="D215" t="s">
         <v>10</v>
       </c>
       <c r="E215" t="s">
         <v>11</v>
       </c>
       <c r="F215" s="1" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="G215" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>515</v>
+        <v>502</v>
       </c>
       <c r="B216" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C216" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="D216" t="s">
         <v>10</v>
       </c>
       <c r="E216" t="s">
         <v>11</v>
       </c>
       <c r="F216" s="1" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="G216" t="s">
-        <v>809</v>
+        <v>767</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="B217" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C217" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="D217" t="s">
         <v>10</v>
       </c>
       <c r="E217" t="s">
         <v>11</v>
       </c>
       <c r="F217" s="1" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="G217" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>522</v>
+        <v>513</v>
       </c>
       <c r="B218" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C218" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="D218" t="s">
         <v>10</v>
       </c>
       <c r="E218" t="s">
         <v>11</v>
       </c>
       <c r="F218" s="1" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="G218" t="s">
-        <v>749</v>
+        <v>767</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>530</v>
+        <v>516</v>
       </c>
       <c r="B219" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C219" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="D219" t="s">
         <v>10</v>
       </c>
       <c r="E219" t="s">
         <v>11</v>
       </c>
       <c r="F219" s="1" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="G219" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="B220" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C220" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220" t="s">
         <v>11</v>
       </c>
       <c r="F220" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="G220" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="B221" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C221" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="D221" t="s">
         <v>10</v>
       </c>
       <c r="E221" t="s">
         <v>11</v>
       </c>
       <c r="F221" s="1" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="G221" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B222" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C222" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D222" t="s">
         <v>10</v>
       </c>
       <c r="E222" t="s">
         <v>11</v>
       </c>
       <c r="F222" s="1" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="G222" t="s">
-        <v>737</v>
+        <v>830</v>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="B223" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C223" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="D223" t="s">
         <v>10</v>
       </c>
       <c r="E223" t="s">
         <v>11</v>
       </c>
       <c r="F223" s="1" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="G223" t="s">
-        <v>828</v>
+        <v>767</v>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="B224" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C224" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="D224" t="s">
         <v>10</v>
       </c>
       <c r="E224" t="s">
         <v>11</v>
       </c>
       <c r="F224" s="1" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="G224" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="B225" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C225" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="D225" t="s">
         <v>10</v>
       </c>
       <c r="E225" t="s">
         <v>11</v>
       </c>
       <c r="F225" s="1" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="G225" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="B226" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C226" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226" t="s">
         <v>11</v>
       </c>
       <c r="F226" s="1" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="G226" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" t="s">
-        <v>576</v>
+        <v>560</v>
       </c>
       <c r="B227" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C227" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="D227" t="s">
         <v>10</v>
       </c>
       <c r="E227" t="s">
         <v>11</v>
       </c>
       <c r="F227" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="G227" t="s">
-        <v>840</v>
+        <v>755</v>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" t="s">
-        <v>580</v>
+        <v>568</v>
       </c>
       <c r="B228" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C228" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D228" t="s">
         <v>10</v>
       </c>
       <c r="E228" t="s">
         <v>11</v>
       </c>
       <c r="F228" s="1" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="G228" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" t="s">
-        <v>584</v>
+        <v>572</v>
       </c>
       <c r="B229" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C229" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="D229" t="s">
         <v>10</v>
       </c>
       <c r="E229" t="s">
         <v>11</v>
       </c>
       <c r="F229" s="1" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="G229" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" t="s">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="B230" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C230" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="D230" t="s">
         <v>10</v>
       </c>
       <c r="E230" t="s">
         <v>11</v>
       </c>
       <c r="F230" s="1" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="G230" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="B231" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C231" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="D231" t="s">
         <v>10</v>
       </c>
       <c r="E231" t="s">
         <v>11</v>
       </c>
       <c r="F231" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="G231" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" t="s">
         <v>596</v>
       </c>
       <c r="B232" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C232" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232" t="s">
         <v>11</v>
       </c>
       <c r="F232" s="1" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="G232" t="s">
-        <v>846</v>
+        <v>858</v>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" t="s">
         <v>600</v>
       </c>
       <c r="B233" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C233" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="D233" t="s">
         <v>10</v>
       </c>
       <c r="E233" t="s">
         <v>11</v>
       </c>
       <c r="F233" s="1" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="G233" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" t="s">
         <v>604</v>
       </c>
       <c r="B234" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C234" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="D234" t="s">
         <v>10</v>
       </c>
       <c r="E234" t="s">
         <v>11</v>
       </c>
       <c r="F234" s="1" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="G234" t="s">
-        <v>846</v>
+        <v>864</v>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" t="s">
-        <v>572</v>
+        <v>608</v>
       </c>
       <c r="B235" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C235" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="D235" t="s">
         <v>10</v>
       </c>
       <c r="E235" t="s">
         <v>11</v>
       </c>
       <c r="F235" s="1" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="G235" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" t="s">
-        <v>624</v>
+        <v>612</v>
       </c>
       <c r="B236" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C236" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="D236" t="s">
         <v>10</v>
       </c>
       <c r="E236" t="s">
         <v>11</v>
       </c>
       <c r="F236" s="1" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="G236" t="s">
-        <v>823</v>
+        <v>864</v>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" t="s">
-        <v>628</v>
+        <v>616</v>
       </c>
       <c r="B237" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C237" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="D237" t="s">
         <v>10</v>
       </c>
       <c r="E237" t="s">
         <v>11</v>
       </c>
       <c r="F237" s="1" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="G237" t="s">
-        <v>823</v>
+        <v>864</v>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" t="s">
         <v>620</v>
       </c>
       <c r="B238" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C238" t="s">
+        <v>871</v>
+      </c>
+      <c r="D238" t="s">
+        <v>10</v>
+      </c>
+      <c r="E238" t="s">
+        <v>11</v>
+      </c>
+      <c r="F238" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="G238" t="s">
         <v>864</v>
-      </c>
-[...10 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" t="s">
-        <v>696</v>
+        <v>624</v>
       </c>
       <c r="B239" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C239" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="D239" t="s">
         <v>10</v>
       </c>
       <c r="E239" t="s">
         <v>11</v>
       </c>
       <c r="F239" s="1" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="G239" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" t="s">
-        <v>635</v>
+        <v>592</v>
       </c>
       <c r="B240" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C240" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="D240" t="s">
         <v>10</v>
       </c>
       <c r="E240" t="s">
         <v>11</v>
       </c>
       <c r="F240" s="1" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="G240" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="B241" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C241" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="D241" t="s">
         <v>10</v>
       </c>
       <c r="E241" t="s">
         <v>11</v>
       </c>
       <c r="F241" s="1" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="G241" t="s">
-        <v>869</v>
+        <v>841</v>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="B242" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C242" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="D242" t="s">
         <v>10</v>
       </c>
       <c r="E242" t="s">
         <v>11</v>
       </c>
       <c r="F242" s="1" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="G242" t="s">
-        <v>869</v>
+        <v>841</v>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" t="s">
-        <v>654</v>
+        <v>640</v>
       </c>
       <c r="B243" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C243" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="D243" t="s">
         <v>10</v>
       </c>
       <c r="E243" t="s">
         <v>11</v>
       </c>
       <c r="F243" s="1" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="G243" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" t="s">
-        <v>676</v>
+        <v>714</v>
       </c>
       <c r="B244" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C244" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244" t="s">
         <v>11</v>
       </c>
       <c r="F244" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="G244" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" t="s">
-        <v>698</v>
+        <v>655</v>
       </c>
       <c r="B245" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C245" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="D245" t="s">
         <v>10</v>
       </c>
       <c r="E245" t="s">
         <v>11</v>
       </c>
       <c r="F245" s="1" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="G245" t="s">
-        <v>755</v>
+        <v>887</v>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" t="s">
-        <v>701</v>
+        <v>659</v>
       </c>
       <c r="B246" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C246" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="D246" t="s">
         <v>10</v>
       </c>
       <c r="E246" t="s">
         <v>11</v>
       </c>
       <c r="F246" s="1" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="G246" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" t="s">
-        <v>704</v>
+        <v>671</v>
       </c>
       <c r="B247" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C247" t="s">
+        <v>892</v>
+      </c>
+      <c r="D247" t="s">
+        <v>10</v>
+      </c>
+      <c r="E247" t="s">
+        <v>11</v>
+      </c>
+      <c r="F247" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="G247" t="s">
         <v>887</v>
-      </c>
-[...10 lines deleted...]
-        <v>889</v>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" t="s">
-        <v>707</v>
+        <v>674</v>
       </c>
       <c r="B248" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C248" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="D248" t="s">
         <v>10</v>
       </c>
       <c r="E248" t="s">
         <v>11</v>
       </c>
       <c r="F248" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="G248" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" t="s">
-        <v>710</v>
+        <v>696</v>
       </c>
       <c r="B249" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C249" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D249" t="s">
         <v>10</v>
       </c>
       <c r="E249" t="s">
         <v>11</v>
       </c>
       <c r="F249" s="1" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="G249" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="B250" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C250" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250" t="s">
         <v>11</v>
       </c>
       <c r="F250" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="G250" t="s">
-        <v>898</v>
+        <v>773</v>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="B251" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C251" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="D251" t="s">
         <v>10</v>
       </c>
       <c r="E251" t="s">
         <v>11</v>
       </c>
       <c r="F251" s="1" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="G251" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" t="s">
         <v>722</v>
       </c>
       <c r="B252" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C252" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="D252" t="s">
         <v>10</v>
       </c>
       <c r="E252" t="s">
         <v>11</v>
       </c>
       <c r="F252" s="1" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="G252" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="B253" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C253" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
       <c r="D253" t="s">
         <v>10</v>
       </c>
       <c r="E253" t="s">
         <v>11</v>
       </c>
       <c r="F253" s="1" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="G253" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="B254" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C254" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="D254" t="s">
         <v>10</v>
       </c>
       <c r="E254" t="s">
         <v>11</v>
       </c>
       <c r="F254" s="1" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="G254" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B255" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C255" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="D255" t="s">
         <v>10</v>
       </c>
       <c r="E255" t="s">
         <v>11</v>
       </c>
       <c r="F255" s="1" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="G255" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="B256" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C256" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256" t="s">
         <v>11</v>
       </c>
       <c r="F256" s="1" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="G256" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="B257" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C257" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D257" t="s">
         <v>10</v>
       </c>
       <c r="E257" t="s">
         <v>11</v>
       </c>
       <c r="F257" s="1" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="G257" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" t="s">
-        <v>744</v>
+        <v>737</v>
       </c>
       <c r="B258" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C258" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="D258" t="s">
         <v>10</v>
       </c>
       <c r="E258" t="s">
         <v>11</v>
       </c>
       <c r="F258" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="G258" t="s">
-        <v>752</v>
+        <v>925</v>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="B259" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C259" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="D259" t="s">
         <v>10</v>
       </c>
       <c r="E259" t="s">
         <v>11</v>
       </c>
       <c r="F259" s="1" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="G259" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" t="s">
-        <v>804</v>
+        <v>747</v>
       </c>
       <c r="B260" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C260" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="D260" t="s">
         <v>10</v>
       </c>
       <c r="E260" t="s">
         <v>11</v>
       </c>
       <c r="F260" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="G260" t="s">
         <v>925</v>
-      </c>
-[...1 lines deleted...]
-        <v>926</v>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" t="s">
-        <v>807</v>
+        <v>750</v>
       </c>
       <c r="B261" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C261" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="D261" t="s">
         <v>10</v>
       </c>
       <c r="E261" t="s">
         <v>11</v>
       </c>
       <c r="F261" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="G261" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" t="s">
-        <v>810</v>
+        <v>753</v>
       </c>
       <c r="B262" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C262" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262" t="s">
         <v>11</v>
       </c>
       <c r="F262" s="1" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="G262" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" t="s">
-        <v>813</v>
+        <v>762</v>
       </c>
       <c r="B263" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C263" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="D263" t="s">
         <v>10</v>
       </c>
       <c r="E263" t="s">
         <v>11</v>
       </c>
       <c r="F263" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="G263" t="s">
-        <v>935</v>
+        <v>770</v>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" t="s">
-        <v>815</v>
+        <v>765</v>
       </c>
       <c r="B264" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C264" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="D264" t="s">
         <v>10</v>
       </c>
       <c r="E264" t="s">
         <v>11</v>
       </c>
       <c r="F264" s="1" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="G264" t="s">
-        <v>491</v>
+        <v>941</v>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="B265" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C265" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="D265" t="s">
         <v>10</v>
       </c>
       <c r="E265" t="s">
         <v>11</v>
       </c>
       <c r="F265" s="1" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="G265" t="s">
-        <v>923</v>
+        <v>944</v>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="B266" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C266" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="D266" t="s">
         <v>10</v>
       </c>
       <c r="E266" t="s">
         <v>11</v>
       </c>
       <c r="F266" s="1" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="G266" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="B267" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C267" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="D267" t="s">
         <v>10</v>
       </c>
       <c r="E267" t="s">
         <v>11</v>
       </c>
       <c r="F267" s="1" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="G267" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="B268" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C268" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268" t="s">
         <v>11</v>
       </c>
       <c r="F268" s="1" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="G268" t="s">
-        <v>752</v>
+        <v>953</v>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="B269" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C269" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="D269" t="s">
         <v>10</v>
       </c>
       <c r="E269" t="s">
         <v>11</v>
       </c>
       <c r="F269" s="1" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="G269" t="s">
-        <v>950</v>
+        <v>511</v>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="B270" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C270" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="D270" t="s">
         <v>10</v>
       </c>
       <c r="E270" t="s">
         <v>11</v>
       </c>
       <c r="F270" s="1" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="G270" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="B271" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C271" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="D271" t="s">
         <v>10</v>
       </c>
       <c r="E271" t="s">
         <v>11</v>
       </c>
       <c r="F271" s="1" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="G271" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="B272" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C272" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="D272" t="s">
         <v>10</v>
       </c>
       <c r="E272" t="s">
         <v>11</v>
       </c>
       <c r="F272" s="1" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="G272" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="B273" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C273" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="D273" t="s">
         <v>10</v>
       </c>
       <c r="E273" t="s">
         <v>11</v>
       </c>
       <c r="F273" s="1" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="G273" t="s">
-        <v>961</v>
+        <v>770</v>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="B274" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C274" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274" t="s">
         <v>11</v>
       </c>
       <c r="F274" s="1" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="G274" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="B275" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C275" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="D275" t="s">
         <v>10</v>
       </c>
       <c r="E275" t="s">
         <v>11</v>
       </c>
       <c r="F275" s="1" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="G275" t="s">
-        <v>967</v>
+        <v>963</v>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" t="s">
-        <v>968</v>
+        <v>853</v>
       </c>
       <c r="B276" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C276" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D276" t="s">
         <v>10</v>
       </c>
       <c r="E276" t="s">
         <v>11</v>
       </c>
       <c r="F276" s="1" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="G276" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" t="s">
-        <v>972</v>
+        <v>856</v>
       </c>
       <c r="B277" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C277" t="s">
-        <v>8</v>
+        <v>974</v>
       </c>
       <c r="D277" t="s">
         <v>10</v>
       </c>
       <c r="E277" t="s">
         <v>11</v>
       </c>
       <c r="F277" s="1" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="G277" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" t="s">
-        <v>975</v>
+        <v>859</v>
       </c>
       <c r="B278" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C278" t="s">
-        <v>95</v>
+        <v>977</v>
       </c>
       <c r="D278" t="s">
         <v>10</v>
       </c>
       <c r="E278" t="s">
         <v>11</v>
       </c>
       <c r="F278" s="1" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="G278" t="s">
-        <v>932</v>
+        <v>979</v>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" t="s">
-        <v>977</v>
+        <v>862</v>
       </c>
       <c r="B279" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C279" t="s">
-        <v>725</v>
+        <v>980</v>
       </c>
       <c r="D279" t="s">
         <v>10</v>
       </c>
       <c r="E279" t="s">
         <v>11</v>
       </c>
       <c r="F279" s="1" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="G279" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" t="s">
-        <v>980</v>
+        <v>865</v>
       </c>
       <c r="B280" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C280" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280" t="s">
         <v>11</v>
       </c>
       <c r="F280" s="1" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="G280" t="s">
-        <v>146</v>
+        <v>985</v>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="B281" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C281" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="D281" t="s">
         <v>10</v>
       </c>
       <c r="E281" t="s">
         <v>11</v>
       </c>
       <c r="F281" s="1" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="G281" t="s">
-        <v>484</v>
+        <v>989</v>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="B282" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C282" t="s">
-        <v>987</v>
+        <v>8</v>
       </c>
       <c r="D282" t="s">
         <v>10</v>
       </c>
       <c r="E282" t="s">
         <v>11</v>
       </c>
       <c r="F282" s="1" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="G282" t="s">
-        <v>752</v>
+        <v>992</v>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="B283" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C283" t="s">
-        <v>990</v>
+        <v>115</v>
       </c>
       <c r="D283" t="s">
         <v>10</v>
       </c>
       <c r="E283" t="s">
         <v>11</v>
       </c>
       <c r="F283" s="1" t="s">
-        <v>991</v>
+        <v>994</v>
       </c>
       <c r="G283" t="s">
-        <v>752</v>
+        <v>950</v>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="B284" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C284" t="s">
-        <v>993</v>
+        <v>743</v>
       </c>
       <c r="D284" t="s">
         <v>10</v>
       </c>
       <c r="E284" t="s">
         <v>11</v>
       </c>
       <c r="F284" s="1" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="G284" t="s">
-        <v>484</v>
+        <v>997</v>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="B285" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C285" t="s">
-        <v>996</v>
+        <v>999</v>
       </c>
       <c r="D285" t="s">
         <v>10</v>
       </c>
       <c r="E285" t="s">
         <v>11</v>
       </c>
       <c r="F285" s="1" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="G285" t="s">
-        <v>998</v>
+        <v>170</v>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B286" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C286" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286" t="s">
         <v>11</v>
       </c>
       <c r="F286" s="1" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="G286" t="s">
-        <v>755</v>
+        <v>504</v>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="B287" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C287" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D287" t="s">
         <v>10</v>
       </c>
       <c r="E287" t="s">
         <v>11</v>
       </c>
       <c r="F287" s="1" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="G287" t="s">
-        <v>1005</v>
+        <v>770</v>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B288" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C288" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D288" t="s">
         <v>10</v>
       </c>
       <c r="E288" t="s">
         <v>11</v>
       </c>
       <c r="F288" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="G288" t="s">
-        <v>1009</v>
+        <v>770</v>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" t="s">
         <v>1010</v>
       </c>
       <c r="B289" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C289" t="s">
         <v>1011</v>
       </c>
       <c r="D289" t="s">
         <v>10</v>
       </c>
       <c r="E289" t="s">
         <v>11</v>
       </c>
       <c r="F289" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="G289" t="s">
-        <v>484</v>
+        <v>504</v>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" t="s">
         <v>1013</v>
       </c>
       <c r="B290" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C290" t="s">
         <v>1014</v>
       </c>
       <c r="D290" t="s">
         <v>10</v>
       </c>
       <c r="E290" t="s">
         <v>11</v>
       </c>
       <c r="F290" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="G290" t="s">
-        <v>484</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B291" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C291" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D291" t="s">
         <v>10</v>
       </c>
       <c r="E291" t="s">
         <v>11</v>
       </c>
       <c r="F291" s="1" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="G291" t="s">
-        <v>484</v>
+        <v>773</v>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B292" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C292" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292" t="s">
         <v>11</v>
       </c>
       <c r="F292" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="G292" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B293" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C293" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D293" t="s">
         <v>10</v>
       </c>
       <c r="E293" t="s">
         <v>11</v>
       </c>
       <c r="F293" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="G293" t="s">
-        <v>752</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="B294" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C294" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="D294" t="s">
         <v>10</v>
       </c>
       <c r="E294" t="s">
         <v>11</v>
       </c>
       <c r="F294" s="1" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="G294" t="s">
-        <v>1029</v>
+        <v>504</v>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B295" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C295" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D295" t="s">
         <v>10</v>
       </c>
       <c r="E295" t="s">
         <v>11</v>
       </c>
       <c r="F295" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G295" t="s">
-        <v>110</v>
+        <v>504</v>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B296" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C296" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D296" t="s">
         <v>10</v>
       </c>
       <c r="E296" t="s">
         <v>11</v>
       </c>
       <c r="F296" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="G296" t="s">
-        <v>110</v>
+        <v>504</v>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B297" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C297" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D297" t="s">
         <v>10</v>
       </c>
       <c r="E297" t="s">
         <v>11</v>
       </c>
       <c r="F297" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="G297" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B298" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C298" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298" t="s">
         <v>11</v>
       </c>
       <c r="F298" s="1" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G298" t="s">
-        <v>1043</v>
+        <v>770</v>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" t="s">
         <v>1044</v>
       </c>
       <c r="B299" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C299" t="s">
         <v>1045</v>
       </c>
       <c r="D299" t="s">
         <v>10</v>
       </c>
       <c r="E299" t="s">
         <v>11</v>
       </c>
       <c r="F299" s="1" t="s">
         <v>1046</v>
       </c>
       <c r="G299" t="s">
-        <v>484</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B300" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C300" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D300" t="s">
         <v>10</v>
       </c>
       <c r="E300" t="s">
         <v>11</v>
       </c>
       <c r="F300" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="G300" t="s">
-        <v>1050</v>
+        <v>130</v>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" t="s">
         <v>1051</v>
       </c>
       <c r="B301" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C301" t="s">
         <v>1052</v>
       </c>
       <c r="D301" t="s">
         <v>10</v>
       </c>
       <c r="E301" t="s">
         <v>11</v>
       </c>
       <c r="F301" s="1" t="s">
         <v>1053</v>
       </c>
       <c r="G301" t="s">
-        <v>1054</v>
+        <v>130</v>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B302" t="s">
+        <v>743</v>
+      </c>
+      <c r="C302" t="s">
         <v>1055</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="D302" t="s">
+        <v>10</v>
+      </c>
+      <c r="E302" t="s">
+        <v>11</v>
+      </c>
+      <c r="F302" s="1" t="s">
         <v>1056</v>
       </c>
-      <c r="D302" t="s">
-[...5 lines deleted...]
-      <c r="F302" s="1" t="s">
+      <c r="G302" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B303" t="s">
+        <v>743</v>
+      </c>
+      <c r="C303" t="s">
         <v>1059</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="D303" t="s">
+        <v>10</v>
+      </c>
+      <c r="E303" t="s">
+        <v>11</v>
+      </c>
+      <c r="F303" s="1" t="s">
         <v>1060</v>
       </c>
-      <c r="D303" t="s">
-[...5 lines deleted...]
-      <c r="F303" s="1" t="s">
+      <c r="G303" t="s">
         <v>1061</v>
-      </c>
-[...1 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B304" t="s">
+        <v>743</v>
+      </c>
+      <c r="C304" t="s">
         <v>1063</v>
       </c>
-      <c r="B304" t="s">
-[...2 lines deleted...]
-      <c r="C304" t="s">
+      <c r="D304" t="s">
+        <v>10</v>
+      </c>
+      <c r="E304" t="s">
+        <v>11</v>
+      </c>
+      <c r="F304" s="1" t="s">
         <v>1064</v>
       </c>
-      <c r="D304" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G304" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" t="s">
+        <v>1065</v>
+      </c>
+      <c r="B305" t="s">
+        <v>743</v>
+      </c>
+      <c r="C305" t="s">
         <v>1066</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>10</v>
+      </c>
+      <c r="E305" t="s">
+        <v>11</v>
+      </c>
+      <c r="F305" s="1" t="s">
         <v>1067</v>
       </c>
-      <c r="D305" t="s">
-[...5 lines deleted...]
-      <c r="F305" s="1" t="s">
+      <c r="G305" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
     </row>
     <row r="306" spans="1:7">
       <c r="A306" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B306" t="s">
+        <v>743</v>
+      </c>
+      <c r="C306" t="s">
         <v>1070</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>10</v>
+      </c>
+      <c r="E306" t="s">
+        <v>11</v>
+      </c>
+      <c r="F306" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="D306" t="s">
-[...5 lines deleted...]
-      <c r="F306" s="1" t="s">
+      <c r="G306" t="s">
         <v>1072</v>
-      </c>
-[...1 lines deleted...]
-        <v>1073</v>
       </c>
     </row>
     <row r="307" spans="1:7">
       <c r="A307" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B307" t="s">
+        <v>743</v>
+      </c>
+      <c r="C307" t="s">
         <v>1074</v>
       </c>
-      <c r="B307" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s">
+      <c r="D307" t="s">
+        <v>10</v>
+      </c>
+      <c r="E307" t="s">
+        <v>11</v>
+      </c>
+      <c r="F307" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="D307" t="s">
-[...5 lines deleted...]
-      <c r="F307" s="1" t="s">
+      <c r="G307" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="308" spans="1:7">
       <c r="A308" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B308" t="s">
+        <v>743</v>
+      </c>
+      <c r="C308" t="s">
         <v>1078</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="D308" t="s">
+        <v>10</v>
+      </c>
+      <c r="E308" t="s">
+        <v>11</v>
+      </c>
+      <c r="F308" s="1" t="s">
         <v>1079</v>
       </c>
-      <c r="D308" t="s">
-[...5 lines deleted...]
-      <c r="F308" s="1" t="s">
+      <c r="G308" t="s">
         <v>1080</v>
-      </c>
-[...1 lines deleted...]
-        <v>1081</v>
       </c>
     </row>
     <row r="309" spans="1:7">
       <c r="A309" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B309" t="s">
+        <v>743</v>
+      </c>
+      <c r="C309" t="s">
         <v>1082</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>10</v>
+      </c>
+      <c r="E309" t="s">
+        <v>11</v>
+      </c>
+      <c r="F309" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="D309" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G309" t="s">
-        <v>1085</v>
+        <v>511</v>
       </c>
     </row>
     <row r="310" spans="1:7">
       <c r="A310" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B310" t="s">
+        <v>743</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D310" t="s">
+        <v>10</v>
+      </c>
+      <c r="E310" t="s">
+        <v>11</v>
+      </c>
+      <c r="F310" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="B310" t="s">
-[...2 lines deleted...]
-      <c r="C310" t="s">
+      <c r="G310" t="s">
         <v>1087</v>
-      </c>
-[...10 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="311" spans="1:7">
       <c r="A311" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B311" t="s">
+        <v>743</v>
+      </c>
+      <c r="C311" t="s">
         <v>1089</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="D311" t="s">
+        <v>10</v>
+      </c>
+      <c r="E311" t="s">
+        <v>11</v>
+      </c>
+      <c r="F311" s="1" t="s">
         <v>1090</v>
       </c>
-      <c r="D311" t="s">
-[...5 lines deleted...]
-      <c r="F311" s="1" t="s">
+      <c r="G311" t="s">
         <v>1091</v>
-      </c>
-[...1 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="312" spans="1:7">
       <c r="A312" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B312" t="s">
+        <v>743</v>
+      </c>
+      <c r="C312" t="s">
         <v>1093</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="D312" t="s">
+        <v>10</v>
+      </c>
+      <c r="E312" t="s">
+        <v>11</v>
+      </c>
+      <c r="F312" s="1" t="s">
         <v>1094</v>
       </c>
-      <c r="D312" t="s">
-[...5 lines deleted...]
-      <c r="F312" s="1" t="s">
+      <c r="G312" t="s">
         <v>1095</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="313" spans="1:7">
       <c r="A313" t="s">
         <v>1096</v>
       </c>
       <c r="B313" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C313" t="s">
         <v>1097</v>
       </c>
       <c r="D313" t="s">
         <v>10</v>
       </c>
       <c r="E313" t="s">
         <v>11</v>
       </c>
       <c r="F313" s="1" t="s">
         <v>1098</v>
       </c>
       <c r="G313" t="s">
         <v>1099</v>
       </c>
     </row>
     <row r="314" spans="1:7">
       <c r="A314" t="s">
         <v>1100</v>
       </c>
       <c r="B314" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C314" t="s">
         <v>1101</v>
       </c>
       <c r="D314" t="s">
         <v>10</v>
       </c>
       <c r="E314" t="s">
         <v>11</v>
       </c>
       <c r="F314" s="1" t="s">
         <v>1102</v>
       </c>
       <c r="G314" t="s">
-        <v>752</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="315" spans="1:7">
       <c r="A315" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B315" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C315" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D315" t="s">
         <v>10</v>
       </c>
       <c r="E315" t="s">
         <v>11</v>
       </c>
       <c r="F315" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="G315" t="s">
-        <v>1106</v>
+        <v>602</v>
       </c>
     </row>
     <row r="316" spans="1:7">
       <c r="A316" t="s">
         <v>1107</v>
       </c>
       <c r="B316" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C316" t="s">
         <v>1108</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316" t="s">
         <v>11</v>
       </c>
       <c r="F316" s="1" t="s">
         <v>1109</v>
       </c>
       <c r="G316" t="s">
-        <v>846</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="317" spans="1:7">
       <c r="A317" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B317" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C317" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D317" t="s">
         <v>10</v>
       </c>
       <c r="E317" t="s">
         <v>11</v>
       </c>
       <c r="F317" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G317" t="s">
-        <v>846</v>
+        <v>500</v>
       </c>
     </row>
     <row r="318" spans="1:7">
       <c r="A318" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="B318" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C318" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D318" t="s">
         <v>10</v>
       </c>
       <c r="E318" t="s">
         <v>11</v>
       </c>
       <c r="F318" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="G318" t="s">
-        <v>480</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="319" spans="1:7">
       <c r="A319" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B319" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C319" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="D319" t="s">
         <v>10</v>
       </c>
       <c r="E319" t="s">
         <v>11</v>
       </c>
       <c r="F319" s="1" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="G319" t="s">
-        <v>1119</v>
+        <v>770</v>
       </c>
     </row>
     <row r="320" spans="1:7">
       <c r="A320" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="B320" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C320" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D320" t="s">
         <v>10</v>
       </c>
       <c r="E320" t="s">
         <v>11</v>
       </c>
       <c r="F320" s="1" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="G320" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="321" spans="1:7">
       <c r="A321" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B321" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C321" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D321" t="s">
         <v>10</v>
       </c>
       <c r="E321" t="s">
         <v>11</v>
       </c>
       <c r="F321" s="1" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="G321" t="s">
-        <v>1123</v>
+        <v>864</v>
       </c>
     </row>
     <row r="322" spans="1:7">
       <c r="A322" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B322" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C322" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322" t="s">
         <v>11</v>
       </c>
       <c r="F322" s="1" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="G322" t="s">
-        <v>1130</v>
+        <v>864</v>
       </c>
     </row>
     <row r="323" spans="1:7">
       <c r="A323" t="s">
         <v>1131</v>
       </c>
       <c r="B323" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C323" t="s">
         <v>1132</v>
       </c>
       <c r="D323" t="s">
         <v>10</v>
       </c>
       <c r="E323" t="s">
         <v>11</v>
       </c>
       <c r="F323" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="G323" t="s">
-        <v>1134</v>
+        <v>500</v>
       </c>
     </row>
     <row r="324" spans="1:7">
       <c r="A324" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B324" t="s">
+        <v>743</v>
+      </c>
+      <c r="C324" t="s">
         <v>1135</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="D324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E324" t="s">
+        <v>11</v>
+      </c>
+      <c r="F324" s="1" t="s">
         <v>1136</v>
       </c>
-      <c r="D324" t="s">
-[...5 lines deleted...]
-      <c r="F324" s="1" t="s">
+      <c r="G324" t="s">
         <v>1137</v>
-      </c>
-[...1 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="325" spans="1:7">
       <c r="A325" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B325" t="s">
+        <v>743</v>
+      </c>
+      <c r="C325" t="s">
         <v>1139</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="D325" t="s">
+        <v>10</v>
+      </c>
+      <c r="E325" t="s">
+        <v>11</v>
+      </c>
+      <c r="F325" s="1" t="s">
         <v>1140</v>
       </c>
-      <c r="D325" t="s">
-[...5 lines deleted...]
-      <c r="F325" s="1" t="s">
+      <c r="G325" t="s">
         <v>1141</v>
-      </c>
-[...1 lines deleted...]
-        <v>1009</v>
       </c>
     </row>
     <row r="326" spans="1:7">
       <c r="A326" t="s">
         <v>1142</v>
       </c>
       <c r="B326" t="s">
-        <v>725</v>
+        <v>743</v>
       </c>
       <c r="C326" t="s">
         <v>1143</v>
       </c>
       <c r="D326" t="s">
         <v>10</v>
       </c>
       <c r="E326" t="s">
         <v>11</v>
       </c>
       <c r="F326" s="1" t="s">
         <v>1144</v>
       </c>
       <c r="G326" t="s">
-        <v>1145</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="327" spans="1:7">
       <c r="A327" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B327" t="s">
+        <v>743</v>
+      </c>
+      <c r="C327" t="s">
         <v>1146</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>10</v>
+      </c>
+      <c r="E327" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="D327" t="s">
-[...5 lines deleted...]
-      <c r="F327" s="1" t="s">
+      <c r="G327" t="s">
         <v>1148</v>
-      </c>
-[...1 lines deleted...]
-        <v>1149</v>
       </c>
     </row>
     <row r="328" spans="1:7">
       <c r="A328" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B328" t="s">
+        <v>743</v>
+      </c>
+      <c r="C328" t="s">
         <v>1150</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>10</v>
+      </c>
+      <c r="E328" t="s">
+        <v>11</v>
+      </c>
+      <c r="F328" s="1" t="s">
         <v>1151</v>
       </c>
-      <c r="D328" t="s">
-[...5 lines deleted...]
-      <c r="F328" s="1" t="s">
+      <c r="G328" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="329" spans="1:7">
       <c r="A329" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B329" t="s">
+        <v>743</v>
+      </c>
+      <c r="C329" t="s">
         <v>1154</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="D329" t="s">
+        <v>10</v>
+      </c>
+      <c r="E329" t="s">
+        <v>11</v>
+      </c>
+      <c r="F329" s="1" t="s">
         <v>1155</v>
       </c>
-      <c r="D329" t="s">
-[...5 lines deleted...]
-      <c r="F329" s="1" t="s">
+      <c r="G329" t="s">
         <v>1156</v>
-      </c>
-[...1 lines deleted...]
-        <v>1157</v>
       </c>
     </row>
     <row r="330" spans="1:7">
       <c r="A330" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B330" t="s">
+        <v>743</v>
+      </c>
+      <c r="C330" t="s">
         <v>1158</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="D330" t="s">
+        <v>10</v>
+      </c>
+      <c r="E330" t="s">
+        <v>11</v>
+      </c>
+      <c r="F330" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="D330" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G330" t="s">
-        <v>755</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="331" spans="1:7">
       <c r="A331" t="s">
+        <v>1160</v>
+      </c>
+      <c r="B331" t="s">
+        <v>743</v>
+      </c>
+      <c r="C331" t="s">
         <v>1161</v>
       </c>
-      <c r="B331" t="s">
-[...2 lines deleted...]
-      <c r="C331" t="s">
+      <c r="D331" t="s">
+        <v>10</v>
+      </c>
+      <c r="E331" t="s">
+        <v>11</v>
+      </c>
+      <c r="F331" s="1" t="s">
         <v>1162</v>
       </c>
-      <c r="D331" t="s">
-[...5 lines deleted...]
-      <c r="F331" s="1" t="s">
+      <c r="G331" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
     </row>
     <row r="332" spans="1:7">
       <c r="A332" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B332" t="s">
+        <v>743</v>
+      </c>
+      <c r="C332" t="s">
         <v>1165</v>
       </c>
-      <c r="B332" t="s">
-[...2 lines deleted...]
-      <c r="C332" t="s">
+      <c r="D332" t="s">
+        <v>10</v>
+      </c>
+      <c r="E332" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" s="1" t="s">
         <v>1166</v>
       </c>
-      <c r="D332" t="s">
-[...5 lines deleted...]
-      <c r="F332" s="1" t="s">
+      <c r="G332" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="333" spans="1:7">
       <c r="A333" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B333" t="s">
+        <v>999</v>
+      </c>
+      <c r="C333" t="s">
         <v>1169</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="D333" t="s">
+        <v>10</v>
+      </c>
+      <c r="E333" t="s">
+        <v>11</v>
+      </c>
+      <c r="F333" s="1" t="s">
         <v>1170</v>
       </c>
-      <c r="D333" t="s">
-[...5 lines deleted...]
-      <c r="F333" s="1" t="s">
+      <c r="G333" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
     </row>
     <row r="334" spans="1:7">
       <c r="A334" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B334" t="s">
+        <v>999</v>
+      </c>
+      <c r="C334" t="s">
         <v>1173</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="D334" t="s">
+        <v>10</v>
+      </c>
+      <c r="E334" t="s">
+        <v>11</v>
+      </c>
+      <c r="F334" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="D334" t="s">
-[...5 lines deleted...]
-      <c r="F334" s="1" t="s">
+      <c r="G334" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
     </row>
     <row r="335" spans="1:7">
       <c r="A335" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B335" t="s">
+        <v>999</v>
+      </c>
+      <c r="C335" t="s">
         <v>1177</v>
       </c>
-      <c r="B335" t="s">
-[...2 lines deleted...]
-      <c r="C335" t="s">
+      <c r="D335" t="s">
+        <v>10</v>
+      </c>
+      <c r="E335" t="s">
+        <v>11</v>
+      </c>
+      <c r="F335" s="1" t="s">
         <v>1178</v>
       </c>
-      <c r="D335" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G335" t="s">
-        <v>1180</v>
+        <v>773</v>
       </c>
     </row>
     <row r="336" spans="1:7">
       <c r="A336" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B336" t="s">
+        <v>999</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D336" t="s">
+        <v>10</v>
+      </c>
+      <c r="E336" t="s">
+        <v>11</v>
+      </c>
+      <c r="F336" s="1" t="s">
         <v>1181</v>
       </c>
-      <c r="B336" t="s">
-[...2 lines deleted...]
-      <c r="C336" t="s">
+      <c r="G336" t="s">
         <v>1182</v>
-      </c>
-[...10 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="337" spans="1:7">
       <c r="A337" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B337" t="s">
+        <v>999</v>
+      </c>
+      <c r="C337" t="s">
         <v>1184</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" t="s">
+      <c r="D337" t="s">
+        <v>10</v>
+      </c>
+      <c r="E337" t="s">
+        <v>11</v>
+      </c>
+      <c r="F337" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="D337" t="s">
-[...5 lines deleted...]
-      <c r="F337" s="1" t="s">
+      <c r="G337" t="s">
         <v>1186</v>
-      </c>
-[...1 lines deleted...]
-        <v>1187</v>
       </c>
     </row>
     <row r="338" spans="1:7">
       <c r="A338" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B338" t="s">
+        <v>999</v>
+      </c>
+      <c r="C338" t="s">
         <v>1188</v>
       </c>
-      <c r="B338" t="s">
-[...2 lines deleted...]
-      <c r="C338" t="s">
+      <c r="D338" t="s">
+        <v>10</v>
+      </c>
+      <c r="E338" t="s">
+        <v>11</v>
+      </c>
+      <c r="F338" s="1" t="s">
         <v>1189</v>
       </c>
-      <c r="D338" t="s">
-[...5 lines deleted...]
-      <c r="F338" s="1" t="s">
+      <c r="G338" t="s">
         <v>1190</v>
-      </c>
-[...1 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="339" spans="1:7">
       <c r="A339" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B339" t="s">
+        <v>999</v>
+      </c>
+      <c r="C339" t="s">
         <v>1192</v>
       </c>
-      <c r="B339" t="s">
-[...2 lines deleted...]
-      <c r="C339" t="s">
+      <c r="D339" t="s">
+        <v>10</v>
+      </c>
+      <c r="E339" t="s">
+        <v>11</v>
+      </c>
+      <c r="F339" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D339" t="s">
-[...5 lines deleted...]
-      <c r="F339" s="1" t="s">
+      <c r="G339" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="340" spans="1:7">
       <c r="A340" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B340" t="s">
+        <v>999</v>
+      </c>
+      <c r="C340" t="s">
         <v>1196</v>
       </c>
-      <c r="B340" t="s">
-[...2 lines deleted...]
-      <c r="C340" t="s">
+      <c r="D340" t="s">
+        <v>10</v>
+      </c>
+      <c r="E340" t="s">
+        <v>11</v>
+      </c>
+      <c r="F340" s="1" t="s">
         <v>1197</v>
       </c>
-      <c r="D340" t="s">
-[...5 lines deleted...]
-      <c r="F340" s="1" t="s">
+      <c r="G340" t="s">
         <v>1198</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="341" spans="1:7">
       <c r="A341" t="s">
         <v>1199</v>
       </c>
       <c r="B341" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C341" t="s">
         <v>1200</v>
       </c>
       <c r="D341" t="s">
         <v>10</v>
       </c>
       <c r="E341" t="s">
         <v>11</v>
       </c>
       <c r="F341" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="G341" t="s">
-        <v>1202</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="342" spans="1:7">
       <c r="A342" t="s">
+        <v>1202</v>
+      </c>
+      <c r="B342" t="s">
+        <v>999</v>
+      </c>
+      <c r="C342" t="s">
         <v>1203</v>
       </c>
-      <c r="B342" t="s">
-[...2 lines deleted...]
-      <c r="C342" t="s">
+      <c r="D342" t="s">
+        <v>10</v>
+      </c>
+      <c r="E342" t="s">
+        <v>11</v>
+      </c>
+      <c r="F342" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="D342" t="s">
-[...5 lines deleted...]
-      <c r="F342" s="1" t="s">
+      <c r="G342" t="s">
         <v>1205</v>
-      </c>
-[...1 lines deleted...]
-        <v>1206</v>
       </c>
     </row>
     <row r="343" spans="1:7">
       <c r="A343" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B343" t="s">
+        <v>999</v>
+      </c>
+      <c r="C343" t="s">
         <v>1207</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="D343" t="s">
+        <v>10</v>
+      </c>
+      <c r="E343" t="s">
+        <v>11</v>
+      </c>
+      <c r="F343" s="1" t="s">
         <v>1208</v>
       </c>
-      <c r="D343" t="s">
-[...5 lines deleted...]
-      <c r="F343" s="1" t="s">
+      <c r="G343" t="s">
         <v>1209</v>
-      </c>
-[...1 lines deleted...]
-        <v>1210</v>
       </c>
     </row>
     <row r="344" spans="1:7">
       <c r="A344" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B344" t="s">
+        <v>999</v>
+      </c>
+      <c r="C344" t="s">
         <v>1211</v>
       </c>
-      <c r="B344" t="s">
-[...2 lines deleted...]
-      <c r="C344" t="s">
+      <c r="D344" t="s">
+        <v>10</v>
+      </c>
+      <c r="E344" t="s">
+        <v>11</v>
+      </c>
+      <c r="F344" s="1" t="s">
         <v>1212</v>
       </c>
-      <c r="D344" t="s">
-[...5 lines deleted...]
-      <c r="F344" s="1" t="s">
+      <c r="G344" t="s">
         <v>1213</v>
-      </c>
-[...1 lines deleted...]
-        <v>1214</v>
       </c>
     </row>
     <row r="345" spans="1:7">
       <c r="A345" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B345" t="s">
+        <v>999</v>
+      </c>
+      <c r="C345" t="s">
         <v>1215</v>
       </c>
-      <c r="B345" t="s">
-[...2 lines deleted...]
-      <c r="C345" t="s">
+      <c r="D345" t="s">
+        <v>10</v>
+      </c>
+      <c r="E345" t="s">
+        <v>11</v>
+      </c>
+      <c r="F345" s="1" t="s">
         <v>1216</v>
       </c>
-      <c r="D345" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G345" t="s">
-        <v>1218</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="346" spans="1:7">
       <c r="A346" t="s">
+        <v>1217</v>
+      </c>
+      <c r="B346" t="s">
+        <v>999</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D346" t="s">
+        <v>10</v>
+      </c>
+      <c r="E346" t="s">
+        <v>11</v>
+      </c>
+      <c r="F346" s="1" t="s">
         <v>1219</v>
       </c>
-      <c r="B346" t="s">
-[...2 lines deleted...]
-      <c r="C346" t="s">
+      <c r="G346" t="s">
         <v>1220</v>
-      </c>
-[...10 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="347" spans="1:7">
       <c r="A347" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B347" t="s">
+        <v>999</v>
+      </c>
+      <c r="C347" t="s">
         <v>1222</v>
       </c>
-      <c r="B347" t="s">
-[...2 lines deleted...]
-      <c r="C347" t="s">
+      <c r="D347" t="s">
+        <v>10</v>
+      </c>
+      <c r="E347" t="s">
+        <v>11</v>
+      </c>
+      <c r="F347" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="D347" t="s">
-[...5 lines deleted...]
-      <c r="F347" s="1" t="s">
+      <c r="G347" t="s">
         <v>1224</v>
-      </c>
-[...1 lines deleted...]
-        <v>1225</v>
       </c>
     </row>
     <row r="348" spans="1:7">
       <c r="A348" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B348" t="s">
+        <v>999</v>
+      </c>
+      <c r="C348" t="s">
         <v>1226</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="D348" t="s">
+        <v>10</v>
+      </c>
+      <c r="E348" t="s">
+        <v>11</v>
+      </c>
+      <c r="F348" s="1" t="s">
         <v>1227</v>
       </c>
-      <c r="D348" t="s">
-[...5 lines deleted...]
-      <c r="F348" s="1" t="s">
+      <c r="G348" t="s">
         <v>1228</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="349" spans="1:7">
       <c r="A349" t="s">
         <v>1229</v>
       </c>
       <c r="B349" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C349" t="s">
         <v>1230</v>
       </c>
       <c r="D349" t="s">
         <v>10</v>
       </c>
       <c r="E349" t="s">
         <v>11</v>
       </c>
       <c r="F349" s="1" t="s">
         <v>1231</v>
       </c>
       <c r="G349" t="s">
-        <v>846</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="350" spans="1:7">
       <c r="A350" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="B350" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C350" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D350" t="s">
         <v>10</v>
       </c>
       <c r="E350" t="s">
         <v>11</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="G350" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="351" spans="1:7">
       <c r="A351" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B351" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C351" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D351" t="s">
         <v>10</v>
       </c>
       <c r="E351" t="s">
         <v>11</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="G351" t="s">
-        <v>1239</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="352" spans="1:7">
       <c r="A352" t="s">
         <v>1240</v>
       </c>
       <c r="B352" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C352" t="s">
         <v>1241</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352" t="s">
         <v>11</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="G352" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="353" spans="1:7">
       <c r="A353" t="s">
         <v>1244</v>
       </c>
       <c r="B353" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C353" t="s">
         <v>1245</v>
       </c>
       <c r="D353" t="s">
         <v>10</v>
       </c>
       <c r="E353" t="s">
         <v>11</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="G353" t="s">
-        <v>1247</v>
+        <v>887</v>
       </c>
     </row>
     <row r="354" spans="1:7">
       <c r="A354" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B354" t="s">
+        <v>999</v>
+      </c>
+      <c r="C354" t="s">
         <v>1248</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" t="s">
+      <c r="D354" t="s">
+        <v>10</v>
+      </c>
+      <c r="E354" t="s">
+        <v>11</v>
+      </c>
+      <c r="F354" s="1" t="s">
         <v>1249</v>
       </c>
-      <c r="D354" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G354" t="s">
-        <v>1251</v>
+        <v>864</v>
       </c>
     </row>
     <row r="355" spans="1:7">
       <c r="A355" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B355" t="s">
+        <v>999</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D355" t="s">
+        <v>10</v>
+      </c>
+      <c r="E355" t="s">
+        <v>11</v>
+      </c>
+      <c r="F355" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="B355" t="s">
-[...2 lines deleted...]
-      <c r="C355" t="s">
+      <c r="G355" t="s">
         <v>1253</v>
-      </c>
-[...10 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="356" spans="1:7">
       <c r="A356" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B356" t="s">
+        <v>999</v>
+      </c>
+      <c r="C356" t="s">
         <v>1255</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="D356" t="s">
+        <v>10</v>
+      </c>
+      <c r="E356" t="s">
+        <v>11</v>
+      </c>
+      <c r="F356" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="D356" t="s">
-[...5 lines deleted...]
-      <c r="F356" s="1" t="s">
+      <c r="G356" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="357" spans="1:7">
       <c r="A357" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B357" t="s">
+        <v>999</v>
+      </c>
+      <c r="C357" t="s">
         <v>1259</v>
       </c>
-      <c r="B357" t="s">
-[...2 lines deleted...]
-      <c r="C357" t="s">
+      <c r="D357" t="s">
+        <v>10</v>
+      </c>
+      <c r="E357" t="s">
+        <v>11</v>
+      </c>
+      <c r="F357" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="D357" t="s">
-[...5 lines deleted...]
-      <c r="F357" s="1" t="s">
+      <c r="G357" t="s">
         <v>1261</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="358" spans="1:7">
       <c r="A358" t="s">
         <v>1262</v>
       </c>
       <c r="B358" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C358" t="s">
         <v>1263</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358" t="s">
         <v>11</v>
       </c>
       <c r="F358" s="1" t="s">
         <v>1264</v>
       </c>
       <c r="G358" t="s">
-        <v>755</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="359" spans="1:7">
       <c r="A359" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B359" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C359" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D359" t="s">
         <v>10</v>
       </c>
       <c r="E359" t="s">
         <v>11</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="G359" t="s">
-        <v>869</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="360" spans="1:7">
       <c r="A360" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="B360" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C360" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="D360" t="s">
         <v>10</v>
       </c>
       <c r="E360" t="s">
         <v>11</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="G360" t="s">
-        <v>1271</v>
+        <v>864</v>
       </c>
     </row>
     <row r="361" spans="1:7">
       <c r="A361" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B361" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C361" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D361" t="s">
         <v>10</v>
       </c>
       <c r="E361" t="s">
         <v>11</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="G361" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="362" spans="1:7">
       <c r="A362" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="B362" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C362" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D362" t="s">
         <v>10</v>
       </c>
       <c r="E362" t="s">
         <v>11</v>
       </c>
       <c r="F362" s="1" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="G362" t="s">
-        <v>1279</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="363" spans="1:7">
       <c r="A363" t="s">
         <v>1280</v>
       </c>
       <c r="B363" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C363" t="s">
         <v>1281</v>
       </c>
       <c r="D363" t="s">
         <v>10</v>
       </c>
       <c r="E363" t="s">
         <v>11</v>
       </c>
       <c r="F363" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="G363" t="s">
-        <v>1283</v>
+        <v>773</v>
       </c>
     </row>
     <row r="364" spans="1:7">
       <c r="A364" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B364" t="s">
+        <v>999</v>
+      </c>
+      <c r="C364" t="s">
         <v>1284</v>
       </c>
-      <c r="B364" t="s">
-[...2 lines deleted...]
-      <c r="C364" t="s">
+      <c r="D364" t="s">
+        <v>10</v>
+      </c>
+      <c r="E364" t="s">
+        <v>11</v>
+      </c>
+      <c r="F364" s="1" t="s">
         <v>1285</v>
       </c>
-      <c r="D364" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G364" t="s">
-        <v>1287</v>
+        <v>887</v>
       </c>
     </row>
     <row r="365" spans="1:7">
       <c r="A365" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B365" t="s">
+        <v>999</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D365" t="s">
+        <v>10</v>
+      </c>
+      <c r="E365" t="s">
+        <v>11</v>
+      </c>
+      <c r="F365" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="G365" t="s">
         <v>1289</v>
-      </c>
-[...10 lines deleted...]
-        <v>1291</v>
       </c>
     </row>
     <row r="366" spans="1:7">
       <c r="A366" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B366" t="s">
+        <v>999</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D366" t="s">
+        <v>10</v>
+      </c>
+      <c r="E366" t="s">
+        <v>11</v>
+      </c>
+      <c r="F366" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="B366" t="s">
-[...2 lines deleted...]
-      <c r="C366" t="s">
+      <c r="G366" t="s">
         <v>1293</v>
-      </c>
-[...10 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="367" spans="1:7">
       <c r="A367" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B367" t="s">
+        <v>999</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D367" t="s">
+        <v>10</v>
+      </c>
+      <c r="E367" t="s">
+        <v>11</v>
+      </c>
+      <c r="F367" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="B367" t="s">
-[...2 lines deleted...]
-      <c r="C367" t="s">
+      <c r="G367" t="s">
         <v>1297</v>
-      </c>
-[...10 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="368" spans="1:7">
       <c r="A368" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B368" t="s">
+        <v>999</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D368" t="s">
+        <v>10</v>
+      </c>
+      <c r="E368" t="s">
+        <v>11</v>
+      </c>
+      <c r="F368" s="1" t="s">
         <v>1300</v>
       </c>
-      <c r="B368" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="G368" t="s">
         <v>1301</v>
-      </c>
-[...10 lines deleted...]
-        <v>1303</v>
       </c>
     </row>
     <row r="369" spans="1:7">
       <c r="A369" t="s">
+        <v>1302</v>
+      </c>
+      <c r="B369" t="s">
+        <v>999</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D369" t="s">
+        <v>10</v>
+      </c>
+      <c r="E369" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" s="1" t="s">
         <v>1304</v>
       </c>
-      <c r="B369" t="s">
-[...2 lines deleted...]
-      <c r="C369" t="s">
+      <c r="G369" t="s">
         <v>1305</v>
-      </c>
-[...10 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="370" spans="1:7">
       <c r="A370" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B370" t="s">
+        <v>999</v>
+      </c>
+      <c r="C370" t="s">
         <v>1307</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="D370" t="s">
+        <v>10</v>
+      </c>
+      <c r="E370" t="s">
+        <v>11</v>
+      </c>
+      <c r="F370" s="1" t="s">
         <v>1308</v>
       </c>
-      <c r="D370" t="s">
-[...5 lines deleted...]
-      <c r="F370" s="1" t="s">
+      <c r="G370" t="s">
         <v>1309</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="371" spans="1:7">
       <c r="A371" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B371" t="s">
+        <v>999</v>
+      </c>
+      <c r="C371" t="s">
         <v>1311</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="D371" t="s">
+        <v>10</v>
+      </c>
+      <c r="E371" t="s">
+        <v>11</v>
+      </c>
+      <c r="F371" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="D371" t="s">
-[...5 lines deleted...]
-      <c r="F371" s="1" t="s">
+      <c r="G371" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="372" spans="1:7">
       <c r="A372" t="s">
         <v>1314</v>
       </c>
       <c r="B372" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C372" t="s">
         <v>1315</v>
       </c>
       <c r="D372" t="s">
         <v>10</v>
       </c>
       <c r="E372" t="s">
         <v>11</v>
       </c>
       <c r="F372" s="1" t="s">
         <v>1316</v>
       </c>
       <c r="G372" t="s">
-        <v>110</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="373" spans="1:7">
       <c r="A373" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B373" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C373" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D373" t="s">
         <v>10</v>
       </c>
       <c r="E373" t="s">
         <v>11</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="G373" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="374" spans="1:7">
       <c r="A374" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B374" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C374" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D374" t="s">
         <v>10</v>
       </c>
       <c r="E374" t="s">
         <v>11</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="G374" t="s">
-        <v>1324</v>
+        <v>963</v>
       </c>
     </row>
     <row r="375" spans="1:7">
       <c r="A375" t="s">
         <v>1325</v>
       </c>
       <c r="B375" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C375" t="s">
         <v>1326</v>
       </c>
       <c r="D375" t="s">
         <v>10</v>
       </c>
       <c r="E375" t="s">
         <v>11</v>
       </c>
       <c r="F375" s="1" t="s">
         <v>1327</v>
       </c>
       <c r="G375" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="376" spans="1:7">
       <c r="A376" t="s">
         <v>1329</v>
       </c>
       <c r="B376" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C376" t="s">
         <v>1330</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376" t="s">
         <v>11</v>
       </c>
       <c r="F376" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="G376" t="s">
-        <v>737</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="377" spans="1:7">
       <c r="A377" t="s">
         <v>1332</v>
       </c>
       <c r="B377" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C377" t="s">
         <v>1333</v>
       </c>
       <c r="D377" t="s">
         <v>10</v>
       </c>
       <c r="E377" t="s">
         <v>11</v>
       </c>
       <c r="F377" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="G377" t="s">
-        <v>1335</v>
+        <v>130</v>
       </c>
     </row>
     <row r="378" spans="1:7">
       <c r="A378" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B378" t="s">
+        <v>999</v>
+      </c>
+      <c r="C378" t="s">
         <v>1336</v>
       </c>
-      <c r="B378" t="s">
-[...2 lines deleted...]
-      <c r="C378" t="s">
+      <c r="D378" t="s">
+        <v>10</v>
+      </c>
+      <c r="E378" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" s="1" t="s">
         <v>1337</v>
       </c>
-      <c r="D378" t="s">
-[...5 lines deleted...]
-      <c r="F378" s="1" t="s">
+      <c r="G378" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
     </row>
     <row r="379" spans="1:7">
       <c r="A379" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B379" t="s">
+        <v>999</v>
+      </c>
+      <c r="C379" t="s">
         <v>1340</v>
       </c>
-      <c r="B379" t="s">
-[...2 lines deleted...]
-      <c r="C379" t="s">
+      <c r="D379" t="s">
+        <v>10</v>
+      </c>
+      <c r="E379" t="s">
+        <v>11</v>
+      </c>
+      <c r="F379" s="1" t="s">
         <v>1341</v>
       </c>
-      <c r="D379" t="s">
-[...5 lines deleted...]
-      <c r="F379" s="1" t="s">
+      <c r="G379" t="s">
         <v>1342</v>
-      </c>
-[...1 lines deleted...]
-        <v>1343</v>
       </c>
     </row>
     <row r="380" spans="1:7">
       <c r="A380" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B380" t="s">
+        <v>999</v>
+      </c>
+      <c r="C380" t="s">
         <v>1344</v>
       </c>
-      <c r="B380" t="s">
-[...2 lines deleted...]
-      <c r="C380" t="s">
+      <c r="D380" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" t="s">
+        <v>11</v>
+      </c>
+      <c r="F380" s="1" t="s">
         <v>1345</v>
       </c>
-      <c r="D380" t="s">
-[...5 lines deleted...]
-      <c r="F380" s="1" t="s">
+      <c r="G380" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>1347</v>
       </c>
     </row>
     <row r="381" spans="1:7">
       <c r="A381" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B381" t="s">
+        <v>999</v>
+      </c>
+      <c r="C381" t="s">
         <v>1348</v>
       </c>
-      <c r="B381" t="s">
-[...2 lines deleted...]
-      <c r="C381" t="s">
+      <c r="D381" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" t="s">
+        <v>11</v>
+      </c>
+      <c r="F381" s="1" t="s">
         <v>1349</v>
       </c>
-      <c r="D381" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G381" t="s">
-        <v>1351</v>
+        <v>755</v>
       </c>
     </row>
     <row r="382" spans="1:7">
       <c r="A382" t="s">
+        <v>1350</v>
+      </c>
+      <c r="B382" t="s">
+        <v>999</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D382" t="s">
+        <v>10</v>
+      </c>
+      <c r="E382" t="s">
+        <v>11</v>
+      </c>
+      <c r="F382" s="1" t="s">
         <v>1352</v>
       </c>
-      <c r="B382" t="s">
-[...2 lines deleted...]
-      <c r="C382" t="s">
+      <c r="G382" t="s">
         <v>1353</v>
-      </c>
-[...10 lines deleted...]
-        <v>1351</v>
       </c>
     </row>
     <row r="383" spans="1:7">
       <c r="A383" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B383" t="s">
+        <v>999</v>
+      </c>
+      <c r="C383" t="s">
         <v>1355</v>
       </c>
-      <c r="B383" t="s">
-[...2 lines deleted...]
-      <c r="C383" t="s">
+      <c r="D383" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" t="s">
+        <v>11</v>
+      </c>
+      <c r="F383" s="1" t="s">
         <v>1356</v>
       </c>
-      <c r="D383" t="s">
-[...5 lines deleted...]
-      <c r="F383" s="1" t="s">
+      <c r="G383" t="s">
         <v>1357</v>
-      </c>
-[...1 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="384" spans="1:7">
       <c r="A384" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B384" t="s">
+        <v>999</v>
+      </c>
+      <c r="C384" t="s">
         <v>1359</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" t="s">
+        <v>11</v>
+      </c>
+      <c r="F384" s="1" t="s">
         <v>1360</v>
       </c>
-      <c r="D384" t="s">
-[...5 lines deleted...]
-      <c r="F384" s="1" t="s">
+      <c r="G384" t="s">
         <v>1361</v>
-      </c>
-[...1 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="385" spans="1:7">
       <c r="A385" t="s">
+        <v>1362</v>
+      </c>
+      <c r="B385" t="s">
+        <v>999</v>
+      </c>
+      <c r="C385" t="s">
         <v>1363</v>
       </c>
-      <c r="B385" t="s">
-[...2 lines deleted...]
-      <c r="C385" t="s">
+      <c r="D385" t="s">
+        <v>10</v>
+      </c>
+      <c r="E385" t="s">
+        <v>11</v>
+      </c>
+      <c r="F385" s="1" t="s">
         <v>1364</v>
       </c>
-      <c r="D385" t="s">
-[...5 lines deleted...]
-      <c r="F385" s="1" t="s">
+      <c r="G385" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="386" spans="1:7">
       <c r="A386" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B386" t="s">
+        <v>999</v>
+      </c>
+      <c r="C386" t="s">
         <v>1367</v>
       </c>
-      <c r="B386" t="s">
-[...2 lines deleted...]
-      <c r="C386" t="s">
+      <c r="D386" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" t="s">
+        <v>11</v>
+      </c>
+      <c r="F386" s="1" t="s">
         <v>1368</v>
       </c>
-      <c r="D386" t="s">
-[...5 lines deleted...]
-      <c r="F386" s="1" t="s">
+      <c r="G386" t="s">
         <v>1369</v>
-      </c>
-[...1 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="387" spans="1:7">
       <c r="A387" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B387" t="s">
+        <v>999</v>
+      </c>
+      <c r="C387" t="s">
         <v>1371</v>
       </c>
-      <c r="B387" t="s">
-[...2 lines deleted...]
-      <c r="C387" t="s">
+      <c r="D387" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" t="s">
+        <v>11</v>
+      </c>
+      <c r="F387" s="1" t="s">
         <v>1372</v>
       </c>
-      <c r="D387" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G387" t="s">
-        <v>1374</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="388" spans="1:7">
       <c r="A388" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B388" t="s">
+        <v>999</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D388" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" t="s">
+        <v>11</v>
+      </c>
+      <c r="F388" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="G388" t="s">
         <v>1376</v>
-      </c>
-[...10 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="389" spans="1:7">
       <c r="A389" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B389" t="s">
+        <v>999</v>
+      </c>
+      <c r="C389" t="s">
         <v>1378</v>
       </c>
-      <c r="B389" t="s">
-[...2 lines deleted...]
-      <c r="C389" t="s">
+      <c r="D389" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" t="s">
+        <v>11</v>
+      </c>
+      <c r="F389" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="D389" t="s">
-[...5 lines deleted...]
-      <c r="F389" s="1" t="s">
+      <c r="G389" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="390" spans="1:7">
       <c r="A390" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B390" t="s">
+        <v>999</v>
+      </c>
+      <c r="C390" t="s">
         <v>1382</v>
       </c>
-      <c r="B390" t="s">
-[...2 lines deleted...]
-      <c r="C390" t="s">
+      <c r="D390" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" t="s">
+        <v>11</v>
+      </c>
+      <c r="F390" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="D390" t="s">
-[...5 lines deleted...]
-      <c r="F390" s="1" t="s">
+      <c r="G390" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="391" spans="1:7">
       <c r="A391" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B391" t="s">
+        <v>999</v>
+      </c>
+      <c r="C391" t="s">
         <v>1386</v>
       </c>
-      <c r="B391" t="s">
-[...2 lines deleted...]
-      <c r="C391" t="s">
+      <c r="D391" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" t="s">
+        <v>11</v>
+      </c>
+      <c r="F391" s="1" t="s">
         <v>1387</v>
       </c>
-      <c r="D391" t="s">
-[...5 lines deleted...]
-      <c r="F391" s="1" t="s">
+      <c r="G391" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="392" spans="1:7">
       <c r="A392" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B392" t="s">
+        <v>999</v>
+      </c>
+      <c r="C392" t="s">
         <v>1390</v>
       </c>
-      <c r="B392" t="s">
-[...2 lines deleted...]
-      <c r="C392" t="s">
+      <c r="D392" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" t="s">
+        <v>11</v>
+      </c>
+      <c r="F392" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="D392" t="s">
-[...5 lines deleted...]
-      <c r="F392" s="1" t="s">
+      <c r="G392" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="393" spans="1:7">
       <c r="A393" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B393" t="s">
+        <v>999</v>
+      </c>
+      <c r="C393" t="s">
         <v>1394</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="D393" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" s="1" t="s">
         <v>1395</v>
       </c>
-      <c r="D393" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G393" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="394" spans="1:7">
       <c r="A394" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B394" t="s">
+        <v>999</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D394" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" s="1" t="s">
         <v>1398</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="G394" t="s">
         <v>1399</v>
-      </c>
-[...10 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="395" spans="1:7">
       <c r="A395" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B395" t="s">
+        <v>999</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D395" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" s="1" t="s">
         <v>1402</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="G395" t="s">
         <v>1403</v>
-      </c>
-[...10 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="396" spans="1:7">
       <c r="A396" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B396" t="s">
+        <v>999</v>
+      </c>
+      <c r="C396" t="s">
         <v>1405</v>
       </c>
-      <c r="B396" t="s">
-[...2 lines deleted...]
-      <c r="C396" t="s">
+      <c r="D396" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" t="s">
+        <v>11</v>
+      </c>
+      <c r="F396" s="1" t="s">
         <v>1406</v>
       </c>
-      <c r="D396" t="s">
-[...5 lines deleted...]
-      <c r="F396" s="1" t="s">
+      <c r="G396" t="s">
         <v>1407</v>
-      </c>
-[...1 lines deleted...]
-        <v>1408</v>
       </c>
     </row>
     <row r="397" spans="1:7">
       <c r="A397" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B397" t="s">
+        <v>999</v>
+      </c>
+      <c r="C397" t="s">
         <v>1409</v>
       </c>
-      <c r="B397" t="s">
-[...2 lines deleted...]
-      <c r="C397" t="s">
+      <c r="D397" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" t="s">
+        <v>11</v>
+      </c>
+      <c r="F397" s="1" t="s">
         <v>1410</v>
       </c>
-      <c r="D397" t="s">
-[...5 lines deleted...]
-      <c r="F397" s="1" t="s">
+      <c r="G397" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="398" spans="1:7">
       <c r="A398" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B398" t="s">
+        <v>999</v>
+      </c>
+      <c r="C398" t="s">
         <v>1413</v>
       </c>
-      <c r="B398" t="s">
-[...2 lines deleted...]
-      <c r="C398" t="s">
+      <c r="D398" t="s">
+        <v>10</v>
+      </c>
+      <c r="E398" t="s">
+        <v>11</v>
+      </c>
+      <c r="F398" s="1" t="s">
         <v>1414</v>
       </c>
-      <c r="D398" t="s">
-[...5 lines deleted...]
-      <c r="F398" s="1" t="s">
+      <c r="G398" t="s">
         <v>1415</v>
-      </c>
-[...1 lines deleted...]
-        <v>1416</v>
       </c>
     </row>
     <row r="399" spans="1:7">
       <c r="A399" t="s">
+        <v>1416</v>
+      </c>
+      <c r="B399" t="s">
+        <v>999</v>
+      </c>
+      <c r="C399" t="s">
         <v>1417</v>
       </c>
-      <c r="B399" t="s">
-[...2 lines deleted...]
-      <c r="C399" t="s">
+      <c r="D399" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" s="1" t="s">
         <v>1418</v>
       </c>
-      <c r="D399" t="s">
-[...5 lines deleted...]
-      <c r="F399" s="1" t="s">
+      <c r="G399" t="s">
         <v>1419</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="400" spans="1:7">
       <c r="A400" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B400" t="s">
+        <v>999</v>
+      </c>
+      <c r="C400" t="s">
         <v>1421</v>
       </c>
-      <c r="B400" t="s">
-[...2 lines deleted...]
-      <c r="C400" t="s">
+      <c r="D400" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" t="s">
+        <v>11</v>
+      </c>
+      <c r="F400" s="1" t="s">
         <v>1422</v>
       </c>
-      <c r="D400" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G400" t="s">
-        <v>1424</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="401" spans="1:7">
       <c r="A401" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B401" t="s">
+        <v>999</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D401" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" s="1" t="s">
         <v>1425</v>
       </c>
-      <c r="B401" t="s">
-[...2 lines deleted...]
-      <c r="C401" t="s">
+      <c r="G401" t="s">
         <v>1426</v>
-      </c>
-[...10 lines deleted...]
-        <v>1428</v>
       </c>
     </row>
     <row r="402" spans="1:7">
       <c r="A402" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B402" t="s">
+        <v>999</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D402" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" t="s">
+        <v>11</v>
+      </c>
+      <c r="F402" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="B402" t="s">
-[...2 lines deleted...]
-      <c r="C402" t="s">
+      <c r="G402" t="s">
         <v>1430</v>
-      </c>
-[...10 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="403" spans="1:7">
       <c r="A403" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B403" t="s">
+        <v>999</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D403" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" t="s">
+        <v>11</v>
+      </c>
+      <c r="F403" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="B403" t="s">
-[...2 lines deleted...]
-      <c r="C403" t="s">
+      <c r="G403" t="s">
         <v>1434</v>
-      </c>
-[...10 lines deleted...]
-        <v>1436</v>
       </c>
     </row>
     <row r="404" spans="1:7">
       <c r="A404" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B404" t="s">
+        <v>999</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D404" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" t="s">
+        <v>11</v>
+      </c>
+      <c r="F404" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="B404" t="s">
-[...2 lines deleted...]
-      <c r="C404" t="s">
+      <c r="G404" t="s">
         <v>1438</v>
-      </c>
-[...10 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="405" spans="1:7">
       <c r="A405" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B405" t="s">
+        <v>999</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D405" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" t="s">
+        <v>11</v>
+      </c>
+      <c r="F405" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="B405" t="s">
-[...2 lines deleted...]
-      <c r="C405" t="s">
+      <c r="G405" t="s">
         <v>1442</v>
-      </c>
-[...10 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="406" spans="1:7">
       <c r="A406" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B406" t="s">
+        <v>999</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D406" t="s">
+        <v>10</v>
+      </c>
+      <c r="E406" t="s">
+        <v>11</v>
+      </c>
+      <c r="F406" s="1" t="s">
         <v>1445</v>
       </c>
-      <c r="B406" t="s">
-[...2 lines deleted...]
-      <c r="C406" t="s">
+      <c r="G406" t="s">
         <v>1446</v>
-      </c>
-[...10 lines deleted...]
-        <v>1448</v>
       </c>
     </row>
     <row r="407" spans="1:7">
       <c r="A407" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B407" t="s">
+        <v>999</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D407" t="s">
+        <v>10</v>
+      </c>
+      <c r="E407" t="s">
+        <v>11</v>
+      </c>
+      <c r="F407" s="1" t="s">
         <v>1449</v>
       </c>
-      <c r="B407" t="s">
-[...2 lines deleted...]
-      <c r="C407" t="s">
+      <c r="G407" t="s">
         <v>1450</v>
-      </c>
-[...10 lines deleted...]
-        <v>1452</v>
       </c>
     </row>
     <row r="408" spans="1:7">
       <c r="A408" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B408" t="s">
+        <v>999</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D408" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" t="s">
+        <v>11</v>
+      </c>
+      <c r="F408" s="1" t="s">
         <v>1453</v>
       </c>
-      <c r="B408" t="s">
-[...2 lines deleted...]
-      <c r="C408" t="s">
+      <c r="G408" t="s">
         <v>1454</v>
-      </c>
-[...10 lines deleted...]
-        <v>1456</v>
       </c>
     </row>
     <row r="409" spans="1:7">
       <c r="A409" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B409" t="s">
+        <v>999</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D409" t="s">
+        <v>10</v>
+      </c>
+      <c r="E409" t="s">
+        <v>11</v>
+      </c>
+      <c r="F409" s="1" t="s">
         <v>1457</v>
       </c>
-      <c r="B409" t="s">
-[...2 lines deleted...]
-      <c r="C409" t="s">
+      <c r="G409" t="s">
         <v>1458</v>
-      </c>
-[...10 lines deleted...]
-        <v>1460</v>
       </c>
     </row>
     <row r="410" spans="1:7">
       <c r="A410" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B410" t="s">
+        <v>999</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D410" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" t="s">
+        <v>11</v>
+      </c>
+      <c r="F410" s="1" t="s">
         <v>1461</v>
       </c>
-      <c r="B410" t="s">
-[...2 lines deleted...]
-      <c r="C410" t="s">
+      <c r="G410" t="s">
         <v>1462</v>
-      </c>
-[...10 lines deleted...]
-        <v>1440</v>
       </c>
     </row>
     <row r="411" spans="1:7">
       <c r="A411" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B411" t="s">
+        <v>999</v>
+      </c>
+      <c r="C411" t="s">
         <v>1464</v>
       </c>
-      <c r="B411" t="s">
-[...2 lines deleted...]
-      <c r="C411" t="s">
+      <c r="D411" t="s">
+        <v>10</v>
+      </c>
+      <c r="E411" t="s">
+        <v>11</v>
+      </c>
+      <c r="F411" s="1" t="s">
         <v>1465</v>
       </c>
-      <c r="D411" t="s">
-[...5 lines deleted...]
-      <c r="F411" s="1" t="s">
+      <c r="G411" t="s">
         <v>1466</v>
-      </c>
-[...1 lines deleted...]
-        <v>1467</v>
       </c>
     </row>
     <row r="412" spans="1:7">
       <c r="A412" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B412" t="s">
+        <v>999</v>
+      </c>
+      <c r="C412" t="s">
         <v>1468</v>
       </c>
-      <c r="B412" t="s">
-[...2 lines deleted...]
-      <c r="C412" t="s">
+      <c r="D412" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" t="s">
+        <v>11</v>
+      </c>
+      <c r="F412" s="1" t="s">
         <v>1469</v>
       </c>
-      <c r="D412" t="s">
-[...5 lines deleted...]
-      <c r="F412" s="1" t="s">
+      <c r="G412" t="s">
         <v>1470</v>
-      </c>
-[...1 lines deleted...]
-        <v>1471</v>
       </c>
     </row>
     <row r="413" spans="1:7">
       <c r="A413" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B413" t="s">
+        <v>999</v>
+      </c>
+      <c r="C413" t="s">
         <v>1472</v>
       </c>
-      <c r="B413" t="s">
-[...2 lines deleted...]
-      <c r="C413" t="s">
+      <c r="D413" t="s">
+        <v>10</v>
+      </c>
+      <c r="E413" t="s">
+        <v>11</v>
+      </c>
+      <c r="F413" s="1" t="s">
         <v>1473</v>
       </c>
-      <c r="D413" t="s">
-[...5 lines deleted...]
-      <c r="F413" s="1" t="s">
+      <c r="G413" t="s">
         <v>1474</v>
-      </c>
-[...1 lines deleted...]
-        <v>1475</v>
       </c>
     </row>
     <row r="414" spans="1:7">
       <c r="A414" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B414" t="s">
+        <v>999</v>
+      </c>
+      <c r="C414" t="s">
         <v>1476</v>
       </c>
-      <c r="B414" t="s">
-[...2 lines deleted...]
-      <c r="C414" t="s">
+      <c r="D414" t="s">
+        <v>10</v>
+      </c>
+      <c r="E414" t="s">
+        <v>11</v>
+      </c>
+      <c r="F414" s="1" t="s">
         <v>1477</v>
       </c>
-      <c r="D414" t="s">
-[...5 lines deleted...]
-      <c r="F414" s="1" t="s">
+      <c r="G414" t="s">
         <v>1478</v>
-      </c>
-[...1 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="415" spans="1:7">
       <c r="A415" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B415" t="s">
+        <v>999</v>
+      </c>
+      <c r="C415" t="s">
         <v>1480</v>
       </c>
-      <c r="B415" t="s">
-[...2 lines deleted...]
-      <c r="C415" t="s">
+      <c r="D415" t="s">
+        <v>10</v>
+      </c>
+      <c r="E415" t="s">
+        <v>11</v>
+      </c>
+      <c r="F415" s="1" t="s">
         <v>1481</v>
       </c>
-      <c r="D415" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G415" t="s">
-        <v>1420</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="416" spans="1:7">
       <c r="A416" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B416" t="s">
+        <v>999</v>
+      </c>
+      <c r="C416" t="s">
         <v>1483</v>
       </c>
-      <c r="B416" t="s">
-[...2 lines deleted...]
-      <c r="C416" t="s">
+      <c r="D416" t="s">
+        <v>10</v>
+      </c>
+      <c r="E416" t="s">
+        <v>11</v>
+      </c>
+      <c r="F416" s="1" t="s">
         <v>1484</v>
       </c>
-      <c r="D416" t="s">
-[...5 lines deleted...]
-      <c r="F416" s="1" t="s">
+      <c r="G416" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1420</v>
       </c>
     </row>
     <row r="417" spans="1:7">
       <c r="A417" t="s">
         <v>1486</v>
       </c>
       <c r="B417" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C417" t="s">
         <v>1487</v>
       </c>
       <c r="D417" t="s">
         <v>10</v>
       </c>
       <c r="E417" t="s">
         <v>11</v>
       </c>
       <c r="F417" s="1" t="s">
         <v>1488</v>
       </c>
       <c r="G417" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="418" spans="1:7">
       <c r="A418" t="s">
         <v>1490</v>
       </c>
       <c r="B418" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C418" t="s">
         <v>1491</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418" t="s">
         <v>11</v>
       </c>
       <c r="F418" s="1" t="s">
         <v>1492</v>
       </c>
       <c r="G418" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="419" spans="1:7">
       <c r="A419" t="s">
         <v>1494</v>
       </c>
       <c r="B419" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C419" t="s">
         <v>1495</v>
       </c>
       <c r="D419" t="s">
         <v>10</v>
       </c>
       <c r="E419" t="s">
         <v>11</v>
       </c>
       <c r="F419" s="1" t="s">
         <v>1496</v>
       </c>
       <c r="G419" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="420" spans="1:7">
       <c r="A420" t="s">
         <v>1498</v>
       </c>
       <c r="B420" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C420" t="s">
         <v>1499</v>
       </c>
       <c r="D420" t="s">
         <v>10</v>
       </c>
       <c r="E420" t="s">
         <v>11</v>
       </c>
       <c r="F420" s="1" t="s">
         <v>1500</v>
       </c>
       <c r="G420" t="s">
-        <v>945</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="421" spans="1:7">
       <c r="A421" t="s">
         <v>1501</v>
       </c>
       <c r="B421" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C421" t="s">
         <v>1502</v>
       </c>
       <c r="D421" t="s">
         <v>10</v>
       </c>
       <c r="E421" t="s">
         <v>11</v>
       </c>
       <c r="F421" s="1" t="s">
         <v>1503</v>
       </c>
       <c r="G421" t="s">
-        <v>1504</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="422" spans="1:7">
       <c r="A422" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B422" t="s">
+        <v>999</v>
+      </c>
+      <c r="C422" t="s">
         <v>1505</v>
       </c>
-      <c r="B422" t="s">
-[...2 lines deleted...]
-      <c r="C422" t="s">
+      <c r="D422" t="s">
+        <v>10</v>
+      </c>
+      <c r="E422" t="s">
+        <v>11</v>
+      </c>
+      <c r="F422" s="1" t="s">
         <v>1506</v>
       </c>
-      <c r="D422" t="s">
-[...5 lines deleted...]
-      <c r="F422" s="1" t="s">
+      <c r="G422" t="s">
         <v>1507</v>
-      </c>
-[...1 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="423" spans="1:7">
       <c r="A423" t="s">
+        <v>1508</v>
+      </c>
+      <c r="B423" t="s">
+        <v>999</v>
+      </c>
+      <c r="C423" t="s">
         <v>1509</v>
       </c>
-      <c r="B423" t="s">
-[...2 lines deleted...]
-      <c r="C423" t="s">
+      <c r="D423" t="s">
+        <v>10</v>
+      </c>
+      <c r="E423" t="s">
+        <v>11</v>
+      </c>
+      <c r="F423" s="1" t="s">
         <v>1510</v>
       </c>
-      <c r="D423" t="s">
-[...5 lines deleted...]
-      <c r="F423" s="1" t="s">
+      <c r="G423" t="s">
         <v>1511</v>
-      </c>
-[...1 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="424" spans="1:7">
       <c r="A424" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B424" t="s">
+        <v>999</v>
+      </c>
+      <c r="C424" t="s">
         <v>1513</v>
       </c>
-      <c r="B424" t="s">
-[...2 lines deleted...]
-      <c r="C424" t="s">
+      <c r="D424" t="s">
+        <v>10</v>
+      </c>
+      <c r="E424" t="s">
+        <v>11</v>
+      </c>
+      <c r="F424" s="1" t="s">
         <v>1514</v>
       </c>
-      <c r="D424" t="s">
-[...5 lines deleted...]
-      <c r="F424" s="1" t="s">
+      <c r="G424" t="s">
         <v>1515</v>
-      </c>
-[...1 lines deleted...]
-        <v>1516</v>
       </c>
     </row>
     <row r="425" spans="1:7">
       <c r="A425" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B425" t="s">
+        <v>999</v>
+      </c>
+      <c r="C425" t="s">
         <v>1517</v>
       </c>
-      <c r="B425" t="s">
-[...2 lines deleted...]
-      <c r="C425" t="s">
+      <c r="D425" t="s">
+        <v>10</v>
+      </c>
+      <c r="E425" t="s">
+        <v>11</v>
+      </c>
+      <c r="F425" s="1" t="s">
         <v>1518</v>
       </c>
-      <c r="D425" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G425" t="s">
-        <v>1520</v>
+        <v>963</v>
       </c>
     </row>
     <row r="426" spans="1:7">
       <c r="A426" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B426" t="s">
+        <v>999</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D426" t="s">
+        <v>10</v>
+      </c>
+      <c r="E426" t="s">
+        <v>11</v>
+      </c>
+      <c r="F426" s="1" t="s">
         <v>1521</v>
       </c>
-      <c r="B426" t="s">
-[...2 lines deleted...]
-      <c r="C426" t="s">
+      <c r="G426" t="s">
         <v>1522</v>
-      </c>
-[...10 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="427" spans="1:7">
       <c r="A427" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B427" t="s">
+        <v>999</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D427" t="s">
+        <v>10</v>
+      </c>
+      <c r="E427" t="s">
+        <v>11</v>
+      </c>
+      <c r="F427" s="1" t="s">
         <v>1525</v>
       </c>
-      <c r="B427" t="s">
-[...2 lines deleted...]
-      <c r="C427" t="s">
+      <c r="G427" t="s">
         <v>1526</v>
-      </c>
-[...10 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="428" spans="1:7">
       <c r="A428" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B428" t="s">
+        <v>999</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D428" t="s">
+        <v>10</v>
+      </c>
+      <c r="E428" t="s">
+        <v>11</v>
+      </c>
+      <c r="F428" s="1" t="s">
         <v>1529</v>
       </c>
-      <c r="B428" t="s">
-[...2 lines deleted...]
-      <c r="C428" t="s">
+      <c r="G428" t="s">
         <v>1530</v>
-      </c>
-[...10 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="429" spans="1:7">
       <c r="A429" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B429" t="s">
+        <v>999</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D429" t="s">
+        <v>10</v>
+      </c>
+      <c r="E429" t="s">
+        <v>11</v>
+      </c>
+      <c r="F429" s="1" t="s">
         <v>1533</v>
       </c>
-      <c r="B429" t="s">
-[...2 lines deleted...]
-      <c r="C429" t="s">
+      <c r="G429" t="s">
         <v>1534</v>
-      </c>
-[...10 lines deleted...]
-        <v>1536</v>
       </c>
     </row>
     <row r="430" spans="1:7">
       <c r="A430" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B430" t="s">
+        <v>999</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D430" t="s">
+        <v>10</v>
+      </c>
+      <c r="E430" t="s">
+        <v>11</v>
+      </c>
+      <c r="F430" s="1" t="s">
         <v>1537</v>
       </c>
-      <c r="B430" t="s">
-[...2 lines deleted...]
-      <c r="C430" t="s">
+      <c r="G430" t="s">
         <v>1538</v>
-      </c>
-[...10 lines deleted...]
-        <v>1540</v>
       </c>
     </row>
     <row r="431" spans="1:7">
       <c r="A431" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B431" t="s">
+        <v>999</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D431" t="s">
+        <v>10</v>
+      </c>
+      <c r="E431" t="s">
+        <v>11</v>
+      </c>
+      <c r="F431" s="1" t="s">
         <v>1541</v>
       </c>
-      <c r="B431" t="s">
-[...2 lines deleted...]
-      <c r="C431" t="s">
+      <c r="G431" t="s">
         <v>1542</v>
-      </c>
-[...10 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="432" spans="1:7">
       <c r="A432" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B432" t="s">
+        <v>999</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D432" t="s">
+        <v>10</v>
+      </c>
+      <c r="E432" t="s">
+        <v>11</v>
+      </c>
+      <c r="F432" s="1" t="s">
         <v>1545</v>
       </c>
-      <c r="B432" t="s">
-[...2 lines deleted...]
-      <c r="C432" t="s">
+      <c r="G432" t="s">
         <v>1546</v>
-      </c>
-[...10 lines deleted...]
-        <v>1548</v>
       </c>
     </row>
     <row r="433" spans="1:7">
       <c r="A433" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B433" t="s">
+        <v>999</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D433" t="s">
+        <v>10</v>
+      </c>
+      <c r="E433" t="s">
+        <v>11</v>
+      </c>
+      <c r="F433" s="1" t="s">
         <v>1549</v>
       </c>
-      <c r="B433" t="s">
-[...2 lines deleted...]
-      <c r="C433" t="s">
+      <c r="G433" t="s">
         <v>1550</v>
-      </c>
-[...10 lines deleted...]
-        <v>1552</v>
       </c>
     </row>
     <row r="434" spans="1:7">
       <c r="A434" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B434" t="s">
+        <v>999</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D434" t="s">
+        <v>10</v>
+      </c>
+      <c r="E434" t="s">
+        <v>11</v>
+      </c>
+      <c r="F434" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="B434" t="s">
-[...2 lines deleted...]
-      <c r="C434" t="s">
+      <c r="G434" t="s">
         <v>1554</v>
-      </c>
-[...10 lines deleted...]
-        <v>1556</v>
       </c>
     </row>
     <row r="435" spans="1:7">
       <c r="A435" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B435" t="s">
+        <v>999</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D435" t="s">
+        <v>10</v>
+      </c>
+      <c r="E435" t="s">
+        <v>11</v>
+      </c>
+      <c r="F435" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="B435" t="s">
-[...2 lines deleted...]
-      <c r="C435" t="s">
+      <c r="G435" t="s">
         <v>1558</v>
-      </c>
-[...10 lines deleted...]
-        <v>1560</v>
       </c>
     </row>
     <row r="436" spans="1:7">
       <c r="A436" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B436" t="s">
+        <v>999</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D436" t="s">
+        <v>10</v>
+      </c>
+      <c r="E436" t="s">
+        <v>11</v>
+      </c>
+      <c r="F436" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="B436" t="s">
-[...2 lines deleted...]
-      <c r="C436" t="s">
+      <c r="G436" t="s">
         <v>1562</v>
-      </c>
-[...10 lines deleted...]
-        <v>1564</v>
       </c>
     </row>
     <row r="437" spans="1:7">
       <c r="A437" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B437" t="s">
+        <v>999</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D437" t="s">
+        <v>10</v>
+      </c>
+      <c r="E437" t="s">
+        <v>11</v>
+      </c>
+      <c r="F437" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="B437" t="s">
-[...2 lines deleted...]
-      <c r="C437" t="s">
+      <c r="G437" t="s">
         <v>1566</v>
-      </c>
-[...10 lines deleted...]
-        <v>1568</v>
       </c>
     </row>
     <row r="438" spans="1:7">
       <c r="A438" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B438" t="s">
+        <v>999</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D438" t="s">
+        <v>10</v>
+      </c>
+      <c r="E438" t="s">
+        <v>11</v>
+      </c>
+      <c r="F438" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="B438" t="s">
-[...2 lines deleted...]
-      <c r="C438" t="s">
+      <c r="G438" t="s">
         <v>1570</v>
-      </c>
-[...10 lines deleted...]
-        <v>1572</v>
       </c>
     </row>
     <row r="439" spans="1:7">
       <c r="A439" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B439" t="s">
+        <v>999</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D439" t="s">
+        <v>10</v>
+      </c>
+      <c r="E439" t="s">
+        <v>11</v>
+      </c>
+      <c r="F439" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="B439" t="s">
-[...2 lines deleted...]
-      <c r="C439" t="s">
+      <c r="G439" t="s">
         <v>1574</v>
-      </c>
-[...10 lines deleted...]
-        <v>1576</v>
       </c>
     </row>
     <row r="440" spans="1:7">
       <c r="A440" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B440" t="s">
+        <v>999</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D440" t="s">
+        <v>10</v>
+      </c>
+      <c r="E440" t="s">
+        <v>11</v>
+      </c>
+      <c r="F440" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="B440" t="s">
-[...2 lines deleted...]
-      <c r="C440" t="s">
+      <c r="G440" t="s">
         <v>1578</v>
-      </c>
-[...10 lines deleted...]
-        <v>1580</v>
       </c>
     </row>
     <row r="441" spans="1:7">
       <c r="A441" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B441" t="s">
+        <v>999</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D441" t="s">
+        <v>10</v>
+      </c>
+      <c r="E441" t="s">
+        <v>11</v>
+      </c>
+      <c r="F441" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="B441" t="s">
-[...2 lines deleted...]
-      <c r="C441" t="s">
+      <c r="G441" t="s">
         <v>1582</v>
-      </c>
-[...10 lines deleted...]
-        <v>1584</v>
       </c>
     </row>
     <row r="442" spans="1:7">
       <c r="A442" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B442" t="s">
+        <v>999</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D442" t="s">
+        <v>10</v>
+      </c>
+      <c r="E442" t="s">
+        <v>11</v>
+      </c>
+      <c r="F442" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="B442" t="s">
-[...2 lines deleted...]
-      <c r="C442" t="s">
+      <c r="G442" t="s">
         <v>1586</v>
-      </c>
-[...10 lines deleted...]
-        <v>1588</v>
       </c>
     </row>
     <row r="443" spans="1:7">
       <c r="A443" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B443" t="s">
+        <v>999</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D443" t="s">
+        <v>10</v>
+      </c>
+      <c r="E443" t="s">
+        <v>11</v>
+      </c>
+      <c r="F443" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="B443" t="s">
-[...2 lines deleted...]
-      <c r="C443" t="s">
+      <c r="G443" t="s">
         <v>1590</v>
-      </c>
-[...10 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="444" spans="1:7">
       <c r="A444" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B444" t="s">
+        <v>999</v>
+      </c>
+      <c r="C444" t="s">
         <v>1592</v>
       </c>
-      <c r="B444" t="s">
-[...2 lines deleted...]
-      <c r="C444" t="s">
+      <c r="D444" t="s">
+        <v>10</v>
+      </c>
+      <c r="E444" t="s">
+        <v>11</v>
+      </c>
+      <c r="F444" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="D444" t="s">
-[...5 lines deleted...]
-      <c r="F444" s="1" t="s">
+      <c r="G444" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>846</v>
       </c>
     </row>
     <row r="445" spans="1:7">
       <c r="A445" t="s">
         <v>1595</v>
       </c>
       <c r="B445" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C445" t="s">
         <v>1596</v>
       </c>
       <c r="D445" t="s">
         <v>10</v>
       </c>
       <c r="E445" t="s">
         <v>11</v>
       </c>
       <c r="F445" s="1" t="s">
         <v>1597</v>
       </c>
       <c r="G445" t="s">
-        <v>752</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="446" spans="1:7">
       <c r="A446" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="B446" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C446" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="D446" t="s">
         <v>10</v>
       </c>
       <c r="E446" t="s">
         <v>11</v>
       </c>
       <c r="F446" s="1" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="G446" t="s">
-        <v>932</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="447" spans="1:7">
       <c r="A447" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="B447" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C447" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="D447" t="s">
         <v>10</v>
       </c>
       <c r="E447" t="s">
         <v>11</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="G447" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="448" spans="1:7">
       <c r="A448" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="B448" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C448" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448" t="s">
         <v>11</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="G448" t="s">
-        <v>1608</v>
+        <v>770</v>
       </c>
     </row>
     <row r="449" spans="1:7">
       <c r="A449" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="B449" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C449" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D449" t="s">
         <v>10</v>
       </c>
       <c r="E449" t="s">
         <v>11</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="G449" t="s">
-        <v>1612</v>
+        <v>864</v>
       </c>
     </row>
     <row r="450" spans="1:7">
       <c r="A450" t="s">
         <v>1613</v>
       </c>
       <c r="B450" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C450" t="s">
         <v>1614</v>
       </c>
       <c r="D450" t="s">
         <v>10</v>
       </c>
       <c r="E450" t="s">
         <v>11</v>
       </c>
       <c r="F450" s="1" t="s">
         <v>1615</v>
       </c>
       <c r="G450" t="s">
-        <v>1616</v>
+        <v>770</v>
       </c>
     </row>
     <row r="451" spans="1:7">
       <c r="A451" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B451" t="s">
+        <v>999</v>
+      </c>
+      <c r="C451" t="s">
         <v>1617</v>
       </c>
-      <c r="B451" t="s">
-[...2 lines deleted...]
-      <c r="C451" t="s">
+      <c r="D451" t="s">
+        <v>10</v>
+      </c>
+      <c r="E451" t="s">
+        <v>11</v>
+      </c>
+      <c r="F451" s="1" t="s">
         <v>1618</v>
       </c>
-      <c r="D451" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G451" t="s">
-        <v>1620</v>
+        <v>950</v>
       </c>
     </row>
     <row r="452" spans="1:7">
       <c r="A452" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B452" t="s">
+        <v>999</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D452" t="s">
+        <v>10</v>
+      </c>
+      <c r="E452" t="s">
+        <v>11</v>
+      </c>
+      <c r="F452" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="B452" t="s">
-[...2 lines deleted...]
-      <c r="C452" t="s">
+      <c r="G452" t="s">
         <v>1622</v>
-      </c>
-[...10 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="453" spans="1:7">
       <c r="A453" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B453" t="s">
+        <v>999</v>
+      </c>
+      <c r="C453" t="s">
         <v>1624</v>
       </c>
-      <c r="B453" t="s">
-[...2 lines deleted...]
-      <c r="C453" t="s">
+      <c r="D453" t="s">
+        <v>10</v>
+      </c>
+      <c r="E453" t="s">
+        <v>11</v>
+      </c>
+      <c r="F453" s="1" t="s">
         <v>1625</v>
       </c>
-      <c r="D453" t="s">
-[...5 lines deleted...]
-      <c r="F453" s="1" t="s">
+      <c r="G453" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
     </row>
     <row r="454" spans="1:7">
       <c r="A454" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B454" t="s">
+        <v>999</v>
+      </c>
+      <c r="C454" t="s">
         <v>1628</v>
       </c>
-      <c r="B454" t="s">
-[...2 lines deleted...]
-      <c r="C454" t="s">
+      <c r="D454" t="s">
+        <v>10</v>
+      </c>
+      <c r="E454" t="s">
+        <v>11</v>
+      </c>
+      <c r="F454" s="1" t="s">
         <v>1629</v>
       </c>
-      <c r="D454" t="s">
-[...5 lines deleted...]
-      <c r="F454" s="1" t="s">
+      <c r="G454" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
     </row>
     <row r="455" spans="1:7">
       <c r="A455" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B455" t="s">
+        <v>999</v>
+      </c>
+      <c r="C455" t="s">
         <v>1632</v>
       </c>
-      <c r="B455" t="s">
-[...2 lines deleted...]
-      <c r="C455" t="s">
+      <c r="D455" t="s">
+        <v>10</v>
+      </c>
+      <c r="E455" t="s">
+        <v>11</v>
+      </c>
+      <c r="F455" s="1" t="s">
         <v>1633</v>
       </c>
-      <c r="D455" t="s">
-[...5 lines deleted...]
-      <c r="F455" s="1" t="s">
+      <c r="G455" t="s">
         <v>1634</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="456" spans="1:7">
       <c r="A456" t="s">
         <v>1635</v>
       </c>
       <c r="B456" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C456" t="s">
         <v>1636</v>
       </c>
       <c r="D456" t="s">
         <v>10</v>
       </c>
       <c r="E456" t="s">
         <v>11</v>
       </c>
       <c r="F456" s="1" t="s">
         <v>1637</v>
       </c>
       <c r="G456" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="457" spans="1:7">
       <c r="A457" t="s">
         <v>1639</v>
       </c>
       <c r="B457" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C457" t="s">
         <v>1640</v>
       </c>
       <c r="D457" t="s">
         <v>10</v>
       </c>
       <c r="E457" t="s">
         <v>11</v>
       </c>
       <c r="F457" s="1" t="s">
         <v>1641</v>
       </c>
       <c r="G457" t="s">
-        <v>1524</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="458" spans="1:7">
       <c r="A458" t="s">
         <v>1642</v>
       </c>
       <c r="B458" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C458" t="s">
         <v>1643</v>
       </c>
       <c r="D458" t="s">
         <v>10</v>
       </c>
       <c r="E458" t="s">
         <v>11</v>
       </c>
       <c r="F458" s="1" t="s">
         <v>1644</v>
       </c>
       <c r="G458" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="459" spans="1:7">
       <c r="A459" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="B459" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C459" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="D459" t="s">
         <v>10</v>
       </c>
       <c r="E459" t="s">
         <v>11</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="G459" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="460" spans="1:7">
       <c r="A460" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="B460" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C460" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460" t="s">
         <v>11</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="G460" t="s">
-        <v>1652</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="461" spans="1:7">
       <c r="A461" t="s">
         <v>1653</v>
       </c>
       <c r="B461" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C461" t="s">
         <v>1654</v>
       </c>
       <c r="D461" t="s">
         <v>10</v>
       </c>
       <c r="E461" t="s">
         <v>11</v>
       </c>
       <c r="F461" s="1" t="s">
         <v>1655</v>
       </c>
       <c r="G461" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="462" spans="1:7">
       <c r="A462" t="s">
         <v>1657</v>
       </c>
       <c r="B462" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C462" t="s">
         <v>1658</v>
       </c>
       <c r="D462" t="s">
         <v>10</v>
       </c>
       <c r="E462" t="s">
         <v>11</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>1659</v>
       </c>
       <c r="G462" t="s">
-        <v>1660</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="463" spans="1:7">
       <c r="A463" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B463" t="s">
+        <v>999</v>
+      </c>
+      <c r="C463" t="s">
         <v>1661</v>
       </c>
-      <c r="B463" t="s">
-[...2 lines deleted...]
-      <c r="C463" t="s">
+      <c r="D463" t="s">
+        <v>10</v>
+      </c>
+      <c r="E463" t="s">
+        <v>11</v>
+      </c>
+      <c r="F463" s="1" t="s">
         <v>1662</v>
       </c>
-      <c r="D463" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G463" t="s">
-        <v>1664</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="464" spans="1:7">
       <c r="A464" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B464" t="s">
+        <v>999</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D464" t="s">
+        <v>10</v>
+      </c>
+      <c r="E464" t="s">
+        <v>11</v>
+      </c>
+      <c r="F464" s="1" t="s">
         <v>1665</v>
       </c>
-      <c r="B464" t="s">
-[...2 lines deleted...]
-      <c r="C464" t="s">
+      <c r="G464" t="s">
         <v>1666</v>
-      </c>
-[...10 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="465" spans="1:7">
       <c r="A465" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B465" t="s">
+        <v>999</v>
+      </c>
+      <c r="C465" t="s">
         <v>1668</v>
       </c>
-      <c r="B465" t="s">
-[...2 lines deleted...]
-      <c r="C465" t="s">
+      <c r="D465" t="s">
+        <v>10</v>
+      </c>
+      <c r="E465" t="s">
+        <v>11</v>
+      </c>
+      <c r="F465" s="1" t="s">
         <v>1669</v>
       </c>
-      <c r="D465" t="s">
-[...5 lines deleted...]
-      <c r="F465" s="1" t="s">
+      <c r="G465" t="s">
         <v>1670</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="466" spans="1:7">
       <c r="A466" t="s">
         <v>1671</v>
       </c>
       <c r="B466" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C466" t="s">
         <v>1672</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466" t="s">
         <v>11</v>
       </c>
       <c r="F466" s="1" t="s">
         <v>1673</v>
       </c>
       <c r="G466" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="467" spans="1:7">
       <c r="A467" t="s">
         <v>1675</v>
       </c>
       <c r="B467" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C467" t="s">
         <v>1676</v>
       </c>
       <c r="D467" t="s">
         <v>10</v>
       </c>
       <c r="E467" t="s">
         <v>11</v>
       </c>
       <c r="F467" s="1" t="s">
         <v>1677</v>
       </c>
       <c r="G467" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="468" spans="1:7">
       <c r="A468" t="s">
         <v>1679</v>
       </c>
       <c r="B468" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C468" t="s">
         <v>1680</v>
       </c>
       <c r="D468" t="s">
         <v>10</v>
       </c>
       <c r="E468" t="s">
         <v>11</v>
       </c>
       <c r="F468" s="1" t="s">
         <v>1681</v>
       </c>
       <c r="G468" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="469" spans="1:7">
       <c r="A469" t="s">
         <v>1683</v>
       </c>
       <c r="B469" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C469" t="s">
         <v>1684</v>
       </c>
       <c r="D469" t="s">
         <v>10</v>
       </c>
       <c r="E469" t="s">
         <v>11</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>1685</v>
       </c>
       <c r="G469" t="s">
-        <v>1686</v>
+        <v>773</v>
       </c>
     </row>
     <row r="470" spans="1:7">
       <c r="A470" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B470" t="s">
+        <v>999</v>
+      </c>
+      <c r="C470" t="s">
         <v>1687</v>
       </c>
-      <c r="B470" t="s">
-[...2 lines deleted...]
-      <c r="C470" t="s">
+      <c r="D470" t="s">
+        <v>10</v>
+      </c>
+      <c r="E470" t="s">
+        <v>11</v>
+      </c>
+      <c r="F470" s="1" t="s">
         <v>1688</v>
       </c>
-      <c r="D470" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G470" t="s">
-        <v>1648</v>
+        <v>963</v>
       </c>
     </row>
     <row r="471" spans="1:7">
       <c r="A471" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B471" t="s">
+        <v>999</v>
+      </c>
+      <c r="C471" t="s">
         <v>1690</v>
       </c>
-      <c r="B471" t="s">
-[...2 lines deleted...]
-      <c r="C471" t="s">
+      <c r="D471" t="s">
+        <v>10</v>
+      </c>
+      <c r="E471" t="s">
+        <v>11</v>
+      </c>
+      <c r="F471" s="1" t="s">
         <v>1691</v>
       </c>
-      <c r="D471" t="s">
-[...5 lines deleted...]
-      <c r="F471" s="1" t="s">
+      <c r="G471" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1648</v>
       </c>
     </row>
     <row r="472" spans="1:7">
       <c r="A472" t="s">
         <v>1693</v>
       </c>
       <c r="B472" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C472" t="s">
         <v>1694</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472" t="s">
         <v>11</v>
       </c>
       <c r="F472" s="1" t="s">
         <v>1695</v>
       </c>
       <c r="G472" t="s">
         <v>1696</v>
       </c>
     </row>
     <row r="473" spans="1:7">
       <c r="A473" t="s">
         <v>1697</v>
       </c>
       <c r="B473" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C473" t="s">
         <v>1698</v>
       </c>
       <c r="D473" t="s">
         <v>10</v>
       </c>
       <c r="E473" t="s">
         <v>11</v>
       </c>
       <c r="F473" s="1" t="s">
         <v>1699</v>
       </c>
       <c r="G473" t="s">
         <v>1700</v>
       </c>
     </row>
     <row r="474" spans="1:7">
       <c r="A474" t="s">
         <v>1701</v>
       </c>
       <c r="B474" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C474" t="s">
         <v>1702</v>
       </c>
       <c r="D474" t="s">
         <v>10</v>
       </c>
       <c r="E474" t="s">
         <v>11</v>
       </c>
       <c r="F474" s="1" t="s">
         <v>1703</v>
       </c>
       <c r="G474" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="475" spans="1:7">
       <c r="A475" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B475" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C475" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="D475" t="s">
         <v>10</v>
       </c>
       <c r="E475" t="s">
         <v>11</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="G475" t="s">
-        <v>1707</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="476" spans="1:7">
       <c r="A476" t="s">
         <v>1708</v>
       </c>
       <c r="B476" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C476" t="s">
         <v>1709</v>
       </c>
       <c r="D476" t="s">
         <v>10</v>
       </c>
       <c r="E476" t="s">
         <v>11</v>
       </c>
       <c r="F476" s="1" t="s">
         <v>1710</v>
       </c>
       <c r="G476" t="s">
-        <v>1711</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="477" spans="1:7">
       <c r="A477" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B477" t="s">
+        <v>999</v>
+      </c>
+      <c r="C477" t="s">
         <v>1712</v>
       </c>
-      <c r="B477" t="s">
-[...2 lines deleted...]
-      <c r="C477" t="s">
+      <c r="D477" t="s">
+        <v>10</v>
+      </c>
+      <c r="E477" t="s">
+        <v>11</v>
+      </c>
+      <c r="F477" s="1" t="s">
         <v>1713</v>
       </c>
-      <c r="D477" t="s">
-[...5 lines deleted...]
-      <c r="F477" s="1" t="s">
+      <c r="G477" t="s">
         <v>1714</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="478" spans="1:7">
       <c r="A478" t="s">
         <v>1715</v>
       </c>
       <c r="B478" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C478" t="s">
         <v>1716</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478" t="s">
         <v>11</v>
       </c>
       <c r="F478" s="1" t="s">
         <v>1717</v>
       </c>
       <c r="G478" t="s">
         <v>1718</v>
       </c>
     </row>
     <row r="479" spans="1:7">
       <c r="A479" t="s">
         <v>1719</v>
       </c>
       <c r="B479" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C479" t="s">
         <v>1720</v>
       </c>
       <c r="D479" t="s">
         <v>10</v>
       </c>
       <c r="E479" t="s">
         <v>11</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>1721</v>
       </c>
       <c r="G479" t="s">
-        <v>1648</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="480" spans="1:7">
       <c r="A480" t="s">
         <v>1722</v>
       </c>
       <c r="B480" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C480" t="s">
         <v>1723</v>
       </c>
       <c r="D480" t="s">
         <v>10</v>
       </c>
       <c r="E480" t="s">
         <v>11</v>
       </c>
       <c r="F480" s="1" t="s">
         <v>1724</v>
       </c>
       <c r="G480" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="481" spans="1:7">
       <c r="A481" t="s">
         <v>1726</v>
       </c>
       <c r="B481" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C481" t="s">
         <v>1727</v>
       </c>
       <c r="D481" t="s">
         <v>10</v>
       </c>
       <c r="E481" t="s">
         <v>11</v>
       </c>
       <c r="F481" s="1" t="s">
         <v>1728</v>
       </c>
       <c r="G481" t="s">
         <v>1729</v>
       </c>
     </row>
     <row r="482" spans="1:7">
       <c r="A482" t="s">
         <v>1730</v>
       </c>
       <c r="B482" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C482" t="s">
         <v>1731</v>
       </c>
       <c r="D482" t="s">
         <v>10</v>
       </c>
       <c r="E482" t="s">
         <v>11</v>
       </c>
       <c r="F482" s="1" t="s">
         <v>1732</v>
       </c>
       <c r="G482" t="s">
-        <v>1638</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="483" spans="1:7">
       <c r="A483" t="s">
         <v>1733</v>
       </c>
       <c r="B483" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C483" t="s">
         <v>1734</v>
       </c>
       <c r="D483" t="s">
         <v>10</v>
       </c>
       <c r="E483" t="s">
         <v>11</v>
       </c>
       <c r="F483" s="1" t="s">
         <v>1735</v>
       </c>
       <c r="G483" t="s">
         <v>1736</v>
       </c>
     </row>
     <row r="484" spans="1:7">
       <c r="A484" t="s">
         <v>1737</v>
       </c>
       <c r="B484" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C484" t="s">
         <v>1738</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484" t="s">
         <v>11</v>
       </c>
       <c r="F484" s="1" t="s">
         <v>1739</v>
       </c>
       <c r="G484" t="s">
-        <v>1524</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="485" spans="1:7">
       <c r="A485" t="s">
         <v>1740</v>
       </c>
       <c r="B485" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C485" t="s">
         <v>1741</v>
       </c>
       <c r="D485" t="s">
         <v>10</v>
       </c>
       <c r="E485" t="s">
         <v>11</v>
       </c>
       <c r="F485" s="1" t="s">
         <v>1742</v>
       </c>
       <c r="G485" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="486" spans="1:7">
       <c r="A486" t="s">
         <v>1744</v>
       </c>
       <c r="B486" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C486" t="s">
         <v>1745</v>
       </c>
       <c r="D486" t="s">
         <v>10</v>
       </c>
       <c r="E486" t="s">
         <v>11</v>
       </c>
       <c r="F486" s="1" t="s">
         <v>1746</v>
       </c>
       <c r="G486" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="487" spans="1:7">
       <c r="A487" t="s">
         <v>1748</v>
       </c>
       <c r="B487" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C487" t="s">
         <v>1749</v>
       </c>
       <c r="D487" t="s">
         <v>10</v>
       </c>
       <c r="E487" t="s">
         <v>11</v>
       </c>
       <c r="F487" s="1" t="s">
         <v>1750</v>
       </c>
       <c r="G487" t="s">
-        <v>1751</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="488" spans="1:7">
       <c r="A488" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B488" t="s">
+        <v>999</v>
+      </c>
+      <c r="C488" t="s">
         <v>1752</v>
       </c>
-      <c r="B488" t="s">
-[...2 lines deleted...]
-      <c r="C488" t="s">
+      <c r="D488" t="s">
+        <v>10</v>
+      </c>
+      <c r="E488" t="s">
+        <v>11</v>
+      </c>
+      <c r="F488" s="1" t="s">
         <v>1753</v>
       </c>
-      <c r="D488" t="s">
-[...5 lines deleted...]
-      <c r="F488" s="1" t="s">
+      <c r="G488" t="s">
         <v>1754</v>
-      </c>
-[...1 lines deleted...]
-        <v>1755</v>
       </c>
     </row>
     <row r="489" spans="1:7">
       <c r="A489" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B489" t="s">
+        <v>999</v>
+      </c>
+      <c r="C489" t="s">
         <v>1756</v>
       </c>
-      <c r="B489" t="s">
-[...2 lines deleted...]
-      <c r="C489" t="s">
+      <c r="D489" t="s">
+        <v>10</v>
+      </c>
+      <c r="E489" t="s">
+        <v>11</v>
+      </c>
+      <c r="F489" s="1" t="s">
         <v>1757</v>
       </c>
-      <c r="D489" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G489" t="s">
-        <v>1707</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="490" spans="1:7">
       <c r="A490" t="s">
+        <v>1758</v>
+      </c>
+      <c r="B490" t="s">
+        <v>999</v>
+      </c>
+      <c r="C490" t="s">
         <v>1759</v>
       </c>
-      <c r="B490" t="s">
-[...2 lines deleted...]
-      <c r="C490" t="s">
+      <c r="D490" t="s">
+        <v>10</v>
+      </c>
+      <c r="E490" t="s">
+        <v>11</v>
+      </c>
+      <c r="F490" s="1" t="s">
         <v>1760</v>
       </c>
-      <c r="D490" t="s">
-[...5 lines deleted...]
-      <c r="F490" s="1" t="s">
+      <c r="G490" t="s">
         <v>1761</v>
-      </c>
-[...1 lines deleted...]
-        <v>1762</v>
       </c>
     </row>
     <row r="491" spans="1:7">
       <c r="A491" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B491" t="s">
+        <v>999</v>
+      </c>
+      <c r="C491" t="s">
         <v>1763</v>
       </c>
-      <c r="B491" t="s">
-[...2 lines deleted...]
-      <c r="C491" t="s">
+      <c r="D491" t="s">
+        <v>10</v>
+      </c>
+      <c r="E491" t="s">
+        <v>11</v>
+      </c>
+      <c r="F491" s="1" t="s">
         <v>1764</v>
       </c>
-      <c r="D491" t="s">
-[...5 lines deleted...]
-      <c r="F491" s="1" t="s">
+      <c r="G491" t="s">
         <v>1765</v>
-      </c>
-[...1 lines deleted...]
-        <v>1766</v>
       </c>
     </row>
     <row r="492" spans="1:7">
       <c r="A492" t="s">
+        <v>1766</v>
+      </c>
+      <c r="B492" t="s">
+        <v>999</v>
+      </c>
+      <c r="C492" t="s">
         <v>1767</v>
       </c>
-      <c r="B492" t="s">
-[...2 lines deleted...]
-      <c r="C492" t="s">
+      <c r="D492" t="s">
+        <v>10</v>
+      </c>
+      <c r="E492" t="s">
+        <v>11</v>
+      </c>
+      <c r="F492" s="1" t="s">
         <v>1768</v>
       </c>
-      <c r="D492" t="s">
-[...5 lines deleted...]
-      <c r="F492" s="1" t="s">
+      <c r="G492" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="493" spans="1:7">
       <c r="A493" t="s">
+        <v>1770</v>
+      </c>
+      <c r="B493" t="s">
+        <v>999</v>
+      </c>
+      <c r="C493" t="s">
         <v>1771</v>
       </c>
-      <c r="B493" t="s">
-[...2 lines deleted...]
-      <c r="C493" t="s">
+      <c r="D493" t="s">
+        <v>10</v>
+      </c>
+      <c r="E493" t="s">
+        <v>11</v>
+      </c>
+      <c r="F493" s="1" t="s">
         <v>1772</v>
       </c>
-      <c r="D493" t="s">
-[...5 lines deleted...]
-      <c r="F493" s="1" t="s">
+      <c r="G493" t="s">
         <v>1773</v>
-      </c>
-[...1 lines deleted...]
-        <v>1774</v>
       </c>
     </row>
     <row r="494" spans="1:7">
       <c r="A494" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B494" t="s">
+        <v>999</v>
+      </c>
+      <c r="C494" t="s">
         <v>1775</v>
       </c>
-      <c r="B494" t="s">
-[...2 lines deleted...]
-      <c r="C494" t="s">
+      <c r="D494" t="s">
+        <v>10</v>
+      </c>
+      <c r="E494" t="s">
+        <v>11</v>
+      </c>
+      <c r="F494" s="1" t="s">
         <v>1776</v>
       </c>
-      <c r="D494" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G494" t="s">
-        <v>945</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="495" spans="1:7">
       <c r="A495" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B495" t="s">
+        <v>999</v>
+      </c>
+      <c r="C495" t="s">
         <v>1778</v>
       </c>
-      <c r="B495" t="s">
-[...2 lines deleted...]
-      <c r="C495" t="s">
+      <c r="D495" t="s">
+        <v>10</v>
+      </c>
+      <c r="E495" t="s">
+        <v>11</v>
+      </c>
+      <c r="F495" s="1" t="s">
         <v>1779</v>
       </c>
-      <c r="D495" t="s">
-[...5 lines deleted...]
-      <c r="F495" s="1" t="s">
+      <c r="G495" t="s">
         <v>1780</v>
-      </c>
-[...1 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="496" spans="1:7">
       <c r="A496" t="s">
         <v>1781</v>
       </c>
       <c r="B496" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C496" t="s">
         <v>1782</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496" t="s">
         <v>11</v>
       </c>
       <c r="F496" s="1" t="s">
         <v>1783</v>
       </c>
       <c r="G496" t="s">
-        <v>1235</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="497" spans="1:7">
       <c r="A497" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="B497" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C497" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="D497" t="s">
         <v>10</v>
       </c>
       <c r="E497" t="s">
         <v>11</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="G497" t="s">
-        <v>752</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="498" spans="1:7">
       <c r="A498" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="B498" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C498" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="D498" t="s">
         <v>10</v>
       </c>
       <c r="E498" t="s">
         <v>11</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
       <c r="G498" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="499" spans="1:7">
       <c r="A499" t="s">
-        <v>1791</v>
+        <v>1793</v>
       </c>
       <c r="B499" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C499" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="D499" t="s">
         <v>10</v>
       </c>
       <c r="E499" t="s">
         <v>11</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="G499" t="s">
-        <v>1099</v>
+        <v>963</v>
       </c>
     </row>
     <row r="500" spans="1:7">
       <c r="A500" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="B500" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C500" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="D500" t="s">
         <v>10</v>
       </c>
       <c r="E500" t="s">
         <v>11</v>
       </c>
       <c r="F500" s="1" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="G500" t="s">
-        <v>1797</v>
+        <v>773</v>
       </c>
     </row>
     <row r="501" spans="1:7">
       <c r="A501" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="B501" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C501" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="D501" t="s">
         <v>10</v>
       </c>
       <c r="E501" t="s">
         <v>11</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="G501" t="s">
-        <v>1801</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="502" spans="1:7">
       <c r="A502" t="s">
         <v>1802</v>
       </c>
       <c r="B502" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="C502" t="s">
         <v>1803</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502" t="s">
         <v>11</v>
       </c>
       <c r="F502" s="1" t="s">
         <v>1804</v>
       </c>
       <c r="G502" t="s">
-        <v>1805</v>
+        <v>770</v>
       </c>
     </row>
     <row r="503" spans="1:7">
       <c r="A503" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B503" t="s">
+        <v>999</v>
+      </c>
+      <c r="C503" t="s">
         <v>1806</v>
       </c>
-      <c r="B503" t="s">
-[...2 lines deleted...]
-      <c r="C503" t="s">
+      <c r="D503" t="s">
+        <v>10</v>
+      </c>
+      <c r="E503" t="s">
+        <v>11</v>
+      </c>
+      <c r="F503" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="D503" t="s">
-[...5 lines deleted...]
-      <c r="F503" s="1" t="s">
+      <c r="G503" t="s">
         <v>1808</v>
-      </c>
-[...1 lines deleted...]
-        <v>1809</v>
       </c>
     </row>
     <row r="504" spans="1:7">
       <c r="A504" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B504" t="s">
+        <v>999</v>
+      </c>
+      <c r="C504" t="s">
         <v>1810</v>
       </c>
-      <c r="B504" t="s">
-[...2 lines deleted...]
-      <c r="C504" t="s">
+      <c r="D504" t="s">
+        <v>10</v>
+      </c>
+      <c r="E504" t="s">
+        <v>11</v>
+      </c>
+      <c r="F504" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="D504" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G504" t="s">
-        <v>1813</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="505" spans="1:7">
       <c r="A505" t="s">
+        <v>1812</v>
+      </c>
+      <c r="B505" t="s">
+        <v>999</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D505" t="s">
+        <v>10</v>
+      </c>
+      <c r="E505" t="s">
+        <v>11</v>
+      </c>
+      <c r="F505" s="1" t="s">
         <v>1814</v>
       </c>
-      <c r="B505" t="s">
-[...2 lines deleted...]
-      <c r="C505" t="s">
+      <c r="G505" t="s">
         <v>1815</v>
-      </c>
-[...10 lines deleted...]
-        <v>1817</v>
       </c>
     </row>
     <row r="506" spans="1:7">
       <c r="A506" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B506" t="s">
+        <v>999</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1817</v>
+      </c>
+      <c r="D506" t="s">
+        <v>10</v>
+      </c>
+      <c r="E506" t="s">
+        <v>11</v>
+      </c>
+      <c r="F506" s="1" t="s">
         <v>1818</v>
       </c>
-      <c r="B506" t="s">
-[...2 lines deleted...]
-      <c r="C506" t="s">
+      <c r="G506" t="s">
         <v>1819</v>
-      </c>
-[...10 lines deleted...]
-        <v>1821</v>
       </c>
     </row>
     <row r="507" spans="1:7">
       <c r="A507" t="s">
+        <v>1820</v>
+      </c>
+      <c r="B507" t="s">
+        <v>999</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1821</v>
+      </c>
+      <c r="D507" t="s">
+        <v>10</v>
+      </c>
+      <c r="E507" t="s">
+        <v>11</v>
+      </c>
+      <c r="F507" s="1" t="s">
         <v>1822</v>
       </c>
-      <c r="B507" t="s">
-[...11 lines deleted...]
-      <c r="F507" s="1" t="s">
+      <c r="G507" t="s">
         <v>1823</v>
-      </c>
-[...1 lines deleted...]
-        <v>1824</v>
       </c>
     </row>
     <row r="508" spans="1:7">
       <c r="A508" t="s">
+        <v>1824</v>
+      </c>
+      <c r="B508" t="s">
+        <v>999</v>
+      </c>
+      <c r="C508" t="s">
         <v>1825</v>
-      </c>
-[...4 lines deleted...]
-        <v>972</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508" t="s">
         <v>11</v>
       </c>
       <c r="F508" s="1" t="s">
         <v>1826</v>
       </c>
       <c r="G508" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="509" spans="1:7">
       <c r="A509" t="s">
         <v>1828</v>
       </c>
       <c r="B509" t="s">
-        <v>984</v>
+        <v>999</v>
       </c>
       <c r="C509" t="s">
-        <v>975</v>
+        <v>1829</v>
       </c>
       <c r="D509" t="s">
         <v>10</v>
       </c>
       <c r="E509" t="s">
         <v>11</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="G509" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="510" spans="1:7">
       <c r="A510" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="B510" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C510" t="s">
-        <v>977</v>
+        <v>1833</v>
       </c>
       <c r="D510" t="s">
         <v>10</v>
       </c>
       <c r="E510" t="s">
         <v>11</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="G510" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="511" spans="1:7">
       <c r="A511" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B511" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C511" t="s">
-        <v>980</v>
+        <v>1837</v>
       </c>
       <c r="D511" t="s">
         <v>10</v>
       </c>
       <c r="E511" t="s">
         <v>11</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="G511" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="512" spans="1:7">
       <c r="A512" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="B512" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C512" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="D512" t="s">
         <v>10</v>
       </c>
       <c r="E512" t="s">
         <v>11</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="G512" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="513" spans="1:7">
       <c r="A513" t="s">
-        <v>1840</v>
+        <v>1843</v>
       </c>
       <c r="B513" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C513" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="D513" t="s">
         <v>10</v>
       </c>
       <c r="E513" t="s">
         <v>11</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>1841</v>
+        <v>1844</v>
       </c>
       <c r="G513" t="s">
-        <v>1842</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="514" spans="1:7">
       <c r="A514" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B514" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C514" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514" t="s">
         <v>11</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="G514" t="s">
-        <v>1845</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="515" spans="1:7">
       <c r="A515" t="s">
-        <v>1846</v>
+        <v>1849</v>
       </c>
       <c r="B515" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C515" t="s">
-        <v>992</v>
+        <v>995</v>
       </c>
       <c r="D515" t="s">
         <v>10</v>
       </c>
       <c r="E515" t="s">
         <v>11</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>1847</v>
+        <v>1850</v>
       </c>
       <c r="G515" t="s">
-        <v>1848</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="516" spans="1:7">
       <c r="A516" t="s">
-        <v>1849</v>
+        <v>1852</v>
       </c>
       <c r="B516" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C516" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D516" t="s">
         <v>10</v>
       </c>
       <c r="E516" t="s">
         <v>11</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>1850</v>
+        <v>1853</v>
       </c>
       <c r="G516" t="s">
-        <v>1851</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="517" spans="1:7">
       <c r="A517" t="s">
-        <v>1852</v>
+        <v>1855</v>
       </c>
       <c r="B517" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C517" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="D517" t="s">
         <v>10</v>
       </c>
       <c r="E517" t="s">
         <v>11</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>1853</v>
+        <v>1856</v>
       </c>
       <c r="G517" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="518" spans="1:7">
       <c r="A518" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="B518" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C518" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D518" t="s">
         <v>10</v>
       </c>
       <c r="E518" t="s">
         <v>11</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>1856</v>
+        <v>1859</v>
       </c>
       <c r="G518" t="s">
-        <v>1857</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="519" spans="1:7">
       <c r="A519" t="s">
-        <v>1858</v>
+        <v>1861</v>
       </c>
       <c r="B519" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C519" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D519" t="s">
         <v>10</v>
       </c>
       <c r="E519" t="s">
         <v>11</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>1859</v>
+        <v>1862</v>
       </c>
       <c r="G519" t="s">
-        <v>1860</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="520" spans="1:7">
       <c r="A520" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="B520" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C520" t="s">
         <v>1010</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520" t="s">
         <v>11</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="G520" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="521" spans="1:7">
       <c r="A521" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="B521" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C521" t="s">
         <v>1013</v>
       </c>
       <c r="D521" t="s">
         <v>10</v>
       </c>
       <c r="E521" t="s">
         <v>11</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
       <c r="G521" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="522" spans="1:7">
       <c r="A522" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="B522" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C522" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D522" t="s">
         <v>10</v>
       </c>
       <c r="E522" t="s">
         <v>11</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="G522" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="523" spans="1:7">
       <c r="A523" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="B523" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C523" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D523" t="s">
         <v>10</v>
       </c>
       <c r="E523" t="s">
         <v>11</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="G523" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
     </row>
     <row r="524" spans="1:7">
       <c r="A524" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B524" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C524" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D524" t="s">
         <v>10</v>
       </c>
       <c r="E524" t="s">
         <v>11</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="G524" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="525" spans="1:7">
       <c r="A525" t="s">
-        <v>1876</v>
+        <v>1879</v>
       </c>
       <c r="B525" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C525" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="D525" t="s">
         <v>10</v>
       </c>
       <c r="E525" t="s">
         <v>11</v>
       </c>
       <c r="F525" s="1" t="s">
-        <v>1877</v>
+        <v>1880</v>
       </c>
       <c r="G525" t="s">
-        <v>1878</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="526" spans="1:7">
       <c r="A526" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="B526" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C526" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526" t="s">
         <v>11</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="G526" t="s">
-        <v>1881</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="527" spans="1:7">
       <c r="A527" t="s">
-        <v>1882</v>
+        <v>1885</v>
       </c>
       <c r="B527" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C527" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D527" t="s">
         <v>10</v>
       </c>
       <c r="E527" t="s">
         <v>11</v>
       </c>
       <c r="F527" s="1" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="G527" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="528" spans="1:7">
       <c r="A528" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B528" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C528" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D528" t="s">
         <v>10</v>
       </c>
       <c r="E528" t="s">
         <v>11</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="G528" t="s">
-        <v>1887</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="529" spans="1:7">
       <c r="A529" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B529" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C529" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D529" t="s">
         <v>10</v>
       </c>
       <c r="E529" t="s">
         <v>11</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="G529" t="s">
-        <v>755</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="530" spans="1:7">
       <c r="A530" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="B530" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C530" t="s">
         <v>1044</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530" t="s">
         <v>11</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
       <c r="G530" t="s">
-        <v>1892</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="531" spans="1:7">
       <c r="A531" t="s">
-        <v>1893</v>
+        <v>1897</v>
       </c>
       <c r="B531" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C531" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D531" t="s">
         <v>10</v>
       </c>
       <c r="E531" t="s">
         <v>11</v>
       </c>
       <c r="F531" s="1" t="s">
-        <v>1894</v>
+        <v>1898</v>
       </c>
       <c r="G531" t="s">
-        <v>1895</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="532" spans="1:7">
       <c r="A532" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="B532" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C532" t="s">
         <v>1051</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532" t="s">
         <v>11</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="G532" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="533" spans="1:7">
       <c r="A533" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="B533" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C533" t="s">
-        <v>1055</v>
+        <v>1054</v>
       </c>
       <c r="D533" t="s">
         <v>10</v>
       </c>
       <c r="E533" t="s">
         <v>11</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
       <c r="G533" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="534" spans="1:7">
       <c r="A534" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="B534" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C534" t="s">
-        <v>1903</v>
+        <v>1058</v>
       </c>
       <c r="D534" t="s">
         <v>10</v>
       </c>
       <c r="E534" t="s">
         <v>11</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="G534" t="s">
-        <v>1905</v>
+        <v>773</v>
       </c>
     </row>
     <row r="535" spans="1:7">
       <c r="A535" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
       <c r="B535" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C535" t="s">
-        <v>1907</v>
+        <v>1062</v>
       </c>
       <c r="D535" t="s">
         <v>10</v>
       </c>
       <c r="E535" t="s">
         <v>11</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="G535" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="536" spans="1:7">
       <c r="A536" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="B536" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C536" t="s">
-        <v>1911</v>
+        <v>1065</v>
       </c>
       <c r="D536" t="s">
         <v>10</v>
       </c>
       <c r="E536" t="s">
         <v>11</v>
       </c>
       <c r="F536" s="1" t="s">
         <v>1912</v>
       </c>
       <c r="G536" t="s">
         <v>1913</v>
       </c>
     </row>
     <row r="537" spans="1:7">
       <c r="A537" t="s">
         <v>1914</v>
       </c>
       <c r="B537" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C537" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D537" t="s">
+        <v>10</v>
+      </c>
+      <c r="E537" t="s">
+        <v>11</v>
+      </c>
+      <c r="F537" s="1" t="s">
         <v>1915</v>
       </c>
-      <c r="D537" t="s">
-[...5 lines deleted...]
-      <c r="F537" s="1" t="s">
+      <c r="G537" t="s">
         <v>1916</v>
-      </c>
-[...1 lines deleted...]
-        <v>1917</v>
       </c>
     </row>
     <row r="538" spans="1:7">
       <c r="A538" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D538" t="s">
+        <v>10</v>
+      </c>
+      <c r="E538" t="s">
+        <v>11</v>
+      </c>
+      <c r="F538" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="B538" t="s">
-[...2 lines deleted...]
-      <c r="C538" t="s">
+      <c r="G538" t="s">
         <v>1919</v>
-      </c>
-[...10 lines deleted...]
-        <v>1921</v>
       </c>
     </row>
     <row r="539" spans="1:7">
       <c r="A539" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1921</v>
+      </c>
+      <c r="D539" t="s">
+        <v>10</v>
+      </c>
+      <c r="E539" t="s">
+        <v>11</v>
+      </c>
+      <c r="F539" s="1" t="s">
         <v>1922</v>
       </c>
-      <c r="B539" t="s">
-[...2 lines deleted...]
-      <c r="C539" t="s">
+      <c r="G539" t="s">
         <v>1923</v>
-      </c>
-[...10 lines deleted...]
-        <v>1925</v>
       </c>
     </row>
     <row r="540" spans="1:7">
       <c r="A540" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1925</v>
+      </c>
+      <c r="D540" t="s">
+        <v>10</v>
+      </c>
+      <c r="E540" t="s">
+        <v>11</v>
+      </c>
+      <c r="F540" s="1" t="s">
         <v>1926</v>
       </c>
-      <c r="B540" t="s">
-[...2 lines deleted...]
-      <c r="C540" t="s">
+      <c r="G540" t="s">
         <v>1927</v>
-      </c>
-[...10 lines deleted...]
-        <v>1929</v>
       </c>
     </row>
     <row r="541" spans="1:7">
       <c r="A541" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1929</v>
+      </c>
+      <c r="D541" t="s">
+        <v>10</v>
+      </c>
+      <c r="E541" t="s">
+        <v>11</v>
+      </c>
+      <c r="F541" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="B541" t="s">
-[...2 lines deleted...]
-      <c r="C541" t="s">
+      <c r="G541" t="s">
         <v>1931</v>
-      </c>
-[...10 lines deleted...]
-        <v>1933</v>
       </c>
     </row>
     <row r="542" spans="1:7">
       <c r="A542" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1933</v>
+      </c>
+      <c r="D542" t="s">
+        <v>10</v>
+      </c>
+      <c r="E542" t="s">
+        <v>11</v>
+      </c>
+      <c r="F542" s="1" t="s">
         <v>1934</v>
       </c>
-      <c r="B542" t="s">
-[...2 lines deleted...]
-      <c r="C542" t="s">
+      <c r="G542" t="s">
         <v>1935</v>
-      </c>
-[...10 lines deleted...]
-        <v>1937</v>
       </c>
     </row>
     <row r="543" spans="1:7">
       <c r="A543" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D543" t="s">
+        <v>10</v>
+      </c>
+      <c r="E543" t="s">
+        <v>11</v>
+      </c>
+      <c r="F543" s="1" t="s">
         <v>1938</v>
       </c>
-      <c r="B543" t="s">
-[...2 lines deleted...]
-      <c r="C543" t="s">
+      <c r="G543" t="s">
         <v>1939</v>
-      </c>
-[...10 lines deleted...]
-        <v>1941</v>
       </c>
     </row>
     <row r="544" spans="1:7">
       <c r="A544" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1941</v>
+      </c>
+      <c r="D544" t="s">
+        <v>10</v>
+      </c>
+      <c r="E544" t="s">
+        <v>11</v>
+      </c>
+      <c r="F544" s="1" t="s">
         <v>1942</v>
       </c>
-      <c r="B544" t="s">
-[...2 lines deleted...]
-      <c r="C544" t="s">
+      <c r="G544" t="s">
         <v>1943</v>
-      </c>
-[...10 lines deleted...]
-        <v>1945</v>
       </c>
     </row>
     <row r="545" spans="1:7">
       <c r="A545" t="s">
+        <v>1944</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1945</v>
+      </c>
+      <c r="D545" t="s">
+        <v>10</v>
+      </c>
+      <c r="E545" t="s">
+        <v>11</v>
+      </c>
+      <c r="F545" s="1" t="s">
         <v>1946</v>
       </c>
-      <c r="B545" t="s">
-[...2 lines deleted...]
-      <c r="C545" t="s">
+      <c r="G545" t="s">
         <v>1947</v>
-      </c>
-[...10 lines deleted...]
-        <v>1949</v>
       </c>
     </row>
     <row r="546" spans="1:7">
       <c r="A546" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1949</v>
+      </c>
+      <c r="D546" t="s">
+        <v>10</v>
+      </c>
+      <c r="E546" t="s">
+        <v>11</v>
+      </c>
+      <c r="F546" s="1" t="s">
         <v>1950</v>
       </c>
-      <c r="B546" t="s">
-[...2 lines deleted...]
-      <c r="C546" t="s">
+      <c r="G546" t="s">
         <v>1951</v>
-      </c>
-[...10 lines deleted...]
-        <v>1953</v>
       </c>
     </row>
     <row r="547" spans="1:7">
       <c r="A547" t="s">
+        <v>1952</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1953</v>
+      </c>
+      <c r="D547" t="s">
+        <v>10</v>
+      </c>
+      <c r="E547" t="s">
+        <v>11</v>
+      </c>
+      <c r="F547" s="1" t="s">
         <v>1954</v>
       </c>
-      <c r="B547" t="s">
-[...2 lines deleted...]
-      <c r="C547" t="s">
+      <c r="G547" t="s">
         <v>1955</v>
-      </c>
-[...10 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="548" spans="1:7">
       <c r="A548" t="s">
+        <v>1956</v>
+      </c>
+      <c r="B548" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D548" t="s">
+        <v>10</v>
+      </c>
+      <c r="E548" t="s">
+        <v>11</v>
+      </c>
+      <c r="F548" s="1" t="s">
         <v>1958</v>
       </c>
-      <c r="B548" t="s">
-[...2 lines deleted...]
-      <c r="C548" t="s">
+      <c r="G548" t="s">
         <v>1959</v>
-      </c>
-[...10 lines deleted...]
-        <v>1961</v>
       </c>
     </row>
     <row r="549" spans="1:7">
       <c r="A549" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D549" t="s">
+        <v>10</v>
+      </c>
+      <c r="E549" t="s">
+        <v>11</v>
+      </c>
+      <c r="F549" s="1" t="s">
         <v>1962</v>
       </c>
-      <c r="B549" t="s">
-[...2 lines deleted...]
-      <c r="C549" t="s">
+      <c r="G549" t="s">
         <v>1963</v>
-      </c>
-[...10 lines deleted...]
-        <v>1965</v>
       </c>
     </row>
     <row r="550" spans="1:7">
       <c r="A550" t="s">
+        <v>1964</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1965</v>
+      </c>
+      <c r="D550" t="s">
+        <v>10</v>
+      </c>
+      <c r="E550" t="s">
+        <v>11</v>
+      </c>
+      <c r="F550" s="1" t="s">
         <v>1966</v>
       </c>
-      <c r="B550" t="s">
-[...2 lines deleted...]
-      <c r="C550" t="s">
+      <c r="G550" t="s">
         <v>1967</v>
-      </c>
-[...10 lines deleted...]
-        <v>1969</v>
       </c>
     </row>
     <row r="551" spans="1:7">
       <c r="A551" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B551" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1969</v>
+      </c>
+      <c r="D551" t="s">
+        <v>10</v>
+      </c>
+      <c r="E551" t="s">
+        <v>11</v>
+      </c>
+      <c r="F551" s="1" t="s">
         <v>1970</v>
       </c>
-      <c r="B551" t="s">
-[...2 lines deleted...]
-      <c r="C551" t="s">
+      <c r="G551" t="s">
         <v>1971</v>
-      </c>
-[...10 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="552" spans="1:7">
       <c r="A552" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1973</v>
+      </c>
+      <c r="D552" t="s">
+        <v>10</v>
+      </c>
+      <c r="E552" t="s">
+        <v>11</v>
+      </c>
+      <c r="F552" s="1" t="s">
         <v>1974</v>
       </c>
-      <c r="B552" t="s">
-[...2 lines deleted...]
-      <c r="C552" t="s">
+      <c r="G552" t="s">
         <v>1975</v>
-      </c>
-[...10 lines deleted...]
-        <v>1977</v>
       </c>
     </row>
     <row r="553" spans="1:7">
       <c r="A553" t="s">
+        <v>1976</v>
+      </c>
+      <c r="B553" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1977</v>
+      </c>
+      <c r="D553" t="s">
+        <v>10</v>
+      </c>
+      <c r="E553" t="s">
+        <v>11</v>
+      </c>
+      <c r="F553" s="1" t="s">
         <v>1978</v>
       </c>
-      <c r="B553" t="s">
-[...2 lines deleted...]
-      <c r="C553" t="s">
+      <c r="G553" t="s">
         <v>1979</v>
-      </c>
-[...10 lines deleted...]
-        <v>1981</v>
       </c>
     </row>
     <row r="554" spans="1:7">
       <c r="A554" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1981</v>
+      </c>
+      <c r="D554" t="s">
+        <v>10</v>
+      </c>
+      <c r="E554" t="s">
+        <v>11</v>
+      </c>
+      <c r="F554" s="1" t="s">
         <v>1982</v>
       </c>
-      <c r="B554" t="s">
-[...2 lines deleted...]
-      <c r="C554" t="s">
+      <c r="G554" t="s">
         <v>1983</v>
-      </c>
-[...10 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="555" spans="1:7">
       <c r="A555" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C555" t="s">
         <v>1985</v>
       </c>
-      <c r="B555" t="s">
-[...2 lines deleted...]
-      <c r="C555" t="s">
+      <c r="D555" t="s">
+        <v>10</v>
+      </c>
+      <c r="E555" t="s">
+        <v>11</v>
+      </c>
+      <c r="F555" s="1" t="s">
         <v>1986</v>
       </c>
-      <c r="D555" t="s">
-[...5 lines deleted...]
-      <c r="F555" s="1" t="s">
+      <c r="G555" t="s">
         <v>1987</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="556" spans="1:7">
       <c r="A556" t="s">
         <v>1988</v>
       </c>
       <c r="B556" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C556" t="s">
         <v>1989</v>
       </c>
       <c r="D556" t="s">
         <v>10</v>
       </c>
       <c r="E556" t="s">
         <v>11</v>
       </c>
       <c r="F556" s="1" t="s">
         <v>1990</v>
       </c>
       <c r="G556" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="557" spans="1:7">
       <c r="A557" t="s">
         <v>1992</v>
       </c>
       <c r="B557" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C557" t="s">
         <v>1993</v>
       </c>
       <c r="D557" t="s">
         <v>10</v>
       </c>
       <c r="E557" t="s">
         <v>11</v>
       </c>
       <c r="F557" s="1" t="s">
         <v>1994</v>
       </c>
       <c r="G557" t="s">
-        <v>1770</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="558" spans="1:7">
       <c r="A558" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="B558" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C558" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="D558" t="s">
         <v>10</v>
       </c>
       <c r="E558" t="s">
         <v>11</v>
       </c>
       <c r="F558" s="1" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="G558" t="s">
-        <v>1243</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="559" spans="1:7">
       <c r="A559" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="B559" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C559" t="s">
-        <v>1999</v>
+        <v>2001</v>
       </c>
       <c r="D559" t="s">
         <v>10</v>
       </c>
       <c r="E559" t="s">
         <v>11</v>
       </c>
       <c r="F559" s="1" t="s">
-        <v>2000</v>
+        <v>2002</v>
       </c>
       <c r="G559" t="s">
-        <v>491</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="560" spans="1:7">
       <c r="A560" t="s">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="B560" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C560" t="s">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="D560" t="s">
         <v>10</v>
       </c>
       <c r="E560" t="s">
         <v>11</v>
       </c>
       <c r="F560" s="1" t="s">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="G560" t="s">
-        <v>2004</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="561" spans="1:7">
       <c r="A561" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="B561" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C561" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D561" t="s">
         <v>10</v>
       </c>
       <c r="E561" t="s">
         <v>11</v>
       </c>
       <c r="F561" s="1" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="G561" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="562" spans="1:7">
       <c r="A562" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="B562" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C562" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D562" t="s">
         <v>10</v>
       </c>
       <c r="E562" t="s">
         <v>11</v>
       </c>
       <c r="F562" s="1" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G562" t="s">
-        <v>2012</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="563" spans="1:7">
       <c r="A563" t="s">
         <v>2013</v>
       </c>
       <c r="B563" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C563" t="s">
         <v>2014</v>
       </c>
       <c r="D563" t="s">
         <v>10</v>
       </c>
       <c r="E563" t="s">
         <v>11</v>
       </c>
       <c r="F563" s="1" t="s">
         <v>2015</v>
       </c>
       <c r="G563" t="s">
-        <v>869</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="564" spans="1:7">
       <c r="A564" t="s">
         <v>2016</v>
       </c>
       <c r="B564" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C564" t="s">
         <v>2017</v>
       </c>
       <c r="D564" t="s">
         <v>10</v>
       </c>
       <c r="E564" t="s">
         <v>11</v>
       </c>
       <c r="F564" s="1" t="s">
         <v>2018</v>
       </c>
       <c r="G564" t="s">
-        <v>2019</v>
+        <v>511</v>
       </c>
     </row>
     <row r="565" spans="1:7">
       <c r="A565" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B565" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C565" t="s">
         <v>2020</v>
       </c>
-      <c r="B565" t="s">
-[...2 lines deleted...]
-      <c r="C565" t="s">
+      <c r="D565" t="s">
+        <v>10</v>
+      </c>
+      <c r="E565" t="s">
+        <v>11</v>
+      </c>
+      <c r="F565" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="D565" t="s">
-[...5 lines deleted...]
-      <c r="F565" s="1" t="s">
+      <c r="G565" t="s">
         <v>2022</v>
-      </c>
-[...1 lines deleted...]
-        <v>2023</v>
       </c>
     </row>
     <row r="566" spans="1:7">
       <c r="A566" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C566" t="s">
         <v>2024</v>
       </c>
-      <c r="B566" t="s">
-[...2 lines deleted...]
-      <c r="C566" t="s">
+      <c r="D566" t="s">
+        <v>10</v>
+      </c>
+      <c r="E566" t="s">
+        <v>11</v>
+      </c>
+      <c r="F566" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="D566" t="s">
-[...5 lines deleted...]
-      <c r="F566" s="1" t="s">
+      <c r="G566" t="s">
         <v>2026</v>
-      </c>
-[...1 lines deleted...]
-        <v>2027</v>
       </c>
     </row>
     <row r="567" spans="1:7">
       <c r="A567" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B567" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C567" t="s">
         <v>2028</v>
       </c>
-      <c r="B567" t="s">
-[...2 lines deleted...]
-      <c r="C567" t="s">
+      <c r="D567" t="s">
+        <v>10</v>
+      </c>
+      <c r="E567" t="s">
+        <v>11</v>
+      </c>
+      <c r="F567" s="1" t="s">
         <v>2029</v>
       </c>
-      <c r="D567" t="s">
-[...5 lines deleted...]
-      <c r="F567" s="1" t="s">
+      <c r="G567" t="s">
         <v>2030</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="568" spans="1:7">
       <c r="A568" t="s">
         <v>2031</v>
       </c>
       <c r="B568" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C568" t="s">
         <v>2032</v>
       </c>
       <c r="D568" t="s">
         <v>10</v>
       </c>
       <c r="E568" t="s">
         <v>11</v>
       </c>
       <c r="F568" s="1" t="s">
         <v>2033</v>
       </c>
       <c r="G568" t="s">
-        <v>2034</v>
+        <v>887</v>
       </c>
     </row>
     <row r="569" spans="1:7">
       <c r="A569" t="s">
+        <v>2034</v>
+      </c>
+      <c r="B569" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C569" t="s">
         <v>2035</v>
       </c>
-      <c r="B569" t="s">
-[...2 lines deleted...]
-      <c r="C569" t="s">
+      <c r="D569" t="s">
+        <v>10</v>
+      </c>
+      <c r="E569" t="s">
+        <v>11</v>
+      </c>
+      <c r="F569" s="1" t="s">
         <v>2036</v>
       </c>
-      <c r="D569" t="s">
-[...5 lines deleted...]
-      <c r="F569" s="1" t="s">
+      <c r="G569" t="s">
         <v>2037</v>
-      </c>
-[...1 lines deleted...]
-        <v>2038</v>
       </c>
     </row>
     <row r="570" spans="1:7">
       <c r="A570" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C570" t="s">
         <v>2039</v>
       </c>
-      <c r="B570" t="s">
-[...2 lines deleted...]
-      <c r="C570" t="s">
+      <c r="D570" t="s">
+        <v>10</v>
+      </c>
+      <c r="E570" t="s">
+        <v>11</v>
+      </c>
+      <c r="F570" s="1" t="s">
         <v>2040</v>
       </c>
-      <c r="D570" t="s">
-[...5 lines deleted...]
-      <c r="F570" s="1" t="s">
+      <c r="G570" t="s">
         <v>2041</v>
-      </c>
-[...1 lines deleted...]
-        <v>869</v>
       </c>
     </row>
     <row r="571" spans="1:7">
       <c r="A571" t="s">
         <v>2042</v>
       </c>
       <c r="B571" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C571" t="s">
         <v>2043</v>
       </c>
       <c r="D571" t="s">
         <v>10</v>
       </c>
       <c r="E571" t="s">
         <v>11</v>
       </c>
       <c r="F571" s="1" t="s">
         <v>2044</v>
       </c>
       <c r="G571" t="s">
         <v>2045</v>
       </c>
     </row>
     <row r="572" spans="1:7">
       <c r="A572" t="s">
         <v>2046</v>
       </c>
       <c r="B572" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C572" t="s">
         <v>2047</v>
       </c>
       <c r="D572" t="s">
         <v>10</v>
       </c>
       <c r="E572" t="s">
         <v>11</v>
       </c>
       <c r="F572" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="G572" t="s">
-        <v>2049</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="573" spans="1:7">
       <c r="A573" t="s">
+        <v>2049</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C573" t="s">
         <v>2050</v>
       </c>
-      <c r="B573" t="s">
-[...2 lines deleted...]
-      <c r="C573" t="s">
+      <c r="D573" t="s">
+        <v>10</v>
+      </c>
+      <c r="E573" t="s">
+        <v>11</v>
+      </c>
+      <c r="F573" s="1" t="s">
         <v>2051</v>
       </c>
-      <c r="D573" t="s">
-[...5 lines deleted...]
-      <c r="F573" s="1" t="s">
+      <c r="G573" t="s">
         <v>2052</v>
-      </c>
-[...1 lines deleted...]
-        <v>2053</v>
       </c>
     </row>
     <row r="574" spans="1:7">
       <c r="A574" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B574" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C574" t="s">
         <v>2054</v>
       </c>
-      <c r="B574" t="s">
-[...2 lines deleted...]
-      <c r="C574" t="s">
+      <c r="D574" t="s">
+        <v>10</v>
+      </c>
+      <c r="E574" t="s">
+        <v>11</v>
+      </c>
+      <c r="F574" s="1" t="s">
         <v>2055</v>
       </c>
-      <c r="D574" t="s">
-[...5 lines deleted...]
-      <c r="F574" s="1" t="s">
+      <c r="G574" t="s">
         <v>2056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1957</v>
       </c>
     </row>
     <row r="575" spans="1:7">
       <c r="A575" t="s">
         <v>2057</v>
       </c>
       <c r="B575" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C575" t="s">
         <v>2058</v>
       </c>
       <c r="D575" t="s">
         <v>10</v>
       </c>
       <c r="E575" t="s">
         <v>11</v>
       </c>
       <c r="F575" s="1" t="s">
         <v>2059</v>
       </c>
       <c r="G575" t="s">
-        <v>755</v>
+        <v>887</v>
       </c>
     </row>
     <row r="576" spans="1:7">
       <c r="A576" t="s">
         <v>2060</v>
       </c>
       <c r="B576" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C576" t="s">
         <v>2061</v>
       </c>
       <c r="D576" t="s">
         <v>10</v>
       </c>
       <c r="E576" t="s">
         <v>11</v>
       </c>
       <c r="F576" s="1" t="s">
         <v>2062</v>
       </c>
       <c r="G576" t="s">
-        <v>755</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="577" spans="1:7">
       <c r="A577" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="B577" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C577" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="D577" t="s">
         <v>10</v>
       </c>
       <c r="E577" t="s">
         <v>11</v>
       </c>
       <c r="F577" s="1" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="G577" t="s">
-        <v>491</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="578" spans="1:7">
       <c r="A578" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="B578" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C578" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="D578" t="s">
         <v>10</v>
       </c>
       <c r="E578" t="s">
         <v>11</v>
       </c>
       <c r="F578" s="1" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="G578" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="579" spans="1:7">
       <c r="A579" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="B579" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C579" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="D579" t="s">
         <v>10</v>
       </c>
       <c r="E579" t="s">
         <v>11</v>
       </c>
       <c r="F579" s="1" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="G579" t="s">
-        <v>2073</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="580" spans="1:7">
       <c r="A580" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="B580" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C580" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="D580" t="s">
         <v>10</v>
       </c>
       <c r="E580" t="s">
         <v>11</v>
       </c>
       <c r="F580" s="1" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="G580" t="s">
-        <v>2077</v>
+        <v>773</v>
       </c>
     </row>
     <row r="581" spans="1:7">
       <c r="A581" t="s">
         <v>2078</v>
       </c>
       <c r="B581" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C581" t="s">
         <v>2079</v>
       </c>
       <c r="D581" t="s">
         <v>10</v>
       </c>
       <c r="E581" t="s">
         <v>11</v>
       </c>
       <c r="F581" s="1" t="s">
         <v>2080</v>
       </c>
       <c r="G581" t="s">
-        <v>1766</v>
+        <v>773</v>
       </c>
     </row>
     <row r="582" spans="1:7">
       <c r="A582" t="s">
         <v>2081</v>
       </c>
       <c r="B582" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C582" t="s">
         <v>2082</v>
       </c>
       <c r="D582" t="s">
         <v>10</v>
       </c>
       <c r="E582" t="s">
         <v>11</v>
       </c>
       <c r="F582" s="1" t="s">
         <v>2083</v>
       </c>
       <c r="G582" t="s">
-        <v>2084</v>
+        <v>511</v>
       </c>
     </row>
     <row r="583" spans="1:7">
       <c r="A583" t="s">
+        <v>2084</v>
+      </c>
+      <c r="B583" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C583" t="s">
         <v>2085</v>
       </c>
-      <c r="B583" t="s">
-[...2 lines deleted...]
-      <c r="C583" t="s">
+      <c r="D583" t="s">
+        <v>10</v>
+      </c>
+      <c r="E583" t="s">
+        <v>11</v>
+      </c>
+      <c r="F583" s="1" t="s">
         <v>2086</v>
       </c>
-      <c r="D583" t="s">
-[...5 lines deleted...]
-      <c r="F583" s="1" t="s">
+      <c r="G583" t="s">
         <v>2087</v>
-      </c>
-[...1 lines deleted...]
-        <v>2088</v>
       </c>
     </row>
     <row r="584" spans="1:7">
       <c r="A584" t="s">
+        <v>2088</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C584" t="s">
         <v>2089</v>
       </c>
-      <c r="B584" t="s">
-[...2 lines deleted...]
-      <c r="C584" t="s">
+      <c r="D584" t="s">
+        <v>10</v>
+      </c>
+      <c r="E584" t="s">
+        <v>11</v>
+      </c>
+      <c r="F584" s="1" t="s">
         <v>2090</v>
       </c>
-      <c r="D584" t="s">
-[...5 lines deleted...]
-      <c r="F584" s="1" t="s">
+      <c r="G584" t="s">
         <v>2091</v>
-      </c>
-[...1 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="585" spans="1:7">
       <c r="A585" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B585" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C585" t="s">
         <v>2093</v>
       </c>
-      <c r="B585" t="s">
-[...2 lines deleted...]
-      <c r="C585" t="s">
+      <c r="D585" t="s">
+        <v>10</v>
+      </c>
+      <c r="E585" t="s">
+        <v>11</v>
+      </c>
+      <c r="F585" s="1" t="s">
         <v>2094</v>
       </c>
-      <c r="D585" t="s">
-[...5 lines deleted...]
-      <c r="F585" s="1" t="s">
+      <c r="G585" t="s">
         <v>2095</v>
-      </c>
-[...1 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="586" spans="1:7">
       <c r="A586" t="s">
+        <v>2096</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C586" t="s">
         <v>2097</v>
       </c>
-      <c r="B586" t="s">
-[...2 lines deleted...]
-      <c r="C586" t="s">
+      <c r="D586" t="s">
+        <v>10</v>
+      </c>
+      <c r="E586" t="s">
+        <v>11</v>
+      </c>
+      <c r="F586" s="1" t="s">
         <v>2098</v>
       </c>
-      <c r="D586" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G586" t="s">
-        <v>2100</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="587" spans="1:7">
       <c r="A587" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B587" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D587" t="s">
+        <v>10</v>
+      </c>
+      <c r="E587" t="s">
+        <v>11</v>
+      </c>
+      <c r="F587" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="B587" t="s">
-[...2 lines deleted...]
-      <c r="C587" t="s">
+      <c r="G587" t="s">
         <v>2102</v>
-      </c>
-[...10 lines deleted...]
-        <v>2104</v>
       </c>
     </row>
     <row r="588" spans="1:7">
       <c r="A588" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D588" t="s">
+        <v>10</v>
+      </c>
+      <c r="E588" t="s">
+        <v>11</v>
+      </c>
+      <c r="F588" s="1" t="s">
         <v>2105</v>
       </c>
-      <c r="B588" t="s">
-[...2 lines deleted...]
-      <c r="C588" t="s">
+      <c r="G588" t="s">
         <v>2106</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="589" spans="1:7">
       <c r="A589" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C589" t="s">
         <v>2108</v>
       </c>
-      <c r="B589" t="s">
-[...2 lines deleted...]
-      <c r="C589" t="s">
+      <c r="D589" t="s">
+        <v>10</v>
+      </c>
+      <c r="E589" t="s">
+        <v>11</v>
+      </c>
+      <c r="F589" s="1" t="s">
         <v>2109</v>
       </c>
-      <c r="D589" t="s">
-[...5 lines deleted...]
-      <c r="F589" s="1" t="s">
+      <c r="G589" t="s">
         <v>2110</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="590" spans="1:7">
       <c r="A590" t="s">
         <v>2111</v>
       </c>
       <c r="B590" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C590" t="s">
         <v>2112</v>
       </c>
       <c r="D590" t="s">
         <v>10</v>
       </c>
       <c r="E590" t="s">
         <v>11</v>
       </c>
       <c r="F590" s="1" t="s">
         <v>2113</v>
       </c>
       <c r="G590" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="591" spans="1:7">
       <c r="A591" t="s">
         <v>2115</v>
       </c>
       <c r="B591" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C591" t="s">
         <v>2116</v>
       </c>
       <c r="D591" t="s">
         <v>10</v>
       </c>
       <c r="E591" t="s">
         <v>11</v>
       </c>
       <c r="F591" s="1" t="s">
         <v>2117</v>
       </c>
       <c r="G591" t="s">
-        <v>1957</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="592" spans="1:7">
       <c r="A592" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="B592" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C592" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592" t="s">
         <v>11</v>
       </c>
       <c r="F592" s="1" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="G592" t="s">
-        <v>491</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="593" spans="1:7">
       <c r="A593" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="B593" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C593" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="D593" t="s">
         <v>10</v>
       </c>
       <c r="E593" t="s">
         <v>11</v>
       </c>
       <c r="F593" s="1" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="G593" t="s">
-        <v>2124</v>
+        <v>511</v>
       </c>
     </row>
     <row r="594" spans="1:7">
       <c r="A594" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="B594" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C594" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="D594" t="s">
         <v>10</v>
       </c>
       <c r="E594" t="s">
         <v>11</v>
       </c>
       <c r="F594" s="1" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="G594" t="s">
-        <v>2128</v>
+        <v>511</v>
       </c>
     </row>
     <row r="595" spans="1:7">
       <c r="A595" t="s">
         <v>2129</v>
       </c>
       <c r="B595" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C595" t="s">
         <v>2130</v>
       </c>
       <c r="D595" t="s">
         <v>10</v>
       </c>
       <c r="E595" t="s">
         <v>11</v>
       </c>
       <c r="F595" s="1" t="s">
         <v>2131</v>
       </c>
       <c r="G595" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="596" spans="1:7">
       <c r="A596" t="s">
         <v>2133</v>
       </c>
       <c r="B596" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C596" t="s">
         <v>2134</v>
       </c>
       <c r="D596" t="s">
         <v>10</v>
       </c>
       <c r="E596" t="s">
         <v>11</v>
       </c>
       <c r="F596" s="1" t="s">
         <v>2135</v>
       </c>
       <c r="G596" t="s">
-        <v>2136</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="597" spans="1:7">
       <c r="A597" t="s">
+        <v>2136</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C597" t="s">
         <v>2137</v>
       </c>
-      <c r="B597" t="s">
-[...2 lines deleted...]
-      <c r="C597" t="s">
+      <c r="D597" t="s">
+        <v>10</v>
+      </c>
+      <c r="E597" t="s">
+        <v>11</v>
+      </c>
+      <c r="F597" s="1" t="s">
         <v>2138</v>
       </c>
-      <c r="D597" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G597" t="s">
-        <v>550</v>
+        <v>511</v>
       </c>
     </row>
     <row r="598" spans="1:7">
       <c r="A598" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B598" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C598" t="s">
         <v>2140</v>
       </c>
-      <c r="B598" t="s">
-[...2 lines deleted...]
-      <c r="C598" t="s">
+      <c r="D598" t="s">
+        <v>10</v>
+      </c>
+      <c r="E598" t="s">
+        <v>11</v>
+      </c>
+      <c r="F598" s="1" t="s">
         <v>2141</v>
       </c>
-      <c r="D598" t="s">
-[...5 lines deleted...]
-      <c r="F598" s="1" t="s">
+      <c r="G598" t="s">
         <v>2142</v>
-      </c>
-[...1 lines deleted...]
-        <v>2143</v>
       </c>
     </row>
     <row r="599" spans="1:7">
       <c r="A599" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C599" t="s">
         <v>2144</v>
       </c>
-      <c r="B599" t="s">
-[...2 lines deleted...]
-      <c r="C599" t="s">
+      <c r="D599" t="s">
+        <v>10</v>
+      </c>
+      <c r="E599" t="s">
+        <v>11</v>
+      </c>
+      <c r="F599" s="1" t="s">
         <v>2145</v>
       </c>
-      <c r="D599" t="s">
-[...5 lines deleted...]
-      <c r="F599" s="1" t="s">
+      <c r="G599" t="s">
         <v>2146</v>
-      </c>
-[...1 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="600" spans="1:7">
       <c r="A600" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B600" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C600" t="s">
         <v>2148</v>
       </c>
-      <c r="B600" t="s">
-[...2 lines deleted...]
-      <c r="C600" t="s">
+      <c r="D600" t="s">
+        <v>10</v>
+      </c>
+      <c r="E600" t="s">
+        <v>11</v>
+      </c>
+      <c r="F600" s="1" t="s">
         <v>2149</v>
       </c>
-      <c r="D600" t="s">
-[...5 lines deleted...]
-      <c r="F600" s="1" t="s">
+      <c r="G600" t="s">
         <v>2150</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="601" spans="1:7">
       <c r="A601" t="s">
         <v>2151</v>
       </c>
       <c r="B601" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C601" t="s">
         <v>2152</v>
       </c>
       <c r="D601" t="s">
         <v>10</v>
       </c>
       <c r="E601" t="s">
         <v>11</v>
       </c>
       <c r="F601" s="1" t="s">
         <v>2153</v>
       </c>
       <c r="G601" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="602" spans="1:7">
       <c r="A602" t="s">
         <v>2155</v>
       </c>
       <c r="B602" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C602" t="s">
         <v>2156</v>
       </c>
       <c r="D602" t="s">
         <v>10</v>
       </c>
       <c r="E602" t="s">
         <v>11</v>
       </c>
       <c r="F602" s="1" t="s">
         <v>2157</v>
       </c>
       <c r="G602" t="s">
-        <v>2158</v>
+        <v>570</v>
       </c>
     </row>
     <row r="603" spans="1:7">
       <c r="A603" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B603" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C603" t="s">
         <v>2159</v>
       </c>
-      <c r="B603" t="s">
-[...2 lines deleted...]
-      <c r="C603" t="s">
+      <c r="D603" t="s">
+        <v>10</v>
+      </c>
+      <c r="E603" t="s">
+        <v>11</v>
+      </c>
+      <c r="F603" s="1" t="s">
         <v>2160</v>
       </c>
-      <c r="D603" t="s">
-[...5 lines deleted...]
-      <c r="F603" s="1" t="s">
+      <c r="G603" t="s">
         <v>2161</v>
-      </c>
-[...1 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="604" spans="1:7">
       <c r="A604" t="s">
+        <v>2162</v>
+      </c>
+      <c r="B604" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C604" t="s">
         <v>2163</v>
       </c>
-      <c r="B604" t="s">
-[...2 lines deleted...]
-      <c r="C604" t="s">
+      <c r="D604" t="s">
+        <v>10</v>
+      </c>
+      <c r="E604" t="s">
+        <v>11</v>
+      </c>
+      <c r="F604" s="1" t="s">
         <v>2164</v>
       </c>
-      <c r="D604" t="s">
-[...5 lines deleted...]
-      <c r="F604" s="1" t="s">
+      <c r="G604" t="s">
         <v>2165</v>
-      </c>
-[...1 lines deleted...]
-        <v>2166</v>
       </c>
     </row>
     <row r="605" spans="1:7">
       <c r="A605" t="s">
+        <v>2166</v>
+      </c>
+      <c r="B605" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C605" t="s">
         <v>2167</v>
       </c>
-      <c r="B605" t="s">
-[...2 lines deleted...]
-      <c r="C605" t="s">
+      <c r="D605" t="s">
+        <v>10</v>
+      </c>
+      <c r="E605" t="s">
+        <v>11</v>
+      </c>
+      <c r="F605" s="1" t="s">
         <v>2168</v>
       </c>
-      <c r="D605" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G605" t="s">
-        <v>2170</v>
+        <v>511</v>
       </c>
     </row>
     <row r="606" spans="1:7">
       <c r="A606" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2170</v>
+      </c>
+      <c r="D606" t="s">
+        <v>10</v>
+      </c>
+      <c r="E606" t="s">
+        <v>11</v>
+      </c>
+      <c r="F606" s="1" t="s">
         <v>2171</v>
       </c>
-      <c r="B606" t="s">
-[...2 lines deleted...]
-      <c r="C606" t="s">
+      <c r="G606" t="s">
         <v>2172</v>
-      </c>
-[...10 lines deleted...]
-        <v>2174</v>
       </c>
     </row>
     <row r="607" spans="1:7">
       <c r="A607" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D607" t="s">
+        <v>10</v>
+      </c>
+      <c r="E607" t="s">
+        <v>11</v>
+      </c>
+      <c r="F607" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="B607" t="s">
-[...2 lines deleted...]
-      <c r="C607" t="s">
+      <c r="G607" t="s">
         <v>2176</v>
-      </c>
-[...10 lines deleted...]
-        <v>2178</v>
       </c>
     </row>
     <row r="608" spans="1:7">
       <c r="A608" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2178</v>
+      </c>
+      <c r="D608" t="s">
+        <v>10</v>
+      </c>
+      <c r="E608" t="s">
+        <v>11</v>
+      </c>
+      <c r="F608" s="1" t="s">
         <v>2179</v>
       </c>
-      <c r="B608" t="s">
-[...2 lines deleted...]
-      <c r="C608" t="s">
+      <c r="G608" t="s">
         <v>2180</v>
-      </c>
-[...10 lines deleted...]
-        <v>2182</v>
       </c>
     </row>
     <row r="609" spans="1:7">
       <c r="A609" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D609" t="s">
+        <v>10</v>
+      </c>
+      <c r="E609" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" s="1" t="s">
         <v>2183</v>
       </c>
-      <c r="B609" t="s">
-[...2 lines deleted...]
-      <c r="C609" t="s">
+      <c r="G609" t="s">
         <v>2184</v>
-      </c>
-[...10 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="610" spans="1:7">
       <c r="A610" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C610" t="s">
         <v>2186</v>
       </c>
-      <c r="B610" t="s">
-[...2 lines deleted...]
-      <c r="C610" t="s">
+      <c r="D610" t="s">
+        <v>10</v>
+      </c>
+      <c r="E610" t="s">
+        <v>11</v>
+      </c>
+      <c r="F610" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="D610" t="s">
-[...5 lines deleted...]
-      <c r="F610" s="1" t="s">
+      <c r="G610" t="s">
         <v>2188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="611" spans="1:7">
       <c r="A611" t="s">
         <v>2189</v>
       </c>
       <c r="B611" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C611" t="s">
         <v>2190</v>
       </c>
       <c r="D611" t="s">
         <v>10</v>
       </c>
       <c r="E611" t="s">
         <v>11</v>
       </c>
       <c r="F611" s="1" t="s">
         <v>2191</v>
       </c>
       <c r="G611" t="s">
         <v>2192</v>
       </c>
     </row>
     <row r="612" spans="1:7">
       <c r="A612" t="s">
         <v>2193</v>
       </c>
       <c r="B612" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C612" t="s">
         <v>2194</v>
       </c>
       <c r="D612" t="s">
         <v>10</v>
       </c>
       <c r="E612" t="s">
         <v>11</v>
       </c>
       <c r="F612" s="1" t="s">
         <v>2195</v>
       </c>
       <c r="G612" t="s">
-        <v>755</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="613" spans="1:7">
       <c r="A613" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="B613" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C613" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="D613" t="s">
         <v>10</v>
       </c>
       <c r="E613" t="s">
         <v>11</v>
       </c>
       <c r="F613" s="1" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="G613" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="614" spans="1:7">
       <c r="A614" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="B614" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C614" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="D614" t="s">
         <v>10</v>
       </c>
       <c r="E614" t="s">
         <v>11</v>
       </c>
       <c r="F614" s="1" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="G614" t="s">
-        <v>2203</v>
+        <v>511</v>
       </c>
     </row>
     <row r="615" spans="1:7">
       <c r="A615" t="s">
         <v>2204</v>
       </c>
       <c r="B615" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C615" t="s">
         <v>2205</v>
       </c>
       <c r="D615" t="s">
         <v>10</v>
       </c>
       <c r="E615" t="s">
         <v>11</v>
       </c>
       <c r="F615" s="1" t="s">
         <v>2206</v>
       </c>
       <c r="G615" t="s">
-        <v>2207</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="616" spans="1:7">
       <c r="A616" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C616" t="s">
         <v>2208</v>
       </c>
-      <c r="B616" t="s">
-[...2 lines deleted...]
-      <c r="C616" t="s">
+      <c r="D616" t="s">
+        <v>10</v>
+      </c>
+      <c r="E616" t="s">
+        <v>11</v>
+      </c>
+      <c r="F616" s="1" t="s">
         <v>2209</v>
       </c>
-      <c r="D616" t="s">
-[...5 lines deleted...]
-      <c r="F616" s="1" t="s">
+      <c r="G616" t="s">
         <v>2210</v>
-      </c>
-[...1 lines deleted...]
-        <v>2211</v>
       </c>
     </row>
     <row r="617" spans="1:7">
       <c r="A617" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C617" t="s">
         <v>2212</v>
       </c>
-      <c r="B617" t="s">
-[...2 lines deleted...]
-      <c r="C617" t="s">
+      <c r="D617" t="s">
+        <v>10</v>
+      </c>
+      <c r="E617" t="s">
+        <v>11</v>
+      </c>
+      <c r="F617" s="1" t="s">
         <v>2213</v>
       </c>
-      <c r="D617" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G617" t="s">
-        <v>2215</v>
+        <v>773</v>
       </c>
     </row>
     <row r="618" spans="1:7">
       <c r="A618" t="s">
+        <v>2214</v>
+      </c>
+      <c r="B618" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2215</v>
+      </c>
+      <c r="D618" t="s">
+        <v>10</v>
+      </c>
+      <c r="E618" t="s">
+        <v>11</v>
+      </c>
+      <c r="F618" s="1" t="s">
         <v>2216</v>
       </c>
-      <c r="B618" t="s">
-[...2 lines deleted...]
-      <c r="C618" t="s">
+      <c r="G618" t="s">
         <v>2217</v>
-      </c>
-[...10 lines deleted...]
-        <v>2219</v>
       </c>
     </row>
     <row r="619" spans="1:7">
       <c r="A619" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2219</v>
+      </c>
+      <c r="D619" t="s">
+        <v>10</v>
+      </c>
+      <c r="E619" t="s">
+        <v>11</v>
+      </c>
+      <c r="F619" s="1" t="s">
         <v>2220</v>
       </c>
-      <c r="B619" t="s">
-[...2 lines deleted...]
-      <c r="C619" t="s">
+      <c r="G619" t="s">
         <v>2221</v>
-      </c>
-[...10 lines deleted...]
-        <v>2223</v>
       </c>
     </row>
     <row r="620" spans="1:7">
       <c r="A620" t="s">
+        <v>2222</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2223</v>
+      </c>
+      <c r="D620" t="s">
+        <v>10</v>
+      </c>
+      <c r="E620" t="s">
+        <v>11</v>
+      </c>
+      <c r="F620" s="1" t="s">
         <v>2224</v>
       </c>
-      <c r="B620" t="s">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="G620" t="s">
         <v>2225</v>
-      </c>
-[...10 lines deleted...]
-        <v>2227</v>
       </c>
     </row>
     <row r="621" spans="1:7">
       <c r="A621" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2227</v>
+      </c>
+      <c r="D621" t="s">
+        <v>10</v>
+      </c>
+      <c r="E621" t="s">
+        <v>11</v>
+      </c>
+      <c r="F621" s="1" t="s">
         <v>2228</v>
       </c>
-      <c r="B621" t="s">
-[...2 lines deleted...]
-      <c r="C621" t="s">
+      <c r="G621" t="s">
         <v>2229</v>
-      </c>
-[...10 lines deleted...]
-        <v>2231</v>
       </c>
     </row>
     <row r="622" spans="1:7">
       <c r="A622" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B622" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D622" t="s">
+        <v>10</v>
+      </c>
+      <c r="E622" t="s">
+        <v>11</v>
+      </c>
+      <c r="F622" s="1" t="s">
         <v>2232</v>
       </c>
-      <c r="B622" t="s">
-[...2 lines deleted...]
-      <c r="C622" t="s">
+      <c r="G622" t="s">
         <v>2233</v>
-      </c>
-[...10 lines deleted...]
-        <v>2235</v>
       </c>
     </row>
     <row r="623" spans="1:7">
       <c r="A623" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2235</v>
+      </c>
+      <c r="D623" t="s">
+        <v>10</v>
+      </c>
+      <c r="E623" t="s">
+        <v>11</v>
+      </c>
+      <c r="F623" s="1" t="s">
         <v>2236</v>
       </c>
-      <c r="B623" t="s">
-[...2 lines deleted...]
-      <c r="C623" t="s">
+      <c r="G623" t="s">
         <v>2237</v>
-      </c>
-[...10 lines deleted...]
-        <v>2239</v>
       </c>
     </row>
     <row r="624" spans="1:7">
       <c r="A624" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D624" t="s">
+        <v>10</v>
+      </c>
+      <c r="E624" t="s">
+        <v>11</v>
+      </c>
+      <c r="F624" s="1" t="s">
         <v>2240</v>
       </c>
-      <c r="B624" t="s">
-[...2 lines deleted...]
-      <c r="C624" t="s">
+      <c r="G624" t="s">
         <v>2241</v>
-      </c>
-[...10 lines deleted...]
-        <v>2243</v>
       </c>
     </row>
     <row r="625" spans="1:7">
       <c r="A625" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D625" t="s">
+        <v>10</v>
+      </c>
+      <c r="E625" t="s">
+        <v>11</v>
+      </c>
+      <c r="F625" s="1" t="s">
         <v>2244</v>
       </c>
-      <c r="B625" t="s">
-[...2 lines deleted...]
-      <c r="C625" t="s">
+      <c r="G625" t="s">
         <v>2245</v>
-      </c>
-[...10 lines deleted...]
-        <v>2247</v>
       </c>
     </row>
     <row r="626" spans="1:7">
       <c r="A626" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D626" t="s">
+        <v>10</v>
+      </c>
+      <c r="E626" t="s">
+        <v>11</v>
+      </c>
+      <c r="F626" s="1" t="s">
         <v>2248</v>
       </c>
-      <c r="B626" t="s">
-[...2 lines deleted...]
-      <c r="C626" t="s">
+      <c r="G626" t="s">
         <v>2249</v>
-      </c>
-[...10 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="627" spans="1:7">
       <c r="A627" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B627" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D627" t="s">
+        <v>10</v>
+      </c>
+      <c r="E627" t="s">
+        <v>11</v>
+      </c>
+      <c r="F627" s="1" t="s">
         <v>2252</v>
       </c>
-      <c r="B627" t="s">
-[...2 lines deleted...]
-      <c r="C627" t="s">
+      <c r="G627" t="s">
         <v>2253</v>
-      </c>
-[...10 lines deleted...]
-        <v>2255</v>
       </c>
     </row>
     <row r="628" spans="1:7">
       <c r="A628" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D628" t="s">
+        <v>10</v>
+      </c>
+      <c r="E628" t="s">
+        <v>11</v>
+      </c>
+      <c r="F628" s="1" t="s">
         <v>2256</v>
       </c>
-      <c r="B628" t="s">
-[...2 lines deleted...]
-      <c r="C628" t="s">
+      <c r="G628" t="s">
         <v>2257</v>
-      </c>
-[...10 lines deleted...]
-        <v>2259</v>
       </c>
     </row>
     <row r="629" spans="1:7">
       <c r="A629" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D629" t="s">
+        <v>10</v>
+      </c>
+      <c r="E629" t="s">
+        <v>11</v>
+      </c>
+      <c r="F629" s="1" t="s">
         <v>2260</v>
       </c>
-      <c r="B629" t="s">
-[...2 lines deleted...]
-      <c r="C629" t="s">
+      <c r="G629" t="s">
         <v>2261</v>
-      </c>
-[...10 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="630" spans="1:7">
       <c r="A630" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D630" t="s">
+        <v>10</v>
+      </c>
+      <c r="E630" t="s">
+        <v>11</v>
+      </c>
+      <c r="F630" s="1" t="s">
         <v>2264</v>
       </c>
-      <c r="B630" t="s">
-[...2 lines deleted...]
-      <c r="C630" t="s">
+      <c r="G630" t="s">
         <v>2265</v>
-      </c>
-[...10 lines deleted...]
-        <v>755</v>
       </c>
     </row>
     <row r="631" spans="1:7">
       <c r="A631" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B631" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C631" t="s">
         <v>2267</v>
       </c>
-      <c r="B631" t="s">
-[...2 lines deleted...]
-      <c r="C631" t="s">
+      <c r="D631" t="s">
+        <v>10</v>
+      </c>
+      <c r="E631" t="s">
+        <v>11</v>
+      </c>
+      <c r="F631" s="1" t="s">
         <v>2268</v>
       </c>
-      <c r="D631" t="s">
-[...5 lines deleted...]
-      <c r="F631" s="1" t="s">
+      <c r="G631" t="s">
         <v>2269</v>
-      </c>
-[...1 lines deleted...]
-        <v>2270</v>
       </c>
     </row>
     <row r="632" spans="1:7">
       <c r="A632" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B632" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C632" t="s">
         <v>2271</v>
       </c>
-      <c r="B632" t="s">
-[...2 lines deleted...]
-      <c r="C632" t="s">
+      <c r="D632" t="s">
+        <v>10</v>
+      </c>
+      <c r="E632" t="s">
+        <v>11</v>
+      </c>
+      <c r="F632" s="1" t="s">
         <v>2272</v>
       </c>
-      <c r="D632" t="s">
-[...5 lines deleted...]
-      <c r="F632" s="1" t="s">
+      <c r="G632" t="s">
         <v>2273</v>
-      </c>
-[...1 lines deleted...]
-        <v>2274</v>
       </c>
     </row>
     <row r="633" spans="1:7">
       <c r="A633" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B633" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C633" t="s">
         <v>2275</v>
       </c>
-      <c r="B633" t="s">
-[...2 lines deleted...]
-      <c r="C633" t="s">
+      <c r="D633" t="s">
+        <v>10</v>
+      </c>
+      <c r="E633" t="s">
+        <v>11</v>
+      </c>
+      <c r="F633" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="D633" t="s">
-[...5 lines deleted...]
-      <c r="F633" s="1" t="s">
+      <c r="G633" t="s">
         <v>2277</v>
-      </c>
-[...1 lines deleted...]
-        <v>2278</v>
       </c>
     </row>
     <row r="634" spans="1:7">
       <c r="A634" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C634" t="s">
         <v>2279</v>
       </c>
-      <c r="B634" t="s">
-[...2 lines deleted...]
-      <c r="C634" t="s">
+      <c r="D634" t="s">
+        <v>10</v>
+      </c>
+      <c r="E634" t="s">
+        <v>11</v>
+      </c>
+      <c r="F634" s="1" t="s">
         <v>2280</v>
       </c>
-      <c r="D634" t="s">
-[...5 lines deleted...]
-      <c r="F634" s="1" t="s">
+      <c r="G634" t="s">
         <v>2281</v>
-      </c>
-[...1 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="635" spans="1:7">
       <c r="A635" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B635" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C635" t="s">
         <v>2283</v>
       </c>
-      <c r="B635" t="s">
-[...2 lines deleted...]
-      <c r="C635" t="s">
+      <c r="D635" t="s">
+        <v>10</v>
+      </c>
+      <c r="E635" t="s">
+        <v>11</v>
+      </c>
+      <c r="F635" s="1" t="s">
         <v>2284</v>
       </c>
-      <c r="D635" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G635" t="s">
-        <v>2286</v>
+        <v>773</v>
       </c>
     </row>
     <row r="636" spans="1:7">
       <c r="A636" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B636" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D636" t="s">
+        <v>10</v>
+      </c>
+      <c r="E636" t="s">
+        <v>11</v>
+      </c>
+      <c r="F636" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="B636" t="s">
-[...2 lines deleted...]
-      <c r="C636" t="s">
+      <c r="G636" t="s">
         <v>2288</v>
-      </c>
-[...10 lines deleted...]
-        <v>2290</v>
       </c>
     </row>
     <row r="637" spans="1:7">
       <c r="A637" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2290</v>
+      </c>
+      <c r="D637" t="s">
+        <v>10</v>
+      </c>
+      <c r="E637" t="s">
+        <v>11</v>
+      </c>
+      <c r="F637" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="B637" t="s">
-[...2 lines deleted...]
-      <c r="C637" t="s">
+      <c r="G637" t="s">
         <v>2292</v>
-      </c>
-[...10 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="638" spans="1:7">
       <c r="A638" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B638" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2294</v>
+      </c>
+      <c r="D638" t="s">
+        <v>10</v>
+      </c>
+      <c r="E638" t="s">
+        <v>11</v>
+      </c>
+      <c r="F638" s="1" t="s">
         <v>2295</v>
       </c>
-      <c r="B638" t="s">
-[...2 lines deleted...]
-      <c r="C638" t="s">
+      <c r="G638" t="s">
         <v>2296</v>
-      </c>
-[...10 lines deleted...]
-        <v>2298</v>
       </c>
     </row>
     <row r="639" spans="1:7">
       <c r="A639" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B639" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D639" t="s">
+        <v>10</v>
+      </c>
+      <c r="E639" t="s">
+        <v>11</v>
+      </c>
+      <c r="F639" s="1" t="s">
         <v>2299</v>
       </c>
-      <c r="B639" t="s">
-[...2 lines deleted...]
-      <c r="C639" t="s">
+      <c r="G639" t="s">
         <v>2300</v>
-      </c>
-[...10 lines deleted...]
-        <v>2302</v>
       </c>
     </row>
     <row r="640" spans="1:7">
       <c r="A640" t="s">
+        <v>2301</v>
+      </c>
+      <c r="B640" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D640" t="s">
+        <v>10</v>
+      </c>
+      <c r="E640" t="s">
+        <v>11</v>
+      </c>
+      <c r="F640" s="1" t="s">
         <v>2303</v>
       </c>
-      <c r="B640" t="s">
-[...2 lines deleted...]
-      <c r="C640" t="s">
+      <c r="G640" t="s">
         <v>2304</v>
-      </c>
-[...10 lines deleted...]
-        <v>2306</v>
       </c>
     </row>
     <row r="641" spans="1:7">
       <c r="A641" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2306</v>
+      </c>
+      <c r="D641" t="s">
+        <v>10</v>
+      </c>
+      <c r="E641" t="s">
+        <v>11</v>
+      </c>
+      <c r="F641" s="1" t="s">
         <v>2307</v>
       </c>
-      <c r="B641" t="s">
-[...2 lines deleted...]
-      <c r="C641" t="s">
+      <c r="G641" t="s">
         <v>2308</v>
-      </c>
-[...10 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="642" spans="1:7">
       <c r="A642" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B642" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2310</v>
+      </c>
+      <c r="D642" t="s">
+        <v>10</v>
+      </c>
+      <c r="E642" t="s">
+        <v>11</v>
+      </c>
+      <c r="F642" s="1" t="s">
         <v>2311</v>
       </c>
-      <c r="B642" t="s">
-[...2 lines deleted...]
-      <c r="C642" t="s">
+      <c r="G642" t="s">
         <v>2312</v>
-      </c>
-[...10 lines deleted...]
-        <v>2314</v>
       </c>
     </row>
     <row r="643" spans="1:7">
       <c r="A643" t="s">
+        <v>2313</v>
+      </c>
+      <c r="B643" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D643" t="s">
+        <v>10</v>
+      </c>
+      <c r="E643" t="s">
+        <v>11</v>
+      </c>
+      <c r="F643" s="1" t="s">
         <v>2315</v>
       </c>
-      <c r="B643" t="s">
-[...2 lines deleted...]
-      <c r="C643" t="s">
+      <c r="G643" t="s">
         <v>2316</v>
-      </c>
-[...10 lines deleted...]
-        <v>2314</v>
       </c>
     </row>
     <row r="644" spans="1:7">
       <c r="A644" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B644" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C644" t="s">
         <v>2318</v>
       </c>
-      <c r="B644" t="s">
-[...2 lines deleted...]
-      <c r="C644" t="s">
+      <c r="D644" t="s">
+        <v>10</v>
+      </c>
+      <c r="E644" t="s">
+        <v>11</v>
+      </c>
+      <c r="F644" s="1" t="s">
         <v>2319</v>
       </c>
-      <c r="D644" t="s">
-[...5 lines deleted...]
-      <c r="F644" s="1" t="s">
+      <c r="G644" t="s">
         <v>2320</v>
-      </c>
-[...1 lines deleted...]
-        <v>2321</v>
       </c>
     </row>
     <row r="645" spans="1:7">
       <c r="A645" t="s">
+        <v>2321</v>
+      </c>
+      <c r="B645" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C645" t="s">
         <v>2322</v>
       </c>
-      <c r="B645" t="s">
-[...2 lines deleted...]
-      <c r="C645" t="s">
+      <c r="D645" t="s">
+        <v>10</v>
+      </c>
+      <c r="E645" t="s">
+        <v>11</v>
+      </c>
+      <c r="F645" s="1" t="s">
         <v>2323</v>
       </c>
-      <c r="D645" t="s">
-[...5 lines deleted...]
-      <c r="F645" s="1" t="s">
+      <c r="G645" t="s">
         <v>2324</v>
-      </c>
-[...1 lines deleted...]
-        <v>2325</v>
       </c>
     </row>
     <row r="646" spans="1:7">
       <c r="A646" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B646" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C646" t="s">
         <v>2326</v>
       </c>
-      <c r="B646" t="s">
-[...2 lines deleted...]
-      <c r="C646" t="s">
+      <c r="D646" t="s">
+        <v>10</v>
+      </c>
+      <c r="E646" t="s">
+        <v>11</v>
+      </c>
+      <c r="F646" s="1" t="s">
         <v>2327</v>
       </c>
-      <c r="D646" t="s">
-[...5 lines deleted...]
-      <c r="F646" s="1" t="s">
+      <c r="G646" t="s">
         <v>2328</v>
-      </c>
-[...1 lines deleted...]
-        <v>2329</v>
       </c>
     </row>
     <row r="647" spans="1:7">
       <c r="A647" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B647" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C647" t="s">
         <v>2330</v>
       </c>
-      <c r="B647" t="s">
-[...2 lines deleted...]
-      <c r="C647" t="s">
+      <c r="D647" t="s">
+        <v>10</v>
+      </c>
+      <c r="E647" t="s">
+        <v>11</v>
+      </c>
+      <c r="F647" s="1" t="s">
         <v>2331</v>
       </c>
-      <c r="D647" t="s">
-[...5 lines deleted...]
-      <c r="F647" s="1" t="s">
+      <c r="G647" t="s">
         <v>2332</v>
-      </c>
-[...1 lines deleted...]
-        <v>2333</v>
       </c>
     </row>
     <row r="648" spans="1:7">
       <c r="A648" t="s">
+        <v>2333</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C648" t="s">
         <v>2334</v>
       </c>
-      <c r="B648" t="s">
-[...2 lines deleted...]
-      <c r="C648" t="s">
+      <c r="D648" t="s">
+        <v>10</v>
+      </c>
+      <c r="E648" t="s">
+        <v>11</v>
+      </c>
+      <c r="F648" s="1" t="s">
         <v>2335</v>
       </c>
-      <c r="D648" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G648" t="s">
-        <v>2337</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="649" spans="1:7">
       <c r="A649" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D649" t="s">
+        <v>10</v>
+      </c>
+      <c r="E649" t="s">
+        <v>11</v>
+      </c>
+      <c r="F649" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="B649" t="s">
-[...2 lines deleted...]
-      <c r="C649" t="s">
+      <c r="G649" t="s">
         <v>2339</v>
-      </c>
-[...10 lines deleted...]
-        <v>2329</v>
       </c>
     </row>
     <row r="650" spans="1:7">
       <c r="A650" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C650" t="s">
         <v>2341</v>
       </c>
-      <c r="B650" t="s">
-[...2 lines deleted...]
-      <c r="C650" t="s">
+      <c r="D650" t="s">
+        <v>10</v>
+      </c>
+      <c r="E650" t="s">
+        <v>11</v>
+      </c>
+      <c r="F650" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="D650" t="s">
-[...5 lines deleted...]
-      <c r="F650" s="1" t="s">
+      <c r="G650" t="s">
         <v>2343</v>
-      </c>
-[...1 lines deleted...]
-        <v>2344</v>
       </c>
     </row>
     <row r="651" spans="1:7">
       <c r="A651" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B651" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C651" t="s">
         <v>2345</v>
       </c>
-      <c r="B651" t="s">
-[...2 lines deleted...]
-      <c r="C651" t="s">
+      <c r="D651" t="s">
+        <v>10</v>
+      </c>
+      <c r="E651" t="s">
+        <v>11</v>
+      </c>
+      <c r="F651" s="1" t="s">
         <v>2346</v>
       </c>
-      <c r="D651" t="s">
-[...5 lines deleted...]
-      <c r="F651" s="1" t="s">
+      <c r="G651" t="s">
         <v>2347</v>
-      </c>
-[...1 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="652" spans="1:7">
       <c r="A652" t="s">
+        <v>2348</v>
+      </c>
+      <c r="B652" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C652" t="s">
         <v>2349</v>
       </c>
-      <c r="B652" t="s">
-[...2 lines deleted...]
-      <c r="C652" t="s">
+      <c r="D652" t="s">
+        <v>10</v>
+      </c>
+      <c r="E652" t="s">
+        <v>11</v>
+      </c>
+      <c r="F652" s="1" t="s">
         <v>2350</v>
       </c>
-      <c r="D652" t="s">
-[...5 lines deleted...]
-      <c r="F652" s="1" t="s">
+      <c r="G652" t="s">
         <v>2351</v>
-      </c>
-[...1 lines deleted...]
-        <v>2352</v>
       </c>
     </row>
     <row r="653" spans="1:7">
       <c r="A653" t="s">
+        <v>2352</v>
+      </c>
+      <c r="B653" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C653" t="s">
         <v>2353</v>
       </c>
-      <c r="B653" t="s">
-[...2 lines deleted...]
-      <c r="C653" t="s">
+      <c r="D653" t="s">
+        <v>10</v>
+      </c>
+      <c r="E653" t="s">
+        <v>11</v>
+      </c>
+      <c r="F653" s="1" t="s">
         <v>2354</v>
       </c>
-      <c r="D653" t="s">
-[...5 lines deleted...]
-      <c r="F653" s="1" t="s">
+      <c r="G653" t="s">
         <v>2355</v>
-      </c>
-[...1 lines deleted...]
-        <v>2356</v>
       </c>
     </row>
     <row r="654" spans="1:7">
       <c r="A654" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B654" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C654" t="s">
         <v>2357</v>
       </c>
-      <c r="B654" t="s">
-[...2 lines deleted...]
-      <c r="C654" t="s">
+      <c r="D654" t="s">
+        <v>10</v>
+      </c>
+      <c r="E654" t="s">
+        <v>11</v>
+      </c>
+      <c r="F654" s="1" t="s">
         <v>2358</v>
       </c>
-      <c r="D654" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G654" t="s">
-        <v>2360</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="655" spans="1:7">
       <c r="A655" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B655" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2360</v>
+      </c>
+      <c r="D655" t="s">
+        <v>10</v>
+      </c>
+      <c r="E655" t="s">
+        <v>11</v>
+      </c>
+      <c r="F655" s="1" t="s">
         <v>2361</v>
       </c>
-      <c r="B655" t="s">
-[...2 lines deleted...]
-      <c r="C655" t="s">
+      <c r="G655" t="s">
         <v>2362</v>
-      </c>
-[...10 lines deleted...]
-        <v>2364</v>
       </c>
     </row>
     <row r="656" spans="1:7">
       <c r="A656" t="s">
+        <v>2363</v>
+      </c>
+      <c r="B656" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D656" t="s">
+        <v>10</v>
+      </c>
+      <c r="E656" t="s">
+        <v>11</v>
+      </c>
+      <c r="F656" s="1" t="s">
         <v>2365</v>
       </c>
-      <c r="B656" t="s">
-[...2 lines deleted...]
-      <c r="C656" t="s">
+      <c r="G656" t="s">
         <v>2366</v>
-      </c>
-[...10 lines deleted...]
-        <v>2368</v>
       </c>
     </row>
     <row r="657" spans="1:7">
       <c r="A657" t="s">
+        <v>2367</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2368</v>
+      </c>
+      <c r="D657" t="s">
+        <v>10</v>
+      </c>
+      <c r="E657" t="s">
+        <v>11</v>
+      </c>
+      <c r="F657" s="1" t="s">
         <v>2369</v>
       </c>
-      <c r="B657" t="s">
-[...2 lines deleted...]
-      <c r="C657" t="s">
+      <c r="G657" t="s">
         <v>2370</v>
-      </c>
-[...10 lines deleted...]
-        <v>1805</v>
       </c>
     </row>
     <row r="658" spans="1:7">
       <c r="A658" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B658" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C658" t="s">
         <v>2372</v>
       </c>
-      <c r="B658" t="s">
-[...2 lines deleted...]
-      <c r="C658" t="s">
+      <c r="D658" t="s">
+        <v>10</v>
+      </c>
+      <c r="E658" t="s">
+        <v>11</v>
+      </c>
+      <c r="F658" s="1" t="s">
         <v>2373</v>
       </c>
-      <c r="D658" t="s">
-[...5 lines deleted...]
-      <c r="F658" s="1" t="s">
+      <c r="G658" t="s">
         <v>2374</v>
-      </c>
-[...1 lines deleted...]
-        <v>2375</v>
       </c>
     </row>
     <row r="659" spans="1:7">
       <c r="A659" t="s">
+        <v>2375</v>
+      </c>
+      <c r="B659" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C659" t="s">
         <v>2376</v>
       </c>
-      <c r="B659" t="s">
-[...2 lines deleted...]
-      <c r="C659" t="s">
+      <c r="D659" t="s">
+        <v>10</v>
+      </c>
+      <c r="E659" t="s">
+        <v>11</v>
+      </c>
+      <c r="F659" s="1" t="s">
         <v>2377</v>
       </c>
-      <c r="D659" t="s">
-[...5 lines deleted...]
-      <c r="F659" s="1" t="s">
+      <c r="G659" t="s">
         <v>2378</v>
-      </c>
-[...1 lines deleted...]
-        <v>2379</v>
       </c>
     </row>
     <row r="660" spans="1:7">
       <c r="A660" t="s">
+        <v>2379</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C660" t="s">
         <v>2380</v>
       </c>
-      <c r="B660" t="s">
-[...2 lines deleted...]
-      <c r="C660" t="s">
+      <c r="D660" t="s">
+        <v>10</v>
+      </c>
+      <c r="E660" t="s">
+        <v>11</v>
+      </c>
+      <c r="F660" s="1" t="s">
         <v>2381</v>
       </c>
-      <c r="D660" t="s">
-[...5 lines deleted...]
-      <c r="F660" s="1" t="s">
+      <c r="G660" t="s">
         <v>2382</v>
-      </c>
-[...1 lines deleted...]
-        <v>2310</v>
       </c>
     </row>
     <row r="661" spans="1:7">
       <c r="A661" t="s">
         <v>2383</v>
       </c>
       <c r="B661" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C661" t="s">
         <v>2384</v>
       </c>
       <c r="D661" t="s">
         <v>10</v>
       </c>
       <c r="E661" t="s">
         <v>11</v>
       </c>
       <c r="F661" s="1" t="s">
         <v>2385</v>
       </c>
       <c r="G661" t="s">
         <v>2386</v>
       </c>
     </row>
     <row r="662" spans="1:7">
       <c r="A662" t="s">
         <v>2387</v>
       </c>
       <c r="B662" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C662" t="s">
         <v>2388</v>
       </c>
       <c r="D662" t="s">
         <v>10</v>
       </c>
       <c r="E662" t="s">
         <v>11</v>
       </c>
       <c r="F662" s="1" t="s">
         <v>2389</v>
       </c>
       <c r="G662" t="s">
-        <v>2263</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="663" spans="1:7">
       <c r="A663" t="s">
         <v>2390</v>
       </c>
       <c r="B663" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C663" t="s">
         <v>2391</v>
       </c>
       <c r="D663" t="s">
         <v>10</v>
       </c>
       <c r="E663" t="s">
         <v>11</v>
       </c>
       <c r="F663" s="1" t="s">
         <v>2392</v>
       </c>
       <c r="G663" t="s">
         <v>2393</v>
       </c>
     </row>
     <row r="664" spans="1:7">
       <c r="A664" t="s">
         <v>2394</v>
       </c>
       <c r="B664" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C664" t="s">
         <v>2395</v>
       </c>
       <c r="D664" t="s">
         <v>10</v>
       </c>
       <c r="E664" t="s">
         <v>11</v>
       </c>
       <c r="F664" s="1" t="s">
         <v>2396</v>
       </c>
       <c r="G664" t="s">
-        <v>1766</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="665" spans="1:7">
       <c r="A665" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="B665" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C665" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="D665" t="s">
         <v>10</v>
       </c>
       <c r="E665" t="s">
         <v>11</v>
       </c>
       <c r="F665" s="1" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
       <c r="G665" t="s">
-        <v>2400</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="666" spans="1:7">
       <c r="A666" t="s">
         <v>2401</v>
       </c>
       <c r="B666" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C666" t="s">
         <v>2402</v>
       </c>
       <c r="D666" t="s">
         <v>10</v>
       </c>
       <c r="E666" t="s">
         <v>11</v>
       </c>
       <c r="F666" s="1" t="s">
         <v>2403</v>
       </c>
       <c r="G666" t="s">
         <v>2404</v>
       </c>
     </row>
     <row r="667" spans="1:7">
       <c r="A667" t="s">
         <v>2405</v>
       </c>
       <c r="B667" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C667" t="s">
         <v>2406</v>
       </c>
       <c r="D667" t="s">
         <v>10</v>
       </c>
       <c r="E667" t="s">
         <v>11</v>
       </c>
       <c r="F667" s="1" t="s">
         <v>2407</v>
       </c>
       <c r="G667" t="s">
-        <v>2408</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="668" spans="1:7">
       <c r="A668" t="s">
+        <v>2408</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C668" t="s">
         <v>2409</v>
       </c>
-      <c r="B668" t="s">
-[...2 lines deleted...]
-      <c r="C668" t="s">
+      <c r="D668" t="s">
+        <v>10</v>
+      </c>
+      <c r="E668" t="s">
+        <v>11</v>
+      </c>
+      <c r="F668" s="1" t="s">
         <v>2410</v>
       </c>
-      <c r="D668" t="s">
-[...5 lines deleted...]
-      <c r="F668" s="1" t="s">
+      <c r="G668" t="s">
         <v>2411</v>
-      </c>
-[...1 lines deleted...]
-        <v>2412</v>
       </c>
     </row>
     <row r="669" spans="1:7">
       <c r="A669" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C669" t="s">
         <v>2413</v>
       </c>
-      <c r="B669" t="s">
-[...2 lines deleted...]
-      <c r="C669" t="s">
+      <c r="D669" t="s">
+        <v>10</v>
+      </c>
+      <c r="E669" t="s">
+        <v>11</v>
+      </c>
+      <c r="F669" s="1" t="s">
         <v>2414</v>
       </c>
-      <c r="D669" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G669" t="s">
-        <v>2416</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="670" spans="1:7">
       <c r="A670" t="s">
+        <v>2415</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2416</v>
+      </c>
+      <c r="D670" t="s">
+        <v>10</v>
+      </c>
+      <c r="E670" t="s">
+        <v>11</v>
+      </c>
+      <c r="F670" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="B670" t="s">
-[...2 lines deleted...]
-      <c r="C670" t="s">
+      <c r="G670" t="s">
         <v>2418</v>
-      </c>
-[...10 lines deleted...]
-        <v>2420</v>
       </c>
     </row>
     <row r="671" spans="1:7">
       <c r="A671" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2420</v>
+      </c>
+      <c r="D671" t="s">
+        <v>10</v>
+      </c>
+      <c r="E671" t="s">
+        <v>11</v>
+      </c>
+      <c r="F671" s="1" t="s">
         <v>2421</v>
       </c>
-      <c r="B671" t="s">
-[...2 lines deleted...]
-      <c r="C671" t="s">
+      <c r="G671" t="s">
         <v>2422</v>
-      </c>
-[...10 lines deleted...]
-        <v>2424</v>
       </c>
     </row>
     <row r="672" spans="1:7">
       <c r="A672" t="s">
+        <v>2423</v>
+      </c>
+      <c r="B672" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2424</v>
+      </c>
+      <c r="D672" t="s">
+        <v>10</v>
+      </c>
+      <c r="E672" t="s">
+        <v>11</v>
+      </c>
+      <c r="F672" s="1" t="s">
         <v>2425</v>
       </c>
-      <c r="B672" t="s">
-[...2 lines deleted...]
-      <c r="C672" t="s">
+      <c r="G672" t="s">
         <v>2426</v>
-      </c>
-[...10 lines deleted...]
-        <v>2428</v>
       </c>
     </row>
     <row r="673" spans="1:7">
       <c r="A673" t="s">
-        <v>680</v>
+        <v>2427</v>
       </c>
       <c r="B673" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="C673" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D673" t="s">
+        <v>10</v>
+      </c>
+      <c r="E673" t="s">
+        <v>11</v>
+      </c>
+      <c r="F673" s="1" t="s">
         <v>2429</v>
       </c>
-      <c r="D673" t="s">
-[...5 lines deleted...]
-      <c r="F673" s="1" t="s">
+      <c r="G673" t="s">
         <v>2430</v>
-      </c>
-[...1 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="674" spans="1:7">
       <c r="A674" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C674" t="s">
         <v>2432</v>
       </c>
-      <c r="B674" t="s">
-[...2 lines deleted...]
-      <c r="C674" t="s">
+      <c r="D674" t="s">
+        <v>10</v>
+      </c>
+      <c r="E674" t="s">
+        <v>11</v>
+      </c>
+      <c r="F674" s="1" t="s">
         <v>2433</v>
       </c>
-      <c r="D674" t="s">
-[...5 lines deleted...]
-      <c r="F674" s="1" t="s">
+      <c r="G674" t="s">
         <v>2434</v>
-      </c>
-[...1 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="675" spans="1:7">
       <c r="A675" t="s">
+        <v>2435</v>
+      </c>
+      <c r="B675" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C675" t="s">
         <v>2436</v>
       </c>
-      <c r="B675" t="s">
-[...2 lines deleted...]
-      <c r="C675" t="s">
+      <c r="D675" t="s">
+        <v>10</v>
+      </c>
+      <c r="E675" t="s">
+        <v>11</v>
+      </c>
+      <c r="F675" s="1" t="s">
         <v>2437</v>
       </c>
-      <c r="D675" t="s">
-[...5 lines deleted...]
-      <c r="F675" s="1" t="s">
+      <c r="G675" t="s">
         <v>2438</v>
-      </c>
-[...1 lines deleted...]
-        <v>2439</v>
       </c>
     </row>
     <row r="676" spans="1:7">
       <c r="A676" t="s">
+        <v>2439</v>
+      </c>
+      <c r="B676" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C676" t="s">
         <v>2440</v>
       </c>
-      <c r="B676" t="s">
-[...2 lines deleted...]
-      <c r="C676" t="s">
+      <c r="D676" t="s">
+        <v>10</v>
+      </c>
+      <c r="E676" t="s">
+        <v>11</v>
+      </c>
+      <c r="F676" s="1" t="s">
         <v>2441</v>
       </c>
-      <c r="D676" t="s">
-[...5 lines deleted...]
-      <c r="F676" s="1" t="s">
+      <c r="G676" t="s">
         <v>2442</v>
-      </c>
-[...1 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="677" spans="1:7">
       <c r="A677" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B677" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C677" t="s">
         <v>2444</v>
       </c>
-      <c r="B677" t="s">
-[...2 lines deleted...]
-      <c r="C677" t="s">
+      <c r="D677" t="s">
+        <v>10</v>
+      </c>
+      <c r="E677" t="s">
+        <v>11</v>
+      </c>
+      <c r="F677" s="1" t="s">
         <v>2445</v>
       </c>
-      <c r="D677" t="s">
-[...5 lines deleted...]
-      <c r="F677" s="1" t="s">
+      <c r="G677" t="s">
         <v>2446</v>
-      </c>
-[...1 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="678" spans="1:7">
       <c r="A678" t="s">
+        <v>700</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D678" t="s">
+        <v>10</v>
+      </c>
+      <c r="E678" t="s">
+        <v>11</v>
+      </c>
+      <c r="F678" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="B678" t="s">
-[...2 lines deleted...]
-      <c r="C678" t="s">
+      <c r="G678" t="s">
         <v>2449</v>
-      </c>
-[...10 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="679" spans="1:7">
       <c r="A679" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B679" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C679" t="s">
+        <v>2451</v>
+      </c>
+      <c r="D679" t="s">
+        <v>10</v>
+      </c>
+      <c r="E679" t="s">
+        <v>11</v>
+      </c>
+      <c r="F679" s="1" t="s">
         <v>2452</v>
       </c>
-      <c r="B679" t="s">
-[...2 lines deleted...]
-      <c r="C679" t="s">
+      <c r="G679" t="s">
         <v>2453</v>
-      </c>
-[...10 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="680" spans="1:7">
       <c r="A680" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B680" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C680" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D680" t="s">
+        <v>10</v>
+      </c>
+      <c r="E680" t="s">
+        <v>11</v>
+      </c>
+      <c r="F680" s="1" t="s">
         <v>2456</v>
       </c>
-      <c r="B680" t="s">
-[...2 lines deleted...]
-      <c r="C680" t="s">
+      <c r="G680" t="s">
         <v>2457</v>
-      </c>
-[...10 lines deleted...]
-        <v>2459</v>
       </c>
     </row>
     <row r="681" spans="1:7">
       <c r="A681" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B681" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C681" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D681" t="s">
+        <v>10</v>
+      </c>
+      <c r="E681" t="s">
+        <v>11</v>
+      </c>
+      <c r="F681" s="1" t="s">
         <v>2460</v>
       </c>
-      <c r="B681" t="s">
-[...2 lines deleted...]
-      <c r="C681" t="s">
+      <c r="G681" t="s">
         <v>2461</v>
-      </c>
-[...10 lines deleted...]
-        <v>2463</v>
       </c>
     </row>
     <row r="682" spans="1:7">
       <c r="A682" t="s">
-        <v>794</v>
+        <v>2462</v>
       </c>
       <c r="B682" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C682" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D682" t="s">
+        <v>10</v>
+      </c>
+      <c r="E682" t="s">
+        <v>11</v>
+      </c>
+      <c r="F682" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="D682" t="s">
-[...5 lines deleted...]
-      <c r="F682" s="1" t="s">
+      <c r="G682" t="s">
         <v>2465</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="683" spans="1:7">
       <c r="A683" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B683" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C683" t="s">
         <v>2467</v>
       </c>
-      <c r="B683" t="s">
-[...2 lines deleted...]
-      <c r="C683" t="s">
+      <c r="D683" t="s">
+        <v>10</v>
+      </c>
+      <c r="E683" t="s">
+        <v>11</v>
+      </c>
+      <c r="F683" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="D683" t="s">
-[...5 lines deleted...]
-      <c r="F683" s="1" t="s">
+      <c r="G683" t="s">
         <v>2469</v>
-      </c>
-[...1 lines deleted...]
-        <v>2393</v>
       </c>
     </row>
     <row r="684" spans="1:7">
       <c r="A684" t="s">
         <v>2470</v>
       </c>
       <c r="B684" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C684" t="s">
         <v>2471</v>
       </c>
       <c r="D684" t="s">
         <v>10</v>
       </c>
       <c r="E684" t="s">
         <v>11</v>
       </c>
       <c r="F684" s="1" t="s">
         <v>2472</v>
       </c>
       <c r="G684" t="s">
         <v>2473</v>
       </c>
     </row>
     <row r="685" spans="1:7">
       <c r="A685" t="s">
         <v>2474</v>
       </c>
       <c r="B685" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C685" t="s">
         <v>2475</v>
       </c>
       <c r="D685" t="s">
         <v>10</v>
       </c>
       <c r="E685" t="s">
         <v>11</v>
       </c>
       <c r="F685" s="1" t="s">
         <v>2476</v>
       </c>
       <c r="G685" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="686" spans="1:7">
       <c r="A686" t="s">
         <v>2478</v>
       </c>
       <c r="B686" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C686" t="s">
         <v>2479</v>
       </c>
       <c r="D686" t="s">
         <v>10</v>
       </c>
       <c r="E686" t="s">
         <v>11</v>
       </c>
       <c r="F686" s="1" t="s">
         <v>2480</v>
       </c>
       <c r="G686" t="s">
         <v>2481</v>
       </c>
     </row>
     <row r="687" spans="1:7">
       <c r="A687" t="s">
+        <v>812</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C687" t="s">
         <v>2482</v>
       </c>
-      <c r="B687" t="s">
-[...2 lines deleted...]
-      <c r="C687" t="s">
+      <c r="D687" t="s">
+        <v>10</v>
+      </c>
+      <c r="E687" t="s">
+        <v>11</v>
+      </c>
+      <c r="F687" s="1" t="s">
         <v>2483</v>
       </c>
-      <c r="D687" t="s">
-[...5 lines deleted...]
-      <c r="F687" s="1" t="s">
+      <c r="G687" t="s">
         <v>2484</v>
-      </c>
-[...1 lines deleted...]
-        <v>2485</v>
       </c>
     </row>
     <row r="688" spans="1:7">
       <c r="A688" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B688" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C688" t="s">
         <v>2486</v>
       </c>
-      <c r="B688" t="s">
-[...2 lines deleted...]
-      <c r="C688" t="s">
+      <c r="D688" t="s">
+        <v>10</v>
+      </c>
+      <c r="E688" t="s">
+        <v>11</v>
+      </c>
+      <c r="F688" s="1" t="s">
         <v>2487</v>
       </c>
-      <c r="D688" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G688" t="s">
-        <v>2489</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="689" spans="1:7">
       <c r="A689" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B689" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2489</v>
+      </c>
+      <c r="D689" t="s">
+        <v>10</v>
+      </c>
+      <c r="E689" t="s">
+        <v>11</v>
+      </c>
+      <c r="F689" s="1" t="s">
         <v>2490</v>
       </c>
-      <c r="B689" t="s">
-[...2 lines deleted...]
-      <c r="C689" t="s">
+      <c r="G689" t="s">
         <v>2491</v>
-      </c>
-[...10 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="690" spans="1:7">
       <c r="A690" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B690" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C690" t="s">
         <v>2493</v>
       </c>
-      <c r="B690" t="s">
-[...2 lines deleted...]
-      <c r="C690" t="s">
+      <c r="D690" t="s">
+        <v>10</v>
+      </c>
+      <c r="E690" t="s">
+        <v>11</v>
+      </c>
+      <c r="F690" s="1" t="s">
         <v>2494</v>
       </c>
-      <c r="D690" t="s">
-[...5 lines deleted...]
-      <c r="F690" s="1" t="s">
+      <c r="G690" t="s">
         <v>2495</v>
-      </c>
-[...1 lines deleted...]
-        <v>2496</v>
       </c>
     </row>
     <row r="691" spans="1:7">
       <c r="A691" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B691" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C691" t="s">
         <v>2497</v>
       </c>
-      <c r="B691" t="s">
-[...2 lines deleted...]
-      <c r="C691" t="s">
+      <c r="D691" t="s">
+        <v>10</v>
+      </c>
+      <c r="E691" t="s">
+        <v>11</v>
+      </c>
+      <c r="F691" s="1" t="s">
         <v>2498</v>
       </c>
-      <c r="D691" t="s">
-[...5 lines deleted...]
-      <c r="F691" s="1" t="s">
+      <c r="G691" t="s">
         <v>2499</v>
-      </c>
-[...1 lines deleted...]
-        <v>2500</v>
       </c>
     </row>
     <row r="692" spans="1:7">
       <c r="A692" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B692" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C692" t="s">
         <v>2501</v>
       </c>
-      <c r="B692" t="s">
-[...2 lines deleted...]
-      <c r="C692" t="s">
+      <c r="D692" t="s">
+        <v>10</v>
+      </c>
+      <c r="E692" t="s">
+        <v>11</v>
+      </c>
+      <c r="F692" s="1" t="s">
         <v>2502</v>
       </c>
-      <c r="D692" t="s">
-[...5 lines deleted...]
-      <c r="F692" s="1" t="s">
+      <c r="G692" t="s">
         <v>2503</v>
-      </c>
-[...1 lines deleted...]
-        <v>2504</v>
       </c>
     </row>
     <row r="693" spans="1:7">
       <c r="A693" t="s">
+        <v>2504</v>
+      </c>
+      <c r="B693" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C693" t="s">
         <v>2505</v>
       </c>
-      <c r="B693" t="s">
-[...2 lines deleted...]
-      <c r="C693" t="s">
+      <c r="D693" t="s">
+        <v>10</v>
+      </c>
+      <c r="E693" t="s">
+        <v>11</v>
+      </c>
+      <c r="F693" s="1" t="s">
         <v>2506</v>
       </c>
-      <c r="D693" t="s">
-[...5 lines deleted...]
-      <c r="F693" s="1" t="s">
+      <c r="G693" t="s">
         <v>2507</v>
-      </c>
-[...1 lines deleted...]
-        <v>2508</v>
       </c>
     </row>
     <row r="694" spans="1:7">
       <c r="A694" t="s">
+        <v>2508</v>
+      </c>
+      <c r="B694" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C694" t="s">
         <v>2509</v>
       </c>
-      <c r="B694" t="s">
-[...2 lines deleted...]
-      <c r="C694" t="s">
+      <c r="D694" t="s">
+        <v>10</v>
+      </c>
+      <c r="E694" t="s">
+        <v>11</v>
+      </c>
+      <c r="F694" s="1" t="s">
         <v>2510</v>
       </c>
-      <c r="D694" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G694" t="s">
-        <v>2512</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="695" spans="1:7">
       <c r="A695" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B695" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C695" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D695" t="s">
+        <v>10</v>
+      </c>
+      <c r="E695" t="s">
+        <v>11</v>
+      </c>
+      <c r="F695" s="1" t="s">
         <v>2513</v>
       </c>
-      <c r="B695" t="s">
-[...2 lines deleted...]
-      <c r="C695" t="s">
+      <c r="G695" t="s">
         <v>2514</v>
-      </c>
-[...10 lines deleted...]
-        <v>2516</v>
       </c>
     </row>
     <row r="696" spans="1:7">
       <c r="A696" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B696" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C696" t="s">
+        <v>2516</v>
+      </c>
+      <c r="D696" t="s">
+        <v>10</v>
+      </c>
+      <c r="E696" t="s">
+        <v>11</v>
+      </c>
+      <c r="F696" s="1" t="s">
         <v>2517</v>
       </c>
-      <c r="B696" t="s">
-[...2 lines deleted...]
-      <c r="C696" t="s">
+      <c r="G696" t="s">
         <v>2518</v>
-      </c>
-[...10 lines deleted...]
-        <v>2520</v>
       </c>
     </row>
     <row r="697" spans="1:7">
       <c r="A697" t="s">
+        <v>2519</v>
+      </c>
+      <c r="B697" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C697" t="s">
+        <v>2520</v>
+      </c>
+      <c r="D697" t="s">
+        <v>10</v>
+      </c>
+      <c r="E697" t="s">
+        <v>11</v>
+      </c>
+      <c r="F697" s="1" t="s">
         <v>2521</v>
       </c>
-      <c r="B697" t="s">
-[...2 lines deleted...]
-      <c r="C697" t="s">
+      <c r="G697" t="s">
         <v>2522</v>
-      </c>
-[...10 lines deleted...]
-        <v>2524</v>
       </c>
     </row>
     <row r="698" spans="1:7">
       <c r="A698" t="s">
+        <v>2523</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C698" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D698" t="s">
+        <v>10</v>
+      </c>
+      <c r="E698" t="s">
+        <v>11</v>
+      </c>
+      <c r="F698" s="1" t="s">
         <v>2525</v>
       </c>
-      <c r="B698" t="s">
-[...2 lines deleted...]
-      <c r="C698" t="s">
+      <c r="G698" t="s">
         <v>2526</v>
-      </c>
-[...10 lines deleted...]
-        <v>2528</v>
       </c>
     </row>
     <row r="699" spans="1:7">
       <c r="A699" t="s">
+        <v>2527</v>
+      </c>
+      <c r="B699" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C699" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D699" t="s">
+        <v>10</v>
+      </c>
+      <c r="E699" t="s">
+        <v>11</v>
+      </c>
+      <c r="F699" s="1" t="s">
         <v>2529</v>
       </c>
-      <c r="B699" t="s">
-[...2 lines deleted...]
-      <c r="C699" t="s">
+      <c r="G699" t="s">
         <v>2530</v>
-      </c>
-[...10 lines deleted...]
-        <v>2532</v>
       </c>
     </row>
     <row r="700" spans="1:7">
       <c r="A700" t="s">
+        <v>2531</v>
+      </c>
+      <c r="B700" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C700" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D700" t="s">
+        <v>10</v>
+      </c>
+      <c r="E700" t="s">
+        <v>11</v>
+      </c>
+      <c r="F700" s="1" t="s">
         <v>2533</v>
       </c>
-      <c r="B700" t="s">
-[...2 lines deleted...]
-      <c r="C700" t="s">
+      <c r="G700" t="s">
         <v>2534</v>
-      </c>
-[...10 lines deleted...]
-        <v>2536</v>
       </c>
     </row>
     <row r="701" spans="1:7">
       <c r="A701" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B701" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C701" t="s">
+        <v>2536</v>
+      </c>
+      <c r="D701" t="s">
+        <v>10</v>
+      </c>
+      <c r="E701" t="s">
+        <v>11</v>
+      </c>
+      <c r="F701" s="1" t="s">
         <v>2537</v>
       </c>
-      <c r="B701" t="s">
-[...2 lines deleted...]
-      <c r="C701" t="s">
+      <c r="G701" t="s">
         <v>2538</v>
-      </c>
-[...10 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="702" spans="1:7">
       <c r="A702" t="s">
+        <v>2539</v>
+      </c>
+      <c r="B702" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C702" t="s">
         <v>2540</v>
       </c>
-      <c r="B702" t="s">
-[...2 lines deleted...]
-      <c r="C702" t="s">
+      <c r="D702" t="s">
+        <v>10</v>
+      </c>
+      <c r="E702" t="s">
+        <v>11</v>
+      </c>
+      <c r="F702" s="1" t="s">
         <v>2541</v>
       </c>
-      <c r="D702" t="s">
-[...5 lines deleted...]
-      <c r="F702" s="1" t="s">
+      <c r="G702" t="s">
         <v>2542</v>
-      </c>
-[...1 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="703" spans="1:7">
       <c r="A703" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B703" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C703" t="s">
         <v>2544</v>
       </c>
-      <c r="B703" t="s">
-[...2 lines deleted...]
-      <c r="C703" t="s">
+      <c r="D703" t="s">
+        <v>10</v>
+      </c>
+      <c r="E703" t="s">
+        <v>11</v>
+      </c>
+      <c r="F703" s="1" t="s">
         <v>2545</v>
       </c>
-      <c r="D703" t="s">
-[...5 lines deleted...]
-      <c r="F703" s="1" t="s">
+      <c r="G703" t="s">
         <v>2546</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="704" spans="1:7">
       <c r="A704" t="s">
         <v>2547</v>
       </c>
       <c r="B704" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C704" t="s">
         <v>2548</v>
       </c>
       <c r="D704" t="s">
         <v>10</v>
       </c>
       <c r="E704" t="s">
         <v>11</v>
       </c>
       <c r="F704" s="1" t="s">
         <v>2549</v>
       </c>
       <c r="G704" t="s">
-        <v>2314</v>
+        <v>2550</v>
       </c>
     </row>
     <row r="705" spans="1:7">
       <c r="A705" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="B705" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C705" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="D705" t="s">
         <v>10</v>
       </c>
       <c r="E705" t="s">
         <v>11</v>
       </c>
       <c r="F705" s="1" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="G705" t="s">
-        <v>2443</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="706" spans="1:7">
       <c r="A706" t="s">
-        <v>2553</v>
+        <v>2555</v>
       </c>
       <c r="B706" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C706" t="s">
-        <v>2554</v>
+        <v>2556</v>
       </c>
       <c r="D706" t="s">
         <v>10</v>
       </c>
       <c r="E706" t="s">
         <v>11</v>
       </c>
       <c r="F706" s="1" t="s">
-        <v>2555</v>
+        <v>2557</v>
       </c>
       <c r="G706" t="s">
-        <v>2556</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="707" spans="1:7">
       <c r="A707" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="B707" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C707" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
       <c r="D707" t="s">
         <v>10</v>
       </c>
       <c r="E707" t="s">
         <v>11</v>
       </c>
       <c r="F707" s="1" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="G707" t="s">
-        <v>2560</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="708" spans="1:7">
       <c r="A708" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="B708" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C708" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="D708" t="s">
         <v>10</v>
       </c>
       <c r="E708" t="s">
         <v>11</v>
       </c>
       <c r="F708" s="1" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="G708" t="s">
-        <v>2564</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="709" spans="1:7">
       <c r="A709" t="s">
         <v>2565</v>
       </c>
       <c r="B709" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C709" t="s">
         <v>2566</v>
       </c>
       <c r="D709" t="s">
         <v>10</v>
       </c>
       <c r="E709" t="s">
         <v>11</v>
       </c>
       <c r="F709" s="1" t="s">
         <v>2567</v>
       </c>
       <c r="G709" t="s">
-        <v>2568</v>
+        <v>2332</v>
       </c>
     </row>
     <row r="710" spans="1:7">
       <c r="A710" t="s">
+        <v>2568</v>
+      </c>
+      <c r="B710" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C710" t="s">
         <v>2569</v>
       </c>
-      <c r="B710" t="s">
-[...2 lines deleted...]
-      <c r="C710" t="s">
+      <c r="D710" t="s">
+        <v>10</v>
+      </c>
+      <c r="E710" t="s">
+        <v>11</v>
+      </c>
+      <c r="F710" s="1" t="s">
         <v>2570</v>
       </c>
-      <c r="D710" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G710" t="s">
-        <v>2572</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="711" spans="1:7">
       <c r="A711" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B711" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C711" t="s">
+        <v>2572</v>
+      </c>
+      <c r="D711" t="s">
+        <v>10</v>
+      </c>
+      <c r="E711" t="s">
+        <v>11</v>
+      </c>
+      <c r="F711" s="1" t="s">
         <v>2573</v>
       </c>
-      <c r="B711" t="s">
-[...2 lines deleted...]
-      <c r="C711" t="s">
+      <c r="G711" t="s">
         <v>2574</v>
-      </c>
-[...10 lines deleted...]
-        <v>2576</v>
       </c>
     </row>
     <row r="712" spans="1:7">
       <c r="A712" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B712" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C712" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D712" t="s">
+        <v>10</v>
+      </c>
+      <c r="E712" t="s">
+        <v>11</v>
+      </c>
+      <c r="F712" s="1" t="s">
         <v>2577</v>
       </c>
-      <c r="B712" t="s">
-[...2 lines deleted...]
-      <c r="C712" t="s">
+      <c r="G712" t="s">
         <v>2578</v>
-      </c>
-[...10 lines deleted...]
-        <v>2580</v>
       </c>
     </row>
     <row r="713" spans="1:7">
       <c r="A713" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B713" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C713" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D713" t="s">
+        <v>10</v>
+      </c>
+      <c r="E713" t="s">
+        <v>11</v>
+      </c>
+      <c r="F713" s="1" t="s">
         <v>2581</v>
       </c>
-      <c r="B713" t="s">
-[...2 lines deleted...]
-      <c r="C713" t="s">
+      <c r="G713" t="s">
         <v>2582</v>
-      </c>
-[...10 lines deleted...]
-        <v>2584</v>
       </c>
     </row>
     <row r="714" spans="1:7">
       <c r="A714" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B714" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C714" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D714" t="s">
+        <v>10</v>
+      </c>
+      <c r="E714" t="s">
+        <v>11</v>
+      </c>
+      <c r="F714" s="1" t="s">
         <v>2585</v>
       </c>
-      <c r="B714" t="s">
-[...2 lines deleted...]
-      <c r="C714" t="s">
+      <c r="G714" t="s">
         <v>2586</v>
-      </c>
-[...10 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="715" spans="1:7">
       <c r="A715" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C715" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D715" t="s">
+        <v>10</v>
+      </c>
+      <c r="E715" t="s">
+        <v>11</v>
+      </c>
+      <c r="F715" s="1" t="s">
         <v>2589</v>
       </c>
-      <c r="B715" t="s">
-[...2 lines deleted...]
-      <c r="C715" t="s">
+      <c r="G715" t="s">
         <v>2590</v>
-      </c>
-[...10 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="716" spans="1:7">
       <c r="A716" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B716" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C716" t="s">
         <v>2592</v>
       </c>
-      <c r="B716" t="s">
-[...2 lines deleted...]
-      <c r="C716" t="s">
+      <c r="D716" t="s">
+        <v>10</v>
+      </c>
+      <c r="E716" t="s">
+        <v>11</v>
+      </c>
+      <c r="F716" s="1" t="s">
         <v>2593</v>
       </c>
-      <c r="D716" t="s">
-[...5 lines deleted...]
-      <c r="F716" s="1" t="s">
+      <c r="G716" t="s">
         <v>2594</v>
-      </c>
-[...1 lines deleted...]
-        <v>2595</v>
       </c>
     </row>
     <row r="717" spans="1:7">
       <c r="A717" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C717" t="s">
         <v>2596</v>
       </c>
-      <c r="B717" t="s">
-[...2 lines deleted...]
-      <c r="C717" t="s">
+      <c r="D717" t="s">
+        <v>10</v>
+      </c>
+      <c r="E717" t="s">
+        <v>11</v>
+      </c>
+      <c r="F717" s="1" t="s">
         <v>2597</v>
       </c>
-      <c r="D717" t="s">
-[...5 lines deleted...]
-      <c r="F717" s="1" t="s">
+      <c r="G717" t="s">
         <v>2598</v>
-      </c>
-[...1 lines deleted...]
-        <v>2512</v>
       </c>
     </row>
     <row r="718" spans="1:7">
       <c r="A718" t="s">
         <v>2599</v>
       </c>
       <c r="B718" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C718" t="s">
         <v>2600</v>
       </c>
       <c r="D718" t="s">
         <v>10</v>
       </c>
       <c r="E718" t="s">
         <v>11</v>
       </c>
       <c r="F718" s="1" t="s">
         <v>2601</v>
       </c>
       <c r="G718" t="s">
         <v>2602</v>
       </c>
     </row>
     <row r="719" spans="1:7">
       <c r="A719" t="s">
         <v>2603</v>
       </c>
       <c r="B719" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C719" t="s">
         <v>2604</v>
       </c>
       <c r="D719" t="s">
         <v>10</v>
       </c>
       <c r="E719" t="s">
         <v>11</v>
       </c>
       <c r="F719" s="1" t="s">
         <v>2605</v>
       </c>
       <c r="G719" t="s">
         <v>2606</v>
       </c>
     </row>
     <row r="720" spans="1:7">
       <c r="A720" t="s">
         <v>2607</v>
       </c>
       <c r="B720" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C720" t="s">
         <v>2608</v>
       </c>
       <c r="D720" t="s">
         <v>10</v>
       </c>
       <c r="E720" t="s">
         <v>11</v>
       </c>
       <c r="F720" s="1" t="s">
         <v>2609</v>
       </c>
       <c r="G720" t="s">
-        <v>2610</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="721" spans="1:7">
       <c r="A721" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B721" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C721" t="s">
         <v>2611</v>
       </c>
-      <c r="B721" t="s">
-[...2 lines deleted...]
-      <c r="C721" t="s">
+      <c r="D721" t="s">
+        <v>10</v>
+      </c>
+      <c r="E721" t="s">
+        <v>11</v>
+      </c>
+      <c r="F721" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="D721" t="s">
-[...5 lines deleted...]
-      <c r="F721" s="1" t="s">
+      <c r="G721" t="s">
         <v>2613</v>
-      </c>
-[...1 lines deleted...]
-        <v>2614</v>
       </c>
     </row>
     <row r="722" spans="1:7">
       <c r="A722" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C722" t="s">
         <v>2615</v>
       </c>
-      <c r="B722" t="s">
-[...2 lines deleted...]
-      <c r="C722" t="s">
+      <c r="D722" t="s">
+        <v>10</v>
+      </c>
+      <c r="E722" t="s">
+        <v>11</v>
+      </c>
+      <c r="F722" s="1" t="s">
         <v>2616</v>
       </c>
-      <c r="D722" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G722" t="s">
-        <v>2618</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="723" spans="1:7">
       <c r="A723" t="s">
+        <v>2617</v>
+      </c>
+      <c r="B723" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C723" t="s">
+        <v>2618</v>
+      </c>
+      <c r="D723" t="s">
+        <v>10</v>
+      </c>
+      <c r="E723" t="s">
+        <v>11</v>
+      </c>
+      <c r="F723" s="1" t="s">
         <v>2619</v>
       </c>
-      <c r="B723" t="s">
-[...2 lines deleted...]
-      <c r="C723" t="s">
+      <c r="G723" t="s">
         <v>2620</v>
-      </c>
-[...10 lines deleted...]
-        <v>2333</v>
       </c>
     </row>
     <row r="724" spans="1:7">
       <c r="A724" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C724" t="s">
         <v>2622</v>
       </c>
-      <c r="B724" t="s">
-[...2 lines deleted...]
-      <c r="C724" t="s">
+      <c r="D724" t="s">
+        <v>10</v>
+      </c>
+      <c r="E724" t="s">
+        <v>11</v>
+      </c>
+      <c r="F724" s="1" t="s">
         <v>2623</v>
       </c>
-      <c r="D724" t="s">
-[...5 lines deleted...]
-      <c r="F724" s="1" t="s">
+      <c r="G724" t="s">
         <v>2624</v>
-      </c>
-[...1 lines deleted...]
-        <v>2625</v>
       </c>
     </row>
     <row r="725" spans="1:7">
       <c r="A725" t="s">
+        <v>2625</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C725" t="s">
         <v>2626</v>
       </c>
-      <c r="B725" t="s">
-[...2 lines deleted...]
-      <c r="C725" t="s">
+      <c r="D725" t="s">
+        <v>10</v>
+      </c>
+      <c r="E725" t="s">
+        <v>11</v>
+      </c>
+      <c r="F725" s="1" t="s">
         <v>2627</v>
       </c>
-      <c r="D725" t="s">
-[...5 lines deleted...]
-      <c r="F725" s="1" t="s">
+      <c r="G725" t="s">
         <v>2628</v>
-      </c>
-[...1 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="726" spans="1:7">
       <c r="A726" t="s">
         <v>2629</v>
       </c>
       <c r="B726" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C726" t="s">
         <v>2630</v>
       </c>
       <c r="D726" t="s">
         <v>10</v>
       </c>
       <c r="E726" t="s">
         <v>11</v>
       </c>
       <c r="F726" s="1" t="s">
         <v>2631</v>
       </c>
       <c r="G726" t="s">
         <v>2632</v>
       </c>
     </row>
     <row r="727" spans="1:7">
       <c r="A727" t="s">
         <v>2633</v>
       </c>
       <c r="B727" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C727" t="s">
         <v>2634</v>
       </c>
       <c r="D727" t="s">
         <v>10</v>
       </c>
       <c r="E727" t="s">
         <v>11</v>
       </c>
       <c r="F727" s="1" t="s">
         <v>2635</v>
       </c>
       <c r="G727" t="s">
         <v>2636</v>
       </c>
     </row>
     <row r="728" spans="1:7">
       <c r="A728" t="s">
         <v>2637</v>
       </c>
       <c r="B728" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C728" t="s">
         <v>2638</v>
       </c>
       <c r="D728" t="s">
         <v>10</v>
       </c>
       <c r="E728" t="s">
         <v>11</v>
       </c>
       <c r="F728" s="1" t="s">
         <v>2639</v>
       </c>
       <c r="G728" t="s">
-        <v>2640</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="729" spans="1:7">
       <c r="A729" t="s">
+        <v>2640</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C729" t="s">
         <v>2641</v>
       </c>
-      <c r="B729" t="s">
-[...2 lines deleted...]
-      <c r="C729" t="s">
+      <c r="D729" t="s">
+        <v>10</v>
+      </c>
+      <c r="E729" t="s">
+        <v>11</v>
+      </c>
+      <c r="F729" s="1" t="s">
         <v>2642</v>
       </c>
-      <c r="D729" t="s">
-[...5 lines deleted...]
-      <c r="F729" s="1" t="s">
+      <c r="G729" t="s">
         <v>2643</v>
-      </c>
-[...1 lines deleted...]
-        <v>2644</v>
       </c>
     </row>
     <row r="730" spans="1:7">
       <c r="A730" t="s">
+        <v>2644</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C730" t="s">
         <v>2645</v>
       </c>
-      <c r="B730" t="s">
-[...2 lines deleted...]
-      <c r="C730" t="s">
+      <c r="D730" t="s">
+        <v>10</v>
+      </c>
+      <c r="E730" t="s">
+        <v>11</v>
+      </c>
+      <c r="F730" s="1" t="s">
         <v>2646</v>
       </c>
-      <c r="D730" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G730" t="s">
-        <v>2648</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="731" spans="1:7">
       <c r="A731" t="s">
+        <v>2647</v>
+      </c>
+      <c r="B731" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C731" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D731" t="s">
+        <v>10</v>
+      </c>
+      <c r="E731" t="s">
+        <v>11</v>
+      </c>
+      <c r="F731" s="1" t="s">
         <v>2649</v>
       </c>
-      <c r="B731" t="s">
-[...2 lines deleted...]
-      <c r="C731" t="s">
+      <c r="G731" t="s">
         <v>2650</v>
-      </c>
-[...10 lines deleted...]
-        <v>2652</v>
       </c>
     </row>
     <row r="732" spans="1:7">
       <c r="A732" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C732" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D732" t="s">
+        <v>10</v>
+      </c>
+      <c r="E732" t="s">
+        <v>11</v>
+      </c>
+      <c r="F732" s="1" t="s">
         <v>2653</v>
       </c>
-      <c r="B732" t="s">
-[...2 lines deleted...]
-      <c r="C732" t="s">
+      <c r="G732" t="s">
         <v>2654</v>
-      </c>
-[...10 lines deleted...]
-        <v>2656</v>
       </c>
     </row>
     <row r="733" spans="1:7">
       <c r="A733" t="s">
+        <v>2655</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C733" t="s">
+        <v>2656</v>
+      </c>
+      <c r="D733" t="s">
+        <v>10</v>
+      </c>
+      <c r="E733" t="s">
+        <v>11</v>
+      </c>
+      <c r="F733" s="1" t="s">
         <v>2657</v>
       </c>
-      <c r="B733" t="s">
-[...2 lines deleted...]
-      <c r="C733" t="s">
+      <c r="G733" t="s">
         <v>2658</v>
-      </c>
-[...10 lines deleted...]
-        <v>2660</v>
       </c>
     </row>
     <row r="734" spans="1:7">
       <c r="A734" t="s">
+        <v>2659</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C734" t="s">
+        <v>2660</v>
+      </c>
+      <c r="D734" t="s">
+        <v>10</v>
+      </c>
+      <c r="E734" t="s">
+        <v>11</v>
+      </c>
+      <c r="F734" s="1" t="s">
         <v>2661</v>
       </c>
-      <c r="B734" t="s">
-[...2 lines deleted...]
-      <c r="C734" t="s">
+      <c r="G734" t="s">
         <v>2662</v>
-      </c>
-[...10 lines deleted...]
-        <v>2664</v>
       </c>
     </row>
     <row r="735" spans="1:7">
       <c r="A735" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D735" t="s">
+        <v>10</v>
+      </c>
+      <c r="E735" t="s">
+        <v>11</v>
+      </c>
+      <c r="F735" s="1" t="s">
         <v>2665</v>
       </c>
-      <c r="B735" t="s">
-[...2 lines deleted...]
-      <c r="C735" t="s">
+      <c r="G735" t="s">
         <v>2666</v>
-      </c>
-[...10 lines deleted...]
-        <v>2668</v>
       </c>
     </row>
     <row r="736" spans="1:7">
       <c r="A736" t="s">
+        <v>2667</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2668</v>
+      </c>
+      <c r="D736" t="s">
+        <v>10</v>
+      </c>
+      <c r="E736" t="s">
+        <v>11</v>
+      </c>
+      <c r="F736" s="1" t="s">
         <v>2669</v>
       </c>
-      <c r="B736" t="s">
-[...2 lines deleted...]
-      <c r="C736" t="s">
+      <c r="G736" t="s">
         <v>2670</v>
-      </c>
-[...10 lines deleted...]
-        <v>2672</v>
       </c>
     </row>
     <row r="737" spans="1:7">
       <c r="A737" t="s">
+        <v>2671</v>
+      </c>
+      <c r="B737" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2672</v>
+      </c>
+      <c r="D737" t="s">
+        <v>10</v>
+      </c>
+      <c r="E737" t="s">
+        <v>11</v>
+      </c>
+      <c r="F737" s="1" t="s">
         <v>2673</v>
       </c>
-      <c r="B737" t="s">
-[...2 lines deleted...]
-      <c r="C737" t="s">
+      <c r="G737" t="s">
         <v>2674</v>
-      </c>
-[...10 lines deleted...]
-        <v>2676</v>
       </c>
     </row>
     <row r="738" spans="1:7">
       <c r="A738" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B738" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2676</v>
+      </c>
+      <c r="D738" t="s">
+        <v>10</v>
+      </c>
+      <c r="E738" t="s">
+        <v>11</v>
+      </c>
+      <c r="F738" s="1" t="s">
         <v>2677</v>
       </c>
-      <c r="B738" t="s">
-[...2 lines deleted...]
-      <c r="C738" t="s">
+      <c r="G738" t="s">
         <v>2678</v>
-      </c>
-[...10 lines deleted...]
-        <v>2680</v>
       </c>
     </row>
     <row r="739" spans="1:7">
       <c r="A739" t="s">
+        <v>2679</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2680</v>
+      </c>
+      <c r="D739" t="s">
+        <v>10</v>
+      </c>
+      <c r="E739" t="s">
+        <v>11</v>
+      </c>
+      <c r="F739" s="1" t="s">
         <v>2681</v>
       </c>
-      <c r="B739" t="s">
-[...11 lines deleted...]
-      <c r="F739" s="1" t="s">
+      <c r="G739" t="s">
         <v>2682</v>
-      </c>
-[...1 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="740" spans="1:7">
       <c r="A740" t="s">
         <v>2683</v>
       </c>
       <c r="B740" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C740" t="s">
-        <v>1063</v>
+        <v>2684</v>
       </c>
       <c r="D740" t="s">
         <v>10</v>
       </c>
       <c r="E740" t="s">
         <v>11</v>
       </c>
       <c r="F740" s="1" t="s">
-        <v>2684</v>
+        <v>2685</v>
       </c>
       <c r="G740" t="s">
-        <v>2685</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="741" spans="1:7">
       <c r="A741" t="s">
-        <v>2686</v>
+        <v>2687</v>
       </c>
       <c r="B741" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C741" t="s">
-        <v>1066</v>
+        <v>2688</v>
       </c>
       <c r="D741" t="s">
         <v>10</v>
       </c>
       <c r="E741" t="s">
         <v>11</v>
       </c>
       <c r="F741" s="1" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="G741" t="s">
-        <v>2584</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="742" spans="1:7">
       <c r="A742" t="s">
-        <v>2688</v>
+        <v>2691</v>
       </c>
       <c r="B742" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C742" t="s">
-        <v>1070</v>
+        <v>2692</v>
       </c>
       <c r="D742" t="s">
         <v>10</v>
       </c>
       <c r="E742" t="s">
         <v>11</v>
       </c>
       <c r="F742" s="1" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
       <c r="G742" t="s">
-        <v>2690</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="743" spans="1:7">
       <c r="A743" t="s">
-        <v>2691</v>
+        <v>2695</v>
       </c>
       <c r="B743" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C743" t="s">
-        <v>1074</v>
+        <v>2696</v>
       </c>
       <c r="D743" t="s">
         <v>10</v>
       </c>
       <c r="E743" t="s">
         <v>11</v>
       </c>
       <c r="F743" s="1" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="G743" t="s">
-        <v>945</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="744" spans="1:7">
       <c r="A744" t="s">
-        <v>2693</v>
+        <v>2699</v>
       </c>
       <c r="B744" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C744" t="s">
-        <v>1078</v>
+        <v>1077</v>
       </c>
       <c r="D744" t="s">
         <v>10</v>
       </c>
       <c r="E744" t="s">
         <v>11</v>
       </c>
       <c r="F744" s="1" t="s">
-        <v>2694</v>
+        <v>2700</v>
       </c>
       <c r="G744" t="s">
-        <v>2695</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="745" spans="1:7">
       <c r="A745" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
       <c r="B745" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C745" t="s">
-        <v>1082</v>
+        <v>1081</v>
       </c>
       <c r="D745" t="s">
         <v>10</v>
       </c>
       <c r="E745" t="s">
         <v>11</v>
       </c>
       <c r="F745" s="1" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
       <c r="G745" t="s">
-        <v>945</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="746" spans="1:7">
       <c r="A746" t="s">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="B746" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C746" t="s">
-        <v>1086</v>
+        <v>1084</v>
       </c>
       <c r="D746" t="s">
         <v>10</v>
       </c>
       <c r="E746" t="s">
         <v>11</v>
       </c>
       <c r="F746" s="1" t="s">
-        <v>2699</v>
+        <v>2705</v>
       </c>
       <c r="G746" t="s">
-        <v>2700</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="747" spans="1:7">
       <c r="A747" t="s">
-        <v>2701</v>
+        <v>2706</v>
       </c>
       <c r="B747" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C747" t="s">
-        <v>1089</v>
+        <v>1088</v>
       </c>
       <c r="D747" t="s">
         <v>10</v>
       </c>
       <c r="E747" t="s">
         <v>11</v>
       </c>
       <c r="F747" s="1" t="s">
-        <v>2702</v>
+        <v>2707</v>
       </c>
       <c r="G747" t="s">
-        <v>2703</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="748" spans="1:7">
       <c r="A748" t="s">
-        <v>2704</v>
+        <v>2709</v>
       </c>
       <c r="B748" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C748" t="s">
-        <v>2705</v>
+        <v>1092</v>
       </c>
       <c r="D748" t="s">
         <v>10</v>
       </c>
       <c r="E748" t="s">
         <v>11</v>
       </c>
       <c r="F748" s="1" t="s">
-        <v>2706</v>
+        <v>2710</v>
       </c>
       <c r="G748" t="s">
-        <v>2707</v>
+        <v>963</v>
       </c>
     </row>
     <row r="749" spans="1:7">
       <c r="A749" t="s">
-        <v>2708</v>
+        <v>2711</v>
       </c>
       <c r="B749" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C749" t="s">
-        <v>2709</v>
+        <v>1096</v>
       </c>
       <c r="D749" t="s">
         <v>10</v>
       </c>
       <c r="E749" t="s">
         <v>11</v>
       </c>
       <c r="F749" s="1" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="G749" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="750" spans="1:7">
       <c r="A750" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="B750" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C750" t="s">
-        <v>2713</v>
+        <v>1100</v>
       </c>
       <c r="D750" t="s">
         <v>10</v>
       </c>
       <c r="E750" t="s">
         <v>11</v>
       </c>
       <c r="F750" s="1" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
       <c r="G750" t="s">
-        <v>2715</v>
+        <v>963</v>
       </c>
     </row>
     <row r="751" spans="1:7">
       <c r="A751" t="s">
         <v>2716</v>
       </c>
       <c r="B751" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C751" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D751" t="s">
+        <v>10</v>
+      </c>
+      <c r="E751" t="s">
+        <v>11</v>
+      </c>
+      <c r="F751" s="1" t="s">
         <v>2717</v>
       </c>
-      <c r="D751" t="s">
-[...5 lines deleted...]
-      <c r="F751" s="1" t="s">
+      <c r="G751" t="s">
         <v>2718</v>
-      </c>
-[...1 lines deleted...]
-        <v>2719</v>
       </c>
     </row>
     <row r="752" spans="1:7">
       <c r="A752" t="s">
+        <v>2719</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C752" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D752" t="s">
+        <v>10</v>
+      </c>
+      <c r="E752" t="s">
+        <v>11</v>
+      </c>
+      <c r="F752" s="1" t="s">
         <v>2720</v>
       </c>
-      <c r="B752" t="s">
-[...2 lines deleted...]
-      <c r="C752" t="s">
+      <c r="G752" t="s">
         <v>2721</v>
-      </c>
-[...10 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="753" spans="1:7">
       <c r="A753" t="s">
+        <v>2722</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C753" t="s">
         <v>2723</v>
       </c>
-      <c r="B753" t="s">
-[...2 lines deleted...]
-      <c r="C753" t="s">
+      <c r="D753" t="s">
+        <v>10</v>
+      </c>
+      <c r="E753" t="s">
+        <v>11</v>
+      </c>
+      <c r="F753" s="1" t="s">
         <v>2724</v>
       </c>
-      <c r="D753" t="s">
-[...5 lines deleted...]
-      <c r="F753" s="1" t="s">
+      <c r="G753" t="s">
         <v>2725</v>
-      </c>
-[...1 lines deleted...]
-        <v>2726</v>
       </c>
     </row>
     <row r="754" spans="1:7">
       <c r="A754" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C754" t="s">
         <v>2727</v>
       </c>
-      <c r="B754" t="s">
-[...2 lines deleted...]
-      <c r="C754" t="s">
+      <c r="D754" t="s">
+        <v>10</v>
+      </c>
+      <c r="E754" t="s">
+        <v>11</v>
+      </c>
+      <c r="F754" s="1" t="s">
         <v>2728</v>
       </c>
-      <c r="D754" t="s">
-[...5 lines deleted...]
-      <c r="F754" s="1" t="s">
+      <c r="G754" t="s">
         <v>2729</v>
-      </c>
-[...1 lines deleted...]
-        <v>2730</v>
       </c>
     </row>
     <row r="755" spans="1:7">
       <c r="A755" t="s">
+        <v>2730</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C755" t="s">
         <v>2731</v>
       </c>
-      <c r="B755" t="s">
-[...2 lines deleted...]
-      <c r="C755" t="s">
+      <c r="D755" t="s">
+        <v>10</v>
+      </c>
+      <c r="E755" t="s">
+        <v>11</v>
+      </c>
+      <c r="F755" s="1" t="s">
         <v>2732</v>
       </c>
-      <c r="D755" t="s">
-[...5 lines deleted...]
-      <c r="F755" s="1" t="s">
+      <c r="G755" t="s">
         <v>2733</v>
-      </c>
-[...1 lines deleted...]
-        <v>2263</v>
       </c>
     </row>
     <row r="756" spans="1:7">
       <c r="A756" t="s">
         <v>2734</v>
       </c>
       <c r="B756" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C756" t="s">
         <v>2735</v>
       </c>
       <c r="D756" t="s">
         <v>10</v>
       </c>
       <c r="E756" t="s">
         <v>11</v>
       </c>
       <c r="F756" s="1" t="s">
         <v>2736</v>
       </c>
       <c r="G756" t="s">
         <v>2737</v>
       </c>
     </row>
     <row r="757" spans="1:7">
       <c r="A757" t="s">
         <v>2738</v>
       </c>
       <c r="B757" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C757" t="s">
         <v>2739</v>
       </c>
       <c r="D757" t="s">
         <v>10</v>
       </c>
       <c r="E757" t="s">
         <v>11</v>
       </c>
       <c r="F757" s="1" t="s">
         <v>2740</v>
       </c>
       <c r="G757" t="s">
-        <v>2580</v>
+        <v>963</v>
       </c>
     </row>
     <row r="758" spans="1:7">
       <c r="A758" t="s">
         <v>2741</v>
       </c>
       <c r="B758" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C758" t="s">
         <v>2742</v>
       </c>
       <c r="D758" t="s">
         <v>10</v>
       </c>
       <c r="E758" t="s">
         <v>11</v>
       </c>
       <c r="F758" s="1" t="s">
         <v>2743</v>
       </c>
       <c r="G758" t="s">
         <v>2744</v>
       </c>
     </row>
     <row r="759" spans="1:7">
       <c r="A759" t="s">
         <v>2745</v>
       </c>
       <c r="B759" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C759" t="s">
         <v>2746</v>
       </c>
       <c r="D759" t="s">
         <v>10</v>
       </c>
       <c r="E759" t="s">
         <v>11</v>
       </c>
       <c r="F759" s="1" t="s">
         <v>2747</v>
       </c>
       <c r="G759" t="s">
         <v>2748</v>
       </c>
     </row>
     <row r="760" spans="1:7">
       <c r="A760" t="s">
         <v>2749</v>
       </c>
       <c r="B760" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C760" t="s">
         <v>2750</v>
       </c>
       <c r="D760" t="s">
         <v>10</v>
       </c>
       <c r="E760" t="s">
         <v>11</v>
       </c>
       <c r="F760" s="1" t="s">
         <v>2751</v>
       </c>
       <c r="G760" t="s">
-        <v>2752</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="761" spans="1:7">
       <c r="A761" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C761" t="s">
         <v>2753</v>
       </c>
-      <c r="B761" t="s">
-[...2 lines deleted...]
-      <c r="C761" t="s">
+      <c r="D761" t="s">
+        <v>10</v>
+      </c>
+      <c r="E761" t="s">
+        <v>11</v>
+      </c>
+      <c r="F761" s="1" t="s">
         <v>2754</v>
       </c>
-      <c r="D761" t="s">
-[...5 lines deleted...]
-      <c r="F761" s="1" t="s">
+      <c r="G761" t="s">
         <v>2755</v>
-      </c>
-[...1 lines deleted...]
-        <v>2756</v>
       </c>
     </row>
     <row r="762" spans="1:7">
       <c r="A762" t="s">
+        <v>2756</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C762" t="s">
         <v>2757</v>
       </c>
-      <c r="B762" t="s">
-[...2 lines deleted...]
-      <c r="C762" t="s">
+      <c r="D762" t="s">
+        <v>10</v>
+      </c>
+      <c r="E762" t="s">
+        <v>11</v>
+      </c>
+      <c r="F762" s="1" t="s">
         <v>2758</v>
       </c>
-      <c r="D762" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G762" t="s">
-        <v>945</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="763" spans="1:7">
       <c r="A763" t="s">
+        <v>2759</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C763" t="s">
         <v>2760</v>
       </c>
-      <c r="B763" t="s">
-[...2 lines deleted...]
-      <c r="C763" t="s">
+      <c r="D763" t="s">
+        <v>10</v>
+      </c>
+      <c r="E763" t="s">
+        <v>11</v>
+      </c>
+      <c r="F763" s="1" t="s">
         <v>2761</v>
       </c>
-      <c r="D763" t="s">
-[...5 lines deleted...]
-      <c r="F763" s="1" t="s">
+      <c r="G763" t="s">
         <v>2762</v>
-      </c>
-[...1 lines deleted...]
-        <v>2763</v>
       </c>
     </row>
     <row r="764" spans="1:7">
       <c r="A764" t="s">
+        <v>2763</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C764" t="s">
         <v>2764</v>
       </c>
-      <c r="B764" t="s">
-[...2 lines deleted...]
-      <c r="C764" t="s">
+      <c r="D764" t="s">
+        <v>10</v>
+      </c>
+      <c r="E764" t="s">
+        <v>11</v>
+      </c>
+      <c r="F764" s="1" t="s">
         <v>2765</v>
       </c>
-      <c r="D764" t="s">
-[...5 lines deleted...]
-      <c r="F764" s="1" t="s">
+      <c r="G764" t="s">
         <v>2766</v>
-      </c>
-[...1 lines deleted...]
-        <v>2767</v>
       </c>
     </row>
     <row r="765" spans="1:7">
       <c r="A765" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C765" t="s">
         <v>2768</v>
       </c>
-      <c r="B765" t="s">
-[...2 lines deleted...]
-      <c r="C765" t="s">
+      <c r="D765" t="s">
+        <v>10</v>
+      </c>
+      <c r="E765" t="s">
+        <v>11</v>
+      </c>
+      <c r="F765" s="1" t="s">
         <v>2769</v>
       </c>
-      <c r="D765" t="s">
-[...5 lines deleted...]
-      <c r="F765" s="1" t="s">
+      <c r="G765" t="s">
         <v>2770</v>
-      </c>
-[...1 lines deleted...]
-        <v>2771</v>
       </c>
     </row>
     <row r="766" spans="1:7">
       <c r="A766" t="s">
+        <v>2771</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C766" t="s">
         <v>2772</v>
       </c>
-      <c r="B766" t="s">
-[...2 lines deleted...]
-      <c r="C766" t="s">
+      <c r="D766" t="s">
+        <v>10</v>
+      </c>
+      <c r="E766" t="s">
+        <v>11</v>
+      </c>
+      <c r="F766" s="1" t="s">
         <v>2773</v>
       </c>
-      <c r="D766" t="s">
-[...5 lines deleted...]
-      <c r="F766" s="1" t="s">
+      <c r="G766" t="s">
         <v>2774</v>
-      </c>
-[...1 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="767" spans="1:7">
       <c r="A767" t="s">
         <v>2775</v>
       </c>
       <c r="B767" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C767" t="s">
         <v>2776</v>
       </c>
       <c r="D767" t="s">
         <v>10</v>
       </c>
       <c r="E767" t="s">
         <v>11</v>
       </c>
       <c r="F767" s="1" t="s">
         <v>2777</v>
       </c>
       <c r="G767" t="s">
-        <v>2263</v>
+        <v>963</v>
       </c>
     </row>
     <row r="768" spans="1:7">
       <c r="A768" t="s">
         <v>2778</v>
       </c>
       <c r="B768" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C768" t="s">
         <v>2779</v>
       </c>
       <c r="D768" t="s">
         <v>10</v>
       </c>
       <c r="E768" t="s">
         <v>11</v>
       </c>
       <c r="F768" s="1" t="s">
         <v>2780</v>
       </c>
       <c r="G768" t="s">
         <v>2781</v>
       </c>
     </row>
     <row r="769" spans="1:7">
       <c r="A769" t="s">
         <v>2782</v>
       </c>
       <c r="B769" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C769" t="s">
         <v>2783</v>
       </c>
       <c r="D769" t="s">
         <v>10</v>
       </c>
       <c r="E769" t="s">
         <v>11</v>
       </c>
       <c r="F769" s="1" t="s">
         <v>2784</v>
       </c>
       <c r="G769" t="s">
         <v>2785</v>
       </c>
     </row>
     <row r="770" spans="1:7">
       <c r="A770" t="s">
         <v>2786</v>
       </c>
       <c r="B770" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C770" t="s">
         <v>2787</v>
       </c>
       <c r="D770" t="s">
         <v>10</v>
       </c>
       <c r="E770" t="s">
         <v>11</v>
       </c>
       <c r="F770" s="1" t="s">
         <v>2788</v>
       </c>
       <c r="G770" t="s">
         <v>2789</v>
       </c>
     </row>
     <row r="771" spans="1:7">
       <c r="A771" t="s">
         <v>2790</v>
       </c>
       <c r="B771" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C771" t="s">
         <v>2791</v>
       </c>
       <c r="D771" t="s">
         <v>10</v>
       </c>
       <c r="E771" t="s">
         <v>11</v>
       </c>
       <c r="F771" s="1" t="s">
         <v>2792</v>
       </c>
       <c r="G771" t="s">
-        <v>2333</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="772" spans="1:7">
       <c r="A772" t="s">
         <v>2793</v>
       </c>
       <c r="B772" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C772" t="s">
         <v>2794</v>
       </c>
       <c r="D772" t="s">
         <v>10</v>
       </c>
       <c r="E772" t="s">
         <v>11</v>
       </c>
       <c r="F772" s="1" t="s">
         <v>2795</v>
       </c>
       <c r="G772" t="s">
-        <v>2796</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="773" spans="1:7">
       <c r="A773" t="s">
+        <v>2796</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C773" t="s">
         <v>2797</v>
       </c>
-      <c r="B773" t="s">
-[...2 lines deleted...]
-      <c r="C773" t="s">
+      <c r="D773" t="s">
+        <v>10</v>
+      </c>
+      <c r="E773" t="s">
+        <v>11</v>
+      </c>
+      <c r="F773" s="1" t="s">
         <v>2798</v>
       </c>
-      <c r="D773" t="s">
-[...5 lines deleted...]
-      <c r="F773" s="1" t="s">
+      <c r="G773" t="s">
         <v>2799</v>
-      </c>
-[...1 lines deleted...]
-        <v>2800</v>
       </c>
     </row>
     <row r="774" spans="1:7">
       <c r="A774" t="s">
+        <v>2800</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C774" t="s">
         <v>2801</v>
       </c>
-      <c r="B774" t="s">
-[...2 lines deleted...]
-      <c r="C774" t="s">
+      <c r="D774" t="s">
+        <v>10</v>
+      </c>
+      <c r="E774" t="s">
+        <v>11</v>
+      </c>
+      <c r="F774" s="1" t="s">
         <v>2802</v>
       </c>
-      <c r="D774" t="s">
-[...5 lines deleted...]
-      <c r="F774" s="1" t="s">
+      <c r="G774" t="s">
         <v>2803</v>
-      </c>
-[...1 lines deleted...]
-        <v>2804</v>
       </c>
     </row>
     <row r="775" spans="1:7">
       <c r="A775" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C775" t="s">
         <v>2805</v>
       </c>
-      <c r="B775" t="s">
-[...2 lines deleted...]
-      <c r="C775" t="s">
+      <c r="D775" t="s">
+        <v>10</v>
+      </c>
+      <c r="E775" t="s">
+        <v>11</v>
+      </c>
+      <c r="F775" s="1" t="s">
         <v>2806</v>
       </c>
-      <c r="D775" t="s">
-[...5 lines deleted...]
-      <c r="F775" s="1" t="s">
+      <c r="G775" t="s">
         <v>2807</v>
-      </c>
-[...1 lines deleted...]
-        <v>2158</v>
       </c>
     </row>
     <row r="776" spans="1:7">
       <c r="A776" t="s">
         <v>2808</v>
       </c>
       <c r="B776" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C776" t="s">
         <v>2809</v>
       </c>
       <c r="D776" t="s">
         <v>10</v>
       </c>
       <c r="E776" t="s">
         <v>11</v>
       </c>
       <c r="F776" s="1" t="s">
         <v>2810</v>
       </c>
       <c r="G776" t="s">
-        <v>2811</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="777" spans="1:7">
       <c r="A777" t="s">
+        <v>2811</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C777" t="s">
         <v>2812</v>
       </c>
-      <c r="B777" t="s">
-[...2 lines deleted...]
-      <c r="C777" t="s">
+      <c r="D777" t="s">
+        <v>10</v>
+      </c>
+      <c r="E777" t="s">
+        <v>11</v>
+      </c>
+      <c r="F777" s="1" t="s">
         <v>2813</v>
       </c>
-      <c r="D777" t="s">
-[...5 lines deleted...]
-      <c r="F777" s="1" t="s">
+      <c r="G777" t="s">
         <v>2814</v>
-      </c>
-[...1 lines deleted...]
-        <v>2815</v>
       </c>
     </row>
     <row r="778" spans="1:7">
       <c r="A778" t="s">
+        <v>2815</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C778" t="s">
         <v>2816</v>
       </c>
-      <c r="B778" t="s">
-[...2 lines deleted...]
-      <c r="C778" t="s">
+      <c r="D778" t="s">
+        <v>10</v>
+      </c>
+      <c r="E778" t="s">
+        <v>11</v>
+      </c>
+      <c r="F778" s="1" t="s">
         <v>2817</v>
       </c>
-      <c r="D778" t="s">
-[...5 lines deleted...]
-      <c r="F778" s="1" t="s">
+      <c r="G778" t="s">
         <v>2818</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="779" spans="1:7">
       <c r="A779" t="s">
         <v>2819</v>
       </c>
       <c r="B779" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C779" t="s">
         <v>2820</v>
       </c>
       <c r="D779" t="s">
         <v>10</v>
       </c>
       <c r="E779" t="s">
         <v>11</v>
       </c>
       <c r="F779" s="1" t="s">
         <v>2821</v>
       </c>
       <c r="G779" t="s">
         <v>2822</v>
       </c>
     </row>
     <row r="780" spans="1:7">
       <c r="A780" t="s">
         <v>2823</v>
       </c>
       <c r="B780" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C780" t="s">
         <v>2824</v>
       </c>
       <c r="D780" t="s">
         <v>10</v>
       </c>
       <c r="E780" t="s">
         <v>11</v>
       </c>
       <c r="F780" s="1" t="s">
         <v>2825</v>
       </c>
       <c r="G780" t="s">
-        <v>2019</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="781" spans="1:7">
       <c r="A781" t="s">
         <v>2826</v>
       </c>
       <c r="B781" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C781" t="s">
         <v>2827</v>
       </c>
       <c r="D781" t="s">
         <v>10</v>
       </c>
       <c r="E781" t="s">
         <v>11</v>
       </c>
       <c r="F781" s="1" t="s">
         <v>2828</v>
       </c>
       <c r="G781" t="s">
         <v>2829</v>
       </c>
     </row>
     <row r="782" spans="1:7">
       <c r="A782" t="s">
         <v>2830</v>
       </c>
       <c r="B782" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C782" t="s">
         <v>2831</v>
       </c>
       <c r="D782" t="s">
         <v>10</v>
       </c>
       <c r="E782" t="s">
         <v>11</v>
       </c>
       <c r="F782" s="1" t="s">
         <v>2832</v>
       </c>
       <c r="G782" t="s">
-        <v>1957</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="783" spans="1:7">
       <c r="A783" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="B783" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C783" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="D783" t="s">
         <v>10</v>
       </c>
       <c r="E783" t="s">
         <v>11</v>
       </c>
       <c r="F783" s="1" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="G783" t="s">
-        <v>2836</v>
+        <v>963</v>
       </c>
     </row>
     <row r="784" spans="1:7">
       <c r="A784" t="s">
         <v>2837</v>
       </c>
       <c r="B784" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C784" t="s">
         <v>2838</v>
       </c>
       <c r="D784" t="s">
         <v>10</v>
       </c>
       <c r="E784" t="s">
         <v>11</v>
       </c>
       <c r="F784" s="1" t="s">
         <v>2839</v>
       </c>
       <c r="G784" t="s">
         <v>2840</v>
       </c>
     </row>
     <row r="785" spans="1:7">
       <c r="A785" t="s">
         <v>2841</v>
       </c>
       <c r="B785" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C785" t="s">
         <v>2842</v>
       </c>
       <c r="D785" t="s">
         <v>10</v>
       </c>
       <c r="E785" t="s">
         <v>11</v>
       </c>
       <c r="F785" s="1" t="s">
         <v>2843</v>
       </c>
       <c r="G785" t="s">
-        <v>2844</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="786" spans="1:7">
       <c r="A786" t="s">
+        <v>2844</v>
+      </c>
+      <c r="B786" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C786" t="s">
         <v>2845</v>
       </c>
-      <c r="B786" t="s">
-[...2 lines deleted...]
-      <c r="C786" t="s">
+      <c r="D786" t="s">
+        <v>10</v>
+      </c>
+      <c r="E786" t="s">
+        <v>11</v>
+      </c>
+      <c r="F786" s="1" t="s">
         <v>2846</v>
       </c>
-      <c r="D786" t="s">
-[...5 lines deleted...]
-      <c r="F786" s="1" t="s">
+      <c r="G786" t="s">
         <v>2847</v>
-      </c>
-[...1 lines deleted...]
-        <v>2848</v>
       </c>
     </row>
     <row r="787" spans="1:7">
       <c r="A787" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C787" t="s">
         <v>2849</v>
       </c>
-      <c r="B787" t="s">
-[...2 lines deleted...]
-      <c r="C787" t="s">
+      <c r="D787" t="s">
+        <v>10</v>
+      </c>
+      <c r="E787" t="s">
+        <v>11</v>
+      </c>
+      <c r="F787" s="1" t="s">
         <v>2850</v>
       </c>
-      <c r="D787" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G787" t="s">
-        <v>2158</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="788" spans="1:7">
       <c r="A788" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B788" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C788" t="s">
         <v>2852</v>
       </c>
-      <c r="B788" t="s">
-[...2 lines deleted...]
-      <c r="C788" t="s">
+      <c r="D788" t="s">
+        <v>10</v>
+      </c>
+      <c r="E788" t="s">
+        <v>11</v>
+      </c>
+      <c r="F788" s="1" t="s">
         <v>2853</v>
       </c>
-      <c r="D788" t="s">
-[...5 lines deleted...]
-      <c r="F788" s="1" t="s">
+      <c r="G788" t="s">
         <v>2854</v>
-      </c>
-[...1 lines deleted...]
-        <v>2855</v>
       </c>
     </row>
     <row r="789" spans="1:7">
       <c r="A789" t="s">
+        <v>2855</v>
+      </c>
+      <c r="B789" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C789" t="s">
         <v>2856</v>
       </c>
-      <c r="B789" t="s">
-[...2 lines deleted...]
-      <c r="C789" t="s">
+      <c r="D789" t="s">
+        <v>10</v>
+      </c>
+      <c r="E789" t="s">
+        <v>11</v>
+      </c>
+      <c r="F789" s="1" t="s">
         <v>2857</v>
       </c>
-      <c r="D789" t="s">
-[...5 lines deleted...]
-      <c r="F789" s="1" t="s">
+      <c r="G789" t="s">
         <v>2858</v>
-      </c>
-[...1 lines deleted...]
-        <v>2859</v>
       </c>
     </row>
     <row r="790" spans="1:7">
       <c r="A790" t="s">
+        <v>2859</v>
+      </c>
+      <c r="B790" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C790" t="s">
         <v>2860</v>
       </c>
-      <c r="B790" t="s">
-[...2 lines deleted...]
-      <c r="C790" t="s">
+      <c r="D790" t="s">
+        <v>10</v>
+      </c>
+      <c r="E790" t="s">
+        <v>11</v>
+      </c>
+      <c r="F790" s="1" t="s">
         <v>2861</v>
       </c>
-      <c r="D790" t="s">
-[...5 lines deleted...]
-      <c r="F790" s="1" t="s">
+      <c r="G790" t="s">
         <v>2862</v>
-      </c>
-[...1 lines deleted...]
-        <v>2863</v>
       </c>
     </row>
     <row r="791" spans="1:7">
       <c r="A791" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C791" t="s">
         <v>2864</v>
       </c>
-      <c r="B791" t="s">
-[...2 lines deleted...]
-      <c r="C791" t="s">
+      <c r="D791" t="s">
+        <v>10</v>
+      </c>
+      <c r="E791" t="s">
+        <v>11</v>
+      </c>
+      <c r="F791" s="1" t="s">
         <v>2865</v>
       </c>
-      <c r="D791" t="s">
-[...5 lines deleted...]
-      <c r="F791" s="1" t="s">
+      <c r="G791" t="s">
         <v>2866</v>
-      </c>
-[...1 lines deleted...]
-        <v>1243</v>
       </c>
     </row>
     <row r="792" spans="1:7">
       <c r="A792" t="s">
         <v>2867</v>
       </c>
       <c r="B792" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C792" t="s">
         <v>2868</v>
       </c>
       <c r="D792" t="s">
         <v>10</v>
       </c>
       <c r="E792" t="s">
         <v>11</v>
       </c>
       <c r="F792" s="1" t="s">
         <v>2869</v>
       </c>
       <c r="G792" t="s">
-        <v>2870</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="793" spans="1:7">
       <c r="A793" t="s">
+        <v>2870</v>
+      </c>
+      <c r="B793" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C793" t="s">
         <v>2871</v>
       </c>
-      <c r="B793" t="s">
-[...2 lines deleted...]
-      <c r="C793" t="s">
+      <c r="D793" t="s">
+        <v>10</v>
+      </c>
+      <c r="E793" t="s">
+        <v>11</v>
+      </c>
+      <c r="F793" s="1" t="s">
         <v>2872</v>
       </c>
-      <c r="D793" t="s">
-[...5 lines deleted...]
-      <c r="F793" s="1" t="s">
+      <c r="G793" t="s">
         <v>2873</v>
-      </c>
-[...1 lines deleted...]
-        <v>2874</v>
       </c>
     </row>
     <row r="794" spans="1:7">
       <c r="A794" t="s">
+        <v>2874</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C794" t="s">
         <v>2875</v>
       </c>
-      <c r="B794" t="s">
-[...2 lines deleted...]
-      <c r="C794" t="s">
+      <c r="D794" t="s">
+        <v>10</v>
+      </c>
+      <c r="E794" t="s">
+        <v>11</v>
+      </c>
+      <c r="F794" s="1" t="s">
         <v>2876</v>
       </c>
-      <c r="D794" t="s">
-[...5 lines deleted...]
-      <c r="F794" s="1" t="s">
+      <c r="G794" t="s">
         <v>2877</v>
-      </c>
-[...1 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="795" spans="1:7">
       <c r="A795" t="s">
         <v>2878</v>
       </c>
       <c r="B795" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C795" t="s">
         <v>2879</v>
       </c>
       <c r="D795" t="s">
         <v>10</v>
       </c>
       <c r="E795" t="s">
         <v>11</v>
       </c>
       <c r="F795" s="1" t="s">
         <v>2880</v>
       </c>
       <c r="G795" t="s">
         <v>2881</v>
       </c>
     </row>
     <row r="796" spans="1:7">
       <c r="A796" t="s">
         <v>2882</v>
       </c>
       <c r="B796" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="C796" t="s">
         <v>2883</v>
       </c>
       <c r="D796" t="s">
         <v>10</v>
       </c>
       <c r="E796" t="s">
         <v>11</v>
       </c>
       <c r="F796" s="1" t="s">
         <v>2884</v>
       </c>
       <c r="G796" t="s">
-        <v>2885</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="797" spans="1:7">
       <c r="A797" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B797" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C797" t="s">
         <v>2886</v>
       </c>
-      <c r="B797" t="s">
-[...2 lines deleted...]
-      <c r="C797" t="s">
+      <c r="D797" t="s">
+        <v>10</v>
+      </c>
+      <c r="E797" t="s">
+        <v>11</v>
+      </c>
+      <c r="F797" s="1" t="s">
         <v>2887</v>
       </c>
-      <c r="D797" t="s">
-[...5 lines deleted...]
-      <c r="F797" s="1" t="s">
+      <c r="G797" t="s">
         <v>2888</v>
-      </c>
-[...1 lines deleted...]
-        <v>2889</v>
       </c>
     </row>
     <row r="798" spans="1:7">
       <c r="A798" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B798" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C798" t="s">
         <v>2890</v>
       </c>
-      <c r="B798" t="s">
-[...2 lines deleted...]
-      <c r="C798" t="s">
+      <c r="D798" t="s">
+        <v>10</v>
+      </c>
+      <c r="E798" t="s">
+        <v>11</v>
+      </c>
+      <c r="F798" s="1" t="s">
         <v>2891</v>
       </c>
-      <c r="D798" t="s">
-[...5 lines deleted...]
-      <c r="F798" s="1" t="s">
+      <c r="G798" t="s">
         <v>2892</v>
-      </c>
-[...1 lines deleted...]
-        <v>2893</v>
       </c>
     </row>
     <row r="799" spans="1:7">
       <c r="A799" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B799" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C799" t="s">
         <v>2894</v>
       </c>
-      <c r="B799" t="s">
-[...2 lines deleted...]
-      <c r="C799" t="s">
+      <c r="D799" t="s">
+        <v>10</v>
+      </c>
+      <c r="E799" t="s">
+        <v>11</v>
+      </c>
+      <c r="F799" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="D799" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G799" t="s">
-        <v>2897</v>
+        <v>2606</v>
       </c>
     </row>
     <row r="800" spans="1:7">
       <c r="A800" t="s">
+        <v>2896</v>
+      </c>
+      <c r="B800" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C800" t="s">
+        <v>2897</v>
+      </c>
+      <c r="D800" t="s">
+        <v>10</v>
+      </c>
+      <c r="E800" t="s">
+        <v>11</v>
+      </c>
+      <c r="F800" s="1" t="s">
         <v>2898</v>
       </c>
-      <c r="B800" t="s">
-[...2 lines deleted...]
-      <c r="C800" t="s">
+      <c r="G800" t="s">
         <v>2899</v>
-      </c>
-[...10 lines deleted...]
-        <v>2901</v>
       </c>
     </row>
     <row r="801" spans="1:7">
       <c r="A801" t="s">
+        <v>2900</v>
+      </c>
+      <c r="B801" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C801" t="s">
+        <v>2901</v>
+      </c>
+      <c r="D801" t="s">
+        <v>10</v>
+      </c>
+      <c r="E801" t="s">
+        <v>11</v>
+      </c>
+      <c r="F801" s="1" t="s">
         <v>2902</v>
       </c>
-      <c r="B801" t="s">
-[...2 lines deleted...]
-      <c r="C801" t="s">
+      <c r="G801" t="s">
         <v>2903</v>
-      </c>
-[...10 lines deleted...]
-        <v>2905</v>
       </c>
     </row>
     <row r="802" spans="1:7">
       <c r="A802" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B802" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C802" t="s">
+        <v>2905</v>
+      </c>
+      <c r="D802" t="s">
+        <v>10</v>
+      </c>
+      <c r="E802" t="s">
+        <v>11</v>
+      </c>
+      <c r="F802" s="1" t="s">
         <v>2906</v>
       </c>
-      <c r="B802" t="s">
-[...2 lines deleted...]
-      <c r="C802" t="s">
+      <c r="G802" t="s">
         <v>2907</v>
-      </c>
-[...10 lines deleted...]
-        <v>2909</v>
       </c>
     </row>
     <row r="803" spans="1:7">
       <c r="A803" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B803" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C803" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D803" t="s">
+        <v>10</v>
+      </c>
+      <c r="E803" t="s">
+        <v>11</v>
+      </c>
+      <c r="F803" s="1" t="s">
         <v>2910</v>
       </c>
-      <c r="B803" t="s">
-[...2 lines deleted...]
-      <c r="C803" t="s">
+      <c r="G803" t="s">
         <v>2911</v>
-      </c>
-[...10 lines deleted...]
-        <v>2913</v>
       </c>
     </row>
     <row r="804" spans="1:7">
       <c r="A804" t="s">
+        <v>2912</v>
+      </c>
+      <c r="B804" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C804" t="s">
+        <v>2913</v>
+      </c>
+      <c r="D804" t="s">
+        <v>10</v>
+      </c>
+      <c r="E804" t="s">
+        <v>11</v>
+      </c>
+      <c r="F804" s="1" t="s">
         <v>2914</v>
       </c>
-      <c r="B804" t="s">
-[...2 lines deleted...]
-      <c r="C804" t="s">
+      <c r="G804" t="s">
         <v>2915</v>
-      </c>
-[...10 lines deleted...]
-        <v>2917</v>
       </c>
     </row>
     <row r="805" spans="1:7">
       <c r="A805" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B805" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2917</v>
+      </c>
+      <c r="D805" t="s">
+        <v>10</v>
+      </c>
+      <c r="E805" t="s">
+        <v>11</v>
+      </c>
+      <c r="F805" s="1" t="s">
         <v>2918</v>
       </c>
-      <c r="B805" t="s">
-[...2 lines deleted...]
-      <c r="C805" t="s">
+      <c r="G805" t="s">
         <v>2919</v>
-      </c>
-[...10 lines deleted...]
-        <v>2921</v>
       </c>
     </row>
     <row r="806" spans="1:7">
       <c r="A806" t="s">
+        <v>2920</v>
+      </c>
+      <c r="B806" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C806" t="s">
+        <v>2921</v>
+      </c>
+      <c r="D806" t="s">
+        <v>10</v>
+      </c>
+      <c r="E806" t="s">
+        <v>11</v>
+      </c>
+      <c r="F806" s="1" t="s">
         <v>2922</v>
       </c>
-      <c r="B806" t="s">
-[...2 lines deleted...]
-      <c r="C806" t="s">
+      <c r="G806" t="s">
         <v>2923</v>
-      </c>
-[...10 lines deleted...]
-        <v>2925</v>
       </c>
     </row>
     <row r="807" spans="1:7">
       <c r="A807" t="s">
+        <v>2924</v>
+      </c>
+      <c r="B807" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C807" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D807" t="s">
+        <v>10</v>
+      </c>
+      <c r="E807" t="s">
+        <v>11</v>
+      </c>
+      <c r="F807" s="1" t="s">
         <v>2926</v>
       </c>
-      <c r="B807" t="s">
-[...2 lines deleted...]
-      <c r="C807" t="s">
+      <c r="G807" t="s">
         <v>2927</v>
-      </c>
-[...10 lines deleted...]
-        <v>2929</v>
       </c>
     </row>
     <row r="808" spans="1:7">
       <c r="A808" t="s">
+        <v>2928</v>
+      </c>
+      <c r="B808" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C808" t="s">
+        <v>2929</v>
+      </c>
+      <c r="D808" t="s">
+        <v>10</v>
+      </c>
+      <c r="E808" t="s">
+        <v>11</v>
+      </c>
+      <c r="F808" s="1" t="s">
         <v>2930</v>
       </c>
-      <c r="B808" t="s">
-[...2 lines deleted...]
-      <c r="C808" t="s">
+      <c r="G808" t="s">
         <v>2931</v>
-      </c>
-[...10 lines deleted...]
-        <v>2933</v>
       </c>
     </row>
     <row r="809" spans="1:7">
       <c r="A809" t="s">
+        <v>2932</v>
+      </c>
+      <c r="B809" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C809" t="s">
+        <v>2933</v>
+      </c>
+      <c r="D809" t="s">
+        <v>10</v>
+      </c>
+      <c r="E809" t="s">
+        <v>11</v>
+      </c>
+      <c r="F809" s="1" t="s">
         <v>2934</v>
       </c>
-      <c r="B809" t="s">
-[...2 lines deleted...]
-      <c r="C809" t="s">
+      <c r="G809" t="s">
         <v>2935</v>
-      </c>
-[...10 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="810" spans="1:7">
       <c r="A810" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B810" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C810" t="s">
         <v>2937</v>
       </c>
-      <c r="B810" t="s">
-[...2 lines deleted...]
-      <c r="C810" t="s">
+      <c r="D810" t="s">
+        <v>10</v>
+      </c>
+      <c r="E810" t="s">
+        <v>11</v>
+      </c>
+      <c r="F810" s="1" t="s">
         <v>2938</v>
       </c>
-      <c r="D810" t="s">
-[...5 lines deleted...]
-      <c r="F810" s="1" t="s">
+      <c r="G810" t="s">
         <v>2939</v>
-      </c>
-[...1 lines deleted...]
-        <v>2940</v>
       </c>
     </row>
     <row r="811" spans="1:7">
       <c r="A811" t="s">
+        <v>2940</v>
+      </c>
+      <c r="B811" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C811" t="s">
         <v>2941</v>
       </c>
-      <c r="B811" t="s">
-[...2 lines deleted...]
-      <c r="C811" t="s">
+      <c r="D811" t="s">
+        <v>10</v>
+      </c>
+      <c r="E811" t="s">
+        <v>11</v>
+      </c>
+      <c r="F811" s="1" t="s">
         <v>2942</v>
       </c>
-      <c r="D811" t="s">
-[...5 lines deleted...]
-      <c r="F811" s="1" t="s">
+      <c r="G811" t="s">
         <v>2943</v>
-      </c>
-[...1 lines deleted...]
-        <v>2944</v>
       </c>
     </row>
     <row r="812" spans="1:7">
       <c r="A812" t="s">
+        <v>2944</v>
+      </c>
+      <c r="B812" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C812" t="s">
         <v>2945</v>
       </c>
-      <c r="B812" t="s">
-[...2 lines deleted...]
-      <c r="C812" t="s">
+      <c r="D812" t="s">
+        <v>10</v>
+      </c>
+      <c r="E812" t="s">
+        <v>11</v>
+      </c>
+      <c r="F812" s="1" t="s">
         <v>2946</v>
       </c>
-      <c r="D812" t="s">
-[...5 lines deleted...]
-      <c r="F812" s="1" t="s">
+      <c r="G812" t="s">
         <v>2947</v>
-      </c>
-[...1 lines deleted...]
-        <v>2948</v>
       </c>
     </row>
     <row r="813" spans="1:7">
       <c r="A813" t="s">
+        <v>2948</v>
+      </c>
+      <c r="B813" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C813" t="s">
         <v>2949</v>
       </c>
-      <c r="B813" t="s">
-[...2 lines deleted...]
-      <c r="C813" t="s">
+      <c r="D813" t="s">
+        <v>10</v>
+      </c>
+      <c r="E813" t="s">
+        <v>11</v>
+      </c>
+      <c r="F813" s="1" t="s">
         <v>2950</v>
       </c>
-      <c r="D813" t="s">
-[...5 lines deleted...]
-      <c r="F813" s="1" t="s">
+      <c r="G813" t="s">
         <v>2951</v>
-      </c>
-[...1 lines deleted...]
-        <v>2952</v>
       </c>
     </row>
     <row r="814" spans="1:7">
       <c r="A814" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B814" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C814" t="s">
         <v>2953</v>
       </c>
-      <c r="B814" t="s">
-[...2 lines deleted...]
-      <c r="C814" t="s">
+      <c r="D814" t="s">
+        <v>10</v>
+      </c>
+      <c r="E814" t="s">
+        <v>11</v>
+      </c>
+      <c r="F814" s="1" t="s">
         <v>2954</v>
       </c>
-      <c r="D814" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G814" t="s">
-        <v>2158</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="815" spans="1:7">
       <c r="A815" t="s">
+        <v>2955</v>
+      </c>
+      <c r="B815" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C815" t="s">
         <v>2956</v>
       </c>
-      <c r="B815" t="s">
-[...2 lines deleted...]
-      <c r="C815" t="s">
+      <c r="D815" t="s">
+        <v>10</v>
+      </c>
+      <c r="E815" t="s">
+        <v>11</v>
+      </c>
+      <c r="F815" s="1" t="s">
         <v>2957</v>
       </c>
-      <c r="D815" t="s">
-[...5 lines deleted...]
-      <c r="F815" s="1" t="s">
+      <c r="G815" t="s">
         <v>2958</v>
-      </c>
-[...1 lines deleted...]
-        <v>2917</v>
       </c>
     </row>
     <row r="816" spans="1:7">
       <c r="A816" t="s">
         <v>2959</v>
       </c>
       <c r="B816" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C816" t="s">
         <v>2960</v>
       </c>
       <c r="D816" t="s">
         <v>10</v>
       </c>
       <c r="E816" t="s">
         <v>11</v>
       </c>
       <c r="F816" s="1" t="s">
         <v>2961</v>
       </c>
       <c r="G816" t="s">
         <v>2962</v>
       </c>
     </row>
     <row r="817" spans="1:7">
       <c r="A817" t="s">
         <v>2963</v>
       </c>
       <c r="B817" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C817" t="s">
         <v>2964</v>
       </c>
       <c r="D817" t="s">
         <v>10</v>
       </c>
       <c r="E817" t="s">
         <v>11</v>
       </c>
       <c r="F817" s="1" t="s">
         <v>2965</v>
       </c>
       <c r="G817" t="s">
-        <v>2917</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="818" spans="1:7">
       <c r="A818" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
       <c r="B818" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C818" t="s">
-        <v>2967</v>
+        <v>2968</v>
       </c>
       <c r="D818" t="s">
         <v>10</v>
       </c>
       <c r="E818" t="s">
         <v>11</v>
       </c>
       <c r="F818" s="1" t="s">
-        <v>2968</v>
+        <v>2969</v>
       </c>
       <c r="G818" t="s">
-        <v>2929</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="819" spans="1:7">
       <c r="A819" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="B819" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C819" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="D819" t="s">
         <v>10</v>
       </c>
       <c r="E819" t="s">
         <v>11</v>
       </c>
       <c r="F819" s="1" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="G819" t="s">
-        <v>2917</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="820" spans="1:7">
       <c r="A820" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="B820" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C820" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
       <c r="D820" t="s">
         <v>10</v>
       </c>
       <c r="E820" t="s">
         <v>11</v>
       </c>
       <c r="F820" s="1" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="G820" t="s">
-        <v>2975</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="821" spans="1:7">
       <c r="A821" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B821" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C821" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
       <c r="D821" t="s">
         <v>10</v>
       </c>
       <c r="E821" t="s">
         <v>11</v>
       </c>
       <c r="F821" s="1" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="G821" t="s">
-        <v>2917</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="822" spans="1:7">
       <c r="A822" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="B822" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C822" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
       <c r="D822" t="s">
         <v>10</v>
       </c>
       <c r="E822" t="s">
         <v>11</v>
       </c>
       <c r="F822" s="1" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="G822" t="s">
-        <v>2982</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="823" spans="1:7">
       <c r="A823" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="B823" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C823" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="D823" t="s">
         <v>10</v>
       </c>
       <c r="E823" t="s">
         <v>11</v>
       </c>
       <c r="F823" s="1" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
       <c r="G823" t="s">
-        <v>2917</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="824" spans="1:7">
       <c r="A824" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B824" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C824" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="D824" t="s">
         <v>10</v>
       </c>
       <c r="E824" t="s">
         <v>11</v>
       </c>
       <c r="F824" s="1" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="G824" t="s">
-        <v>2989</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="825" spans="1:7">
       <c r="A825" t="s">
         <v>2990</v>
       </c>
       <c r="B825" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C825" t="s">
         <v>2991</v>
       </c>
       <c r="D825" t="s">
         <v>10</v>
       </c>
       <c r="E825" t="s">
         <v>11</v>
       </c>
       <c r="F825" s="1" t="s">
         <v>2992</v>
       </c>
       <c r="G825" t="s">
         <v>2993</v>
       </c>
     </row>
     <row r="826" spans="1:7">
       <c r="A826" t="s">
         <v>2994</v>
       </c>
       <c r="B826" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C826" t="s">
         <v>2995</v>
       </c>
       <c r="D826" t="s">
         <v>10</v>
       </c>
       <c r="E826" t="s">
         <v>11</v>
       </c>
       <c r="F826" s="1" t="s">
         <v>2996</v>
       </c>
       <c r="G826" t="s">
-        <v>2664</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="827" spans="1:7">
       <c r="A827" t="s">
         <v>2997</v>
       </c>
       <c r="B827" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C827" t="s">
         <v>2998</v>
       </c>
       <c r="D827" t="s">
         <v>10</v>
       </c>
       <c r="E827" t="s">
         <v>11</v>
       </c>
       <c r="F827" s="1" t="s">
         <v>2999</v>
       </c>
       <c r="G827" t="s">
         <v>3000</v>
       </c>
     </row>
     <row r="828" spans="1:7">
       <c r="A828" t="s">
         <v>3001</v>
       </c>
       <c r="B828" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C828" t="s">
         <v>3002</v>
       </c>
       <c r="D828" t="s">
         <v>10</v>
       </c>
       <c r="E828" t="s">
         <v>11</v>
       </c>
       <c r="F828" s="1" t="s">
         <v>3003</v>
       </c>
       <c r="G828" t="s">
-        <v>3004</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="829" spans="1:7">
       <c r="A829" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B829" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C829" t="s">
         <v>3005</v>
       </c>
-      <c r="B829" t="s">
-[...2 lines deleted...]
-      <c r="C829" t="s">
+      <c r="D829" t="s">
+        <v>10</v>
+      </c>
+      <c r="E829" t="s">
+        <v>11</v>
+      </c>
+      <c r="F829" s="1" t="s">
         <v>3006</v>
       </c>
-      <c r="D829" t="s">
-[...5 lines deleted...]
-      <c r="F829" s="1" t="s">
+      <c r="G829" t="s">
         <v>3007</v>
-      </c>
-[...1 lines deleted...]
-        <v>3008</v>
       </c>
     </row>
     <row r="830" spans="1:7">
       <c r="A830" t="s">
+        <v>3008</v>
+      </c>
+      <c r="B830" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C830" t="s">
         <v>3009</v>
       </c>
-      <c r="B830" t="s">
-[...2 lines deleted...]
-      <c r="C830" t="s">
+      <c r="D830" t="s">
+        <v>10</v>
+      </c>
+      <c r="E830" t="s">
+        <v>11</v>
+      </c>
+      <c r="F830" s="1" t="s">
         <v>3010</v>
       </c>
-      <c r="D830" t="s">
-[...5 lines deleted...]
-      <c r="F830" s="1" t="s">
+      <c r="G830" t="s">
         <v>3011</v>
-      </c>
-[...1 lines deleted...]
-        <v>2917</v>
       </c>
     </row>
     <row r="831" spans="1:7">
       <c r="A831" t="s">
         <v>3012</v>
       </c>
       <c r="B831" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C831" t="s">
         <v>3013</v>
       </c>
       <c r="D831" t="s">
         <v>10</v>
       </c>
       <c r="E831" t="s">
         <v>11</v>
       </c>
       <c r="F831" s="1" t="s">
         <v>3014</v>
       </c>
       <c r="G831" t="s">
-        <v>2989</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="832" spans="1:7">
       <c r="A832" t="s">
         <v>3015</v>
       </c>
       <c r="B832" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C832" t="s">
         <v>3016</v>
       </c>
       <c r="D832" t="s">
         <v>10</v>
       </c>
       <c r="E832" t="s">
         <v>11</v>
       </c>
       <c r="F832" s="1" t="s">
         <v>3017</v>
       </c>
       <c r="G832" t="s">
         <v>3018</v>
       </c>
     </row>
     <row r="833" spans="1:7">
       <c r="A833" t="s">
         <v>3019</v>
       </c>
       <c r="B833" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C833" t="s">
         <v>3020</v>
       </c>
       <c r="D833" t="s">
         <v>10</v>
       </c>
       <c r="E833" t="s">
         <v>11</v>
       </c>
       <c r="F833" s="1" t="s">
         <v>3021</v>
       </c>
       <c r="G833" t="s">
         <v>3022</v>
       </c>
     </row>
     <row r="834" spans="1:7">
       <c r="A834" t="s">
         <v>3023</v>
       </c>
       <c r="B834" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C834" t="s">
         <v>3024</v>
       </c>
       <c r="D834" t="s">
         <v>10</v>
       </c>
       <c r="E834" t="s">
         <v>11</v>
       </c>
       <c r="F834" s="1" t="s">
         <v>3025</v>
       </c>
       <c r="G834" t="s">
-        <v>2982</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="835" spans="1:7">
       <c r="A835" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="B835" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C835" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="D835" t="s">
         <v>10</v>
       </c>
       <c r="E835" t="s">
         <v>11</v>
       </c>
       <c r="F835" s="1" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="G835" t="s">
-        <v>3029</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="836" spans="1:7">
       <c r="A836" t="s">
         <v>3030</v>
       </c>
       <c r="B836" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C836" t="s">
         <v>3031</v>
       </c>
       <c r="D836" t="s">
         <v>10</v>
       </c>
       <c r="E836" t="s">
         <v>11</v>
       </c>
       <c r="F836" s="1" t="s">
         <v>3032</v>
       </c>
       <c r="G836" t="s">
-        <v>2917</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="837" spans="1:7">
       <c r="A837" t="s">
         <v>3033</v>
       </c>
       <c r="B837" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C837" t="s">
         <v>3034</v>
       </c>
       <c r="D837" t="s">
         <v>10</v>
       </c>
       <c r="E837" t="s">
         <v>11</v>
       </c>
       <c r="F837" s="1" t="s">
         <v>3035</v>
       </c>
       <c r="G837" t="s">
-        <v>2989</v>
+        <v>3036</v>
       </c>
     </row>
     <row r="838" spans="1:7">
       <c r="A838" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="B838" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C838" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="D838" t="s">
         <v>10</v>
       </c>
       <c r="E838" t="s">
         <v>11</v>
       </c>
       <c r="F838" s="1" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
       <c r="G838" t="s">
-        <v>2917</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="839" spans="1:7">
       <c r="A839" t="s">
-        <v>3039</v>
+        <v>3041</v>
       </c>
       <c r="B839" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C839" t="s">
-        <v>3040</v>
+        <v>3042</v>
       </c>
       <c r="D839" t="s">
         <v>10</v>
       </c>
       <c r="E839" t="s">
         <v>11</v>
       </c>
       <c r="F839" s="1" t="s">
-        <v>3041</v>
+        <v>3043</v>
       </c>
       <c r="G839" t="s">
-        <v>2989</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="840" spans="1:7">
       <c r="A840" t="s">
-        <v>3042</v>
+        <v>3044</v>
       </c>
       <c r="B840" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C840" t="s">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="D840" t="s">
         <v>10</v>
       </c>
       <c r="E840" t="s">
         <v>11</v>
       </c>
       <c r="F840" s="1" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
       <c r="G840" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
     </row>
     <row r="841" spans="1:7">
       <c r="A841" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="B841" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C841" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="D841" t="s">
         <v>10</v>
       </c>
       <c r="E841" t="s">
         <v>11</v>
       </c>
       <c r="F841" s="1" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="G841" t="s">
-        <v>2982</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="842" spans="1:7">
       <c r="A842" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="B842" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C842" t="s">
-        <v>3050</v>
+        <v>3052</v>
       </c>
       <c r="D842" t="s">
         <v>10</v>
       </c>
       <c r="E842" t="s">
         <v>11</v>
       </c>
       <c r="F842" s="1" t="s">
-        <v>3051</v>
+        <v>3053</v>
       </c>
       <c r="G842" t="s">
-        <v>3052</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="843" spans="1:7">
       <c r="A843" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="B843" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C843" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="D843" t="s">
         <v>10</v>
       </c>
       <c r="E843" t="s">
         <v>11</v>
       </c>
       <c r="F843" s="1" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="G843" t="s">
-        <v>3056</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="844" spans="1:7">
       <c r="A844" t="s">
         <v>3057</v>
       </c>
       <c r="B844" t="s">
-        <v>990</v>
+        <v>1008</v>
       </c>
       <c r="C844" t="s">
         <v>3058</v>
       </c>
       <c r="D844" t="s">
         <v>10</v>
       </c>
       <c r="E844" t="s">
         <v>11</v>
       </c>
       <c r="F844" s="1" t="s">
         <v>3059</v>
       </c>
       <c r="G844" t="s">
-        <v>3060</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="845" spans="1:7">
       <c r="A845" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B845" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C845" t="s">
         <v>3061</v>
       </c>
-      <c r="B845" t="s">
-[...2 lines deleted...]
-      <c r="C845" t="s">
+      <c r="D845" t="s">
+        <v>10</v>
+      </c>
+      <c r="E845" t="s">
+        <v>11</v>
+      </c>
+      <c r="F845" s="1" t="s">
         <v>3062</v>
       </c>
-      <c r="D845" t="s">
-[...5 lines deleted...]
-      <c r="F845" s="1" t="s">
+      <c r="G845" t="s">
         <v>3063</v>
-      </c>
-[...1 lines deleted...]
-        <v>3064</v>
       </c>
     </row>
     <row r="846" spans="1:7">
       <c r="A846" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B846" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C846" t="s">
         <v>3065</v>
       </c>
-      <c r="B846" t="s">
-[...2 lines deleted...]
-      <c r="C846" t="s">
+      <c r="D846" t="s">
+        <v>10</v>
+      </c>
+      <c r="E846" t="s">
+        <v>11</v>
+      </c>
+      <c r="F846" s="1" t="s">
         <v>3066</v>
       </c>
-      <c r="D846" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G846" t="s">
-        <v>3068</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="847" spans="1:7">
       <c r="A847" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B847" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C847" t="s">
+        <v>3068</v>
+      </c>
+      <c r="D847" t="s">
+        <v>10</v>
+      </c>
+      <c r="E847" t="s">
+        <v>11</v>
+      </c>
+      <c r="F847" s="1" t="s">
         <v>3069</v>
       </c>
-      <c r="B847" t="s">
-[...2 lines deleted...]
-      <c r="C847" t="s">
+      <c r="G847" t="s">
         <v>3070</v>
-      </c>
-[...10 lines deleted...]
-        <v>3072</v>
       </c>
     </row>
     <row r="848" spans="1:7">
       <c r="A848" t="s">
+        <v>3071</v>
+      </c>
+      <c r="B848" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C848" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D848" t="s">
+        <v>10</v>
+      </c>
+      <c r="E848" t="s">
+        <v>11</v>
+      </c>
+      <c r="F848" s="1" t="s">
         <v>3073</v>
       </c>
-      <c r="B848" t="s">
-[...2 lines deleted...]
-      <c r="C848" t="s">
+      <c r="G848" t="s">
         <v>3074</v>
-      </c>
-[...10 lines deleted...]
-        <v>3076</v>
       </c>
     </row>
     <row r="849" spans="1:7">
       <c r="A849" t="s">
+        <v>3075</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C849" t="s">
+        <v>3076</v>
+      </c>
+      <c r="D849" t="s">
+        <v>10</v>
+      </c>
+      <c r="E849" t="s">
+        <v>11</v>
+      </c>
+      <c r="F849" s="1" t="s">
         <v>3077</v>
       </c>
-      <c r="B849" t="s">
-[...2 lines deleted...]
-      <c r="C849" t="s">
+      <c r="G849" t="s">
         <v>3078</v>
-      </c>
-[...10 lines deleted...]
-        <v>3080</v>
       </c>
     </row>
     <row r="850" spans="1:7">
       <c r="A850" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C850" t="s">
+        <v>3080</v>
+      </c>
+      <c r="D850" t="s">
+        <v>10</v>
+      </c>
+      <c r="E850" t="s">
+        <v>11</v>
+      </c>
+      <c r="F850" s="1" t="s">
         <v>3081</v>
       </c>
-      <c r="B850" t="s">
-[...2 lines deleted...]
-      <c r="C850" t="s">
+      <c r="G850" t="s">
         <v>3082</v>
-      </c>
-[...10 lines deleted...]
-        <v>2982</v>
       </c>
     </row>
     <row r="851" spans="1:7">
       <c r="A851" t="s">
+        <v>3083</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C851" t="s">
         <v>3084</v>
       </c>
-      <c r="B851" t="s">
-[...2 lines deleted...]
-      <c r="C851" t="s">
+      <c r="D851" t="s">
+        <v>10</v>
+      </c>
+      <c r="E851" t="s">
+        <v>11</v>
+      </c>
+      <c r="F851" s="1" t="s">
         <v>3085</v>
       </c>
-      <c r="D851" t="s">
-[...5 lines deleted...]
-      <c r="F851" s="1" t="s">
+      <c r="G851" t="s">
         <v>3086</v>
-      </c>
-[...1 lines deleted...]
-        <v>3087</v>
       </c>
     </row>
     <row r="852" spans="1:7">
       <c r="A852" t="s">
+        <v>3087</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C852" t="s">
         <v>3088</v>
       </c>
-      <c r="B852" t="s">
-[...2 lines deleted...]
-      <c r="C852" t="s">
+      <c r="D852" t="s">
+        <v>10</v>
+      </c>
+      <c r="E852" t="s">
+        <v>11</v>
+      </c>
+      <c r="F852" s="1" t="s">
         <v>3089</v>
       </c>
-      <c r="D852" t="s">
-[...5 lines deleted...]
-      <c r="F852" s="1" t="s">
+      <c r="G852" t="s">
         <v>3090</v>
-      </c>
-[...1 lines deleted...]
-        <v>3091</v>
       </c>
     </row>
     <row r="853" spans="1:7">
       <c r="A853" t="s">
+        <v>3091</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C853" t="s">
         <v>3092</v>
       </c>
-      <c r="B853" t="s">
-[...2 lines deleted...]
-      <c r="C853" t="s">
+      <c r="D853" t="s">
+        <v>10</v>
+      </c>
+      <c r="E853" t="s">
+        <v>11</v>
+      </c>
+      <c r="F853" s="1" t="s">
         <v>3093</v>
       </c>
-      <c r="D853" t="s">
-[...5 lines deleted...]
-      <c r="F853" s="1" t="s">
+      <c r="G853" t="s">
         <v>3094</v>
-      </c>
-[...1 lines deleted...]
-        <v>3095</v>
       </c>
     </row>
     <row r="854" spans="1:7">
       <c r="A854" t="s">
+        <v>3095</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C854" t="s">
         <v>3096</v>
       </c>
-      <c r="B854" t="s">
-[...2 lines deleted...]
-      <c r="C854" t="s">
+      <c r="D854" t="s">
+        <v>10</v>
+      </c>
+      <c r="E854" t="s">
+        <v>11</v>
+      </c>
+      <c r="F854" s="1" t="s">
         <v>3097</v>
       </c>
-      <c r="D854" t="s">
-[...5 lines deleted...]
-      <c r="F854" s="1" t="s">
+      <c r="G854" t="s">
         <v>3098</v>
-      </c>
-[...1 lines deleted...]
-        <v>3099</v>
       </c>
     </row>
     <row r="855" spans="1:7">
       <c r="A855" t="s">
+        <v>3099</v>
+      </c>
+      <c r="B855" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C855" t="s">
         <v>3100</v>
       </c>
-      <c r="B855" t="s">
-[...2 lines deleted...]
-      <c r="C855" t="s">
+      <c r="D855" t="s">
+        <v>10</v>
+      </c>
+      <c r="E855" t="s">
+        <v>11</v>
+      </c>
+      <c r="F855" s="1" t="s">
         <v>3101</v>
       </c>
-      <c r="D855" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G855" t="s">
-        <v>3103</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="856" spans="1:7">
       <c r="A856" t="s">
+        <v>3102</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C856" t="s">
+        <v>3103</v>
+      </c>
+      <c r="D856" t="s">
+        <v>10</v>
+      </c>
+      <c r="E856" t="s">
+        <v>11</v>
+      </c>
+      <c r="F856" s="1" t="s">
         <v>3104</v>
       </c>
-      <c r="B856" t="s">
-[...2 lines deleted...]
-      <c r="C856" t="s">
+      <c r="G856" t="s">
         <v>3105</v>
-      </c>
-[...10 lines deleted...]
-        <v>3045</v>
       </c>
     </row>
     <row r="857" spans="1:7">
       <c r="A857" t="s">
+        <v>3106</v>
+      </c>
+      <c r="B857" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C857" t="s">
         <v>3107</v>
       </c>
-      <c r="B857" t="s">
-[...2 lines deleted...]
-      <c r="C857" t="s">
+      <c r="D857" t="s">
+        <v>10</v>
+      </c>
+      <c r="E857" t="s">
+        <v>11</v>
+      </c>
+      <c r="F857" s="1" t="s">
         <v>3108</v>
       </c>
-      <c r="D857" t="s">
-[...5 lines deleted...]
-      <c r="F857" s="1" t="s">
+      <c r="G857" t="s">
         <v>3109</v>
-      </c>
-[...1 lines deleted...]
-        <v>3110</v>
       </c>
     </row>
     <row r="858" spans="1:7">
       <c r="A858" t="s">
+        <v>3110</v>
+      </c>
+      <c r="B858" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C858" t="s">
         <v>3111</v>
       </c>
-      <c r="B858" t="s">
-[...2 lines deleted...]
-      <c r="C858" t="s">
+      <c r="D858" t="s">
+        <v>10</v>
+      </c>
+      <c r="E858" t="s">
+        <v>11</v>
+      </c>
+      <c r="F858" s="1" t="s">
         <v>3112</v>
       </c>
-      <c r="D858" t="s">
-[...5 lines deleted...]
-      <c r="F858" s="1" t="s">
+      <c r="G858" t="s">
         <v>3113</v>
-      </c>
-[...1 lines deleted...]
-        <v>3114</v>
       </c>
     </row>
     <row r="859" spans="1:7">
       <c r="A859" t="s">
+        <v>3114</v>
+      </c>
+      <c r="B859" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C859" t="s">
         <v>3115</v>
       </c>
-      <c r="B859" t="s">
-[...2 lines deleted...]
-      <c r="C859" t="s">
+      <c r="D859" t="s">
+        <v>10</v>
+      </c>
+      <c r="E859" t="s">
+        <v>11</v>
+      </c>
+      <c r="F859" s="1" t="s">
         <v>3116</v>
       </c>
-      <c r="D859" t="s">
-[...5 lines deleted...]
-      <c r="F859" s="1" t="s">
+      <c r="G859" t="s">
         <v>3117</v>
-      </c>
-[...1 lines deleted...]
-        <v>3118</v>
       </c>
     </row>
     <row r="860" spans="1:7">
       <c r="A860" t="s">
+        <v>3118</v>
+      </c>
+      <c r="B860" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C860" t="s">
         <v>3119</v>
       </c>
-      <c r="B860" t="s">
-[...2 lines deleted...]
-      <c r="C860" t="s">
+      <c r="D860" t="s">
+        <v>10</v>
+      </c>
+      <c r="E860" t="s">
+        <v>11</v>
+      </c>
+      <c r="F860" s="1" t="s">
         <v>3120</v>
       </c>
-      <c r="D860" t="s">
-[...5 lines deleted...]
-      <c r="F860" s="1" t="s">
+      <c r="G860" t="s">
         <v>3121</v>
-      </c>
-[...1 lines deleted...]
-        <v>3122</v>
       </c>
     </row>
     <row r="861" spans="1:7">
       <c r="A861" t="s">
+        <v>3122</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C861" t="s">
         <v>3123</v>
       </c>
-      <c r="B861" t="s">
-[...2 lines deleted...]
-      <c r="C861" t="s">
+      <c r="D861" t="s">
+        <v>10</v>
+      </c>
+      <c r="E861" t="s">
+        <v>11</v>
+      </c>
+      <c r="F861" s="1" t="s">
         <v>3124</v>
       </c>
-      <c r="D861" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G861" t="s">
-        <v>3126</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="862" spans="1:7">
       <c r="A862" t="s">
+        <v>3125</v>
+      </c>
+      <c r="B862" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C862" t="s">
+        <v>3126</v>
+      </c>
+      <c r="D862" t="s">
+        <v>10</v>
+      </c>
+      <c r="E862" t="s">
+        <v>11</v>
+      </c>
+      <c r="F862" s="1" t="s">
         <v>3127</v>
       </c>
-      <c r="B862" t="s">
-[...2 lines deleted...]
-      <c r="C862" t="s">
+      <c r="G862" t="s">
         <v>3128</v>
-      </c>
-[...10 lines deleted...]
-        <v>3130</v>
       </c>
     </row>
     <row r="863" spans="1:7">
       <c r="A863" t="s">
+        <v>3129</v>
+      </c>
+      <c r="B863" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C863" t="s">
+        <v>3130</v>
+      </c>
+      <c r="D863" t="s">
+        <v>10</v>
+      </c>
+      <c r="E863" t="s">
+        <v>11</v>
+      </c>
+      <c r="F863" s="1" t="s">
         <v>3131</v>
       </c>
-      <c r="B863" t="s">
-[...2 lines deleted...]
-      <c r="C863" t="s">
+      <c r="G863" t="s">
         <v>3132</v>
-      </c>
-[...10 lines deleted...]
-        <v>3134</v>
       </c>
     </row>
     <row r="864" spans="1:7">
       <c r="A864" t="s">
+        <v>3133</v>
+      </c>
+      <c r="B864" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C864" t="s">
+        <v>3134</v>
+      </c>
+      <c r="D864" t="s">
+        <v>10</v>
+      </c>
+      <c r="E864" t="s">
+        <v>11</v>
+      </c>
+      <c r="F864" s="1" t="s">
         <v>3135</v>
       </c>
-      <c r="B864" t="s">
-[...2 lines deleted...]
-      <c r="C864" t="s">
+      <c r="G864" t="s">
         <v>3136</v>
-      </c>
-[...10 lines deleted...]
-        <v>3138</v>
       </c>
     </row>
     <row r="865" spans="1:7">
       <c r="A865" t="s">
+        <v>3137</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C865" t="s">
+        <v>3138</v>
+      </c>
+      <c r="D865" t="s">
+        <v>10</v>
+      </c>
+      <c r="E865" t="s">
+        <v>11</v>
+      </c>
+      <c r="F865" s="1" t="s">
         <v>3139</v>
       </c>
-      <c r="B865" t="s">
-[...2 lines deleted...]
-      <c r="C865" t="s">
+      <c r="G865" t="s">
         <v>3140</v>
-      </c>
-[...10 lines deleted...]
-        <v>3142</v>
       </c>
     </row>
     <row r="866" spans="1:7">
       <c r="A866" t="s">
+        <v>3141</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C866" t="s">
+        <v>3142</v>
+      </c>
+      <c r="D866" t="s">
+        <v>10</v>
+      </c>
+      <c r="E866" t="s">
+        <v>11</v>
+      </c>
+      <c r="F866" s="1" t="s">
         <v>3143</v>
       </c>
-      <c r="B866" t="s">
-[...2 lines deleted...]
-      <c r="C866" t="s">
+      <c r="G866" t="s">
         <v>3144</v>
-      </c>
-[...10 lines deleted...]
-        <v>3146</v>
       </c>
     </row>
     <row r="867" spans="1:7">
       <c r="A867" t="s">
+        <v>3145</v>
+      </c>
+      <c r="B867" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C867" t="s">
+        <v>3146</v>
+      </c>
+      <c r="D867" t="s">
+        <v>10</v>
+      </c>
+      <c r="E867" t="s">
+        <v>11</v>
+      </c>
+      <c r="F867" s="1" t="s">
         <v>3147</v>
       </c>
-      <c r="B867" t="s">
-[...2 lines deleted...]
-      <c r="C867" t="s">
+      <c r="G867" t="s">
         <v>3148</v>
-      </c>
-[...10 lines deleted...]
-        <v>3150</v>
       </c>
     </row>
     <row r="868" spans="1:7">
       <c r="A868" t="s">
+        <v>3149</v>
+      </c>
+      <c r="B868" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C868" t="s">
+        <v>3150</v>
+      </c>
+      <c r="D868" t="s">
+        <v>10</v>
+      </c>
+      <c r="E868" t="s">
+        <v>11</v>
+      </c>
+      <c r="F868" s="1" t="s">
         <v>3151</v>
       </c>
-      <c r="B868" t="s">
-[...2 lines deleted...]
-      <c r="C868" t="s">
+      <c r="G868" t="s">
         <v>3152</v>
-      </c>
-[...10 lines deleted...]
-        <v>3154</v>
       </c>
     </row>
     <row r="869" spans="1:7">
       <c r="A869" t="s">
+        <v>3153</v>
+      </c>
+      <c r="B869" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C869" t="s">
+        <v>3154</v>
+      </c>
+      <c r="D869" t="s">
+        <v>10</v>
+      </c>
+      <c r="E869" t="s">
+        <v>11</v>
+      </c>
+      <c r="F869" s="1" t="s">
         <v>3155</v>
       </c>
-      <c r="B869" t="s">
-[...2 lines deleted...]
-      <c r="C869" t="s">
+      <c r="G869" t="s">
         <v>3156</v>
-      </c>
-[...10 lines deleted...]
-        <v>3158</v>
       </c>
     </row>
     <row r="870" spans="1:7">
       <c r="A870" t="s">
+        <v>3157</v>
+      </c>
+      <c r="B870" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C870" t="s">
+        <v>3158</v>
+      </c>
+      <c r="D870" t="s">
+        <v>10</v>
+      </c>
+      <c r="E870" t="s">
+        <v>11</v>
+      </c>
+      <c r="F870" s="1" t="s">
         <v>3159</v>
       </c>
-      <c r="B870" t="s">
-[...2 lines deleted...]
-      <c r="C870" t="s">
+      <c r="G870" t="s">
         <v>3160</v>
-      </c>
-[...10 lines deleted...]
-        <v>3162</v>
       </c>
     </row>
     <row r="871" spans="1:7">
       <c r="A871" t="s">
+        <v>3161</v>
+      </c>
+      <c r="B871" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C871" t="s">
+        <v>3162</v>
+      </c>
+      <c r="D871" t="s">
+        <v>10</v>
+      </c>
+      <c r="E871" t="s">
+        <v>11</v>
+      </c>
+      <c r="F871" s="1" t="s">
         <v>3163</v>
       </c>
-      <c r="B871" t="s">
-[...2 lines deleted...]
-      <c r="C871" t="s">
+      <c r="G871" t="s">
         <v>3164</v>
-      </c>
-[...10 lines deleted...]
-        <v>3166</v>
       </c>
     </row>
     <row r="872" spans="1:7">
       <c r="A872" t="s">
+        <v>3165</v>
+      </c>
+      <c r="B872" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C872" t="s">
+        <v>3166</v>
+      </c>
+      <c r="D872" t="s">
+        <v>10</v>
+      </c>
+      <c r="E872" t="s">
+        <v>11</v>
+      </c>
+      <c r="F872" s="1" t="s">
         <v>3167</v>
       </c>
-      <c r="B872" t="s">
-[...2 lines deleted...]
-      <c r="C872" t="s">
+      <c r="G872" t="s">
         <v>3168</v>
-      </c>
-[...10 lines deleted...]
-        <v>3170</v>
       </c>
     </row>
     <row r="873" spans="1:7">
       <c r="A873" t="s">
+        <v>3169</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C873" t="s">
+        <v>3170</v>
+      </c>
+      <c r="D873" t="s">
+        <v>10</v>
+      </c>
+      <c r="E873" t="s">
+        <v>11</v>
+      </c>
+      <c r="F873" s="1" t="s">
         <v>3171</v>
       </c>
-      <c r="B873" t="s">
-[...2 lines deleted...]
-      <c r="C873" t="s">
+      <c r="G873" t="s">
         <v>3172</v>
-      </c>
-[...10 lines deleted...]
-        <v>3174</v>
       </c>
     </row>
     <row r="874" spans="1:7">
       <c r="A874" t="s">
+        <v>3173</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C874" t="s">
+        <v>3174</v>
+      </c>
+      <c r="D874" t="s">
+        <v>10</v>
+      </c>
+      <c r="E874" t="s">
+        <v>11</v>
+      </c>
+      <c r="F874" s="1" t="s">
         <v>3175</v>
       </c>
-      <c r="B874" t="s">
-[...2 lines deleted...]
-      <c r="C874" t="s">
+      <c r="G874" t="s">
         <v>3176</v>
-      </c>
-[...10 lines deleted...]
-        <v>3091</v>
       </c>
     </row>
     <row r="875" spans="1:7">
       <c r="A875" t="s">
+        <v>3177</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C875" t="s">
         <v>3178</v>
       </c>
-      <c r="B875" t="s">
-[...2 lines deleted...]
-      <c r="C875" t="s">
+      <c r="D875" t="s">
+        <v>10</v>
+      </c>
+      <c r="E875" t="s">
+        <v>11</v>
+      </c>
+      <c r="F875" s="1" t="s">
         <v>3179</v>
       </c>
-      <c r="D875" t="s">
-[...5 lines deleted...]
-      <c r="F875" s="1" t="s">
+      <c r="G875" t="s">
         <v>3180</v>
-      </c>
-[...1 lines deleted...]
-        <v>3181</v>
       </c>
     </row>
     <row r="876" spans="1:7">
       <c r="A876" t="s">
+        <v>3181</v>
+      </c>
+      <c r="B876" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C876" t="s">
         <v>3182</v>
       </c>
-      <c r="B876" t="s">
-[...2 lines deleted...]
-      <c r="C876" t="s">
+      <c r="D876" t="s">
+        <v>10</v>
+      </c>
+      <c r="E876" t="s">
+        <v>11</v>
+      </c>
+      <c r="F876" s="1" t="s">
         <v>3183</v>
       </c>
-      <c r="D876" t="s">
-[...5 lines deleted...]
-      <c r="F876" s="1" t="s">
+      <c r="G876" t="s">
         <v>3184</v>
-      </c>
-[...1 lines deleted...]
-        <v>3185</v>
       </c>
     </row>
     <row r="877" spans="1:7">
       <c r="A877" t="s">
+        <v>3185</v>
+      </c>
+      <c r="B877" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C877" t="s">
         <v>3186</v>
       </c>
-      <c r="B877" t="s">
-[...2 lines deleted...]
-      <c r="C877" t="s">
+      <c r="D877" t="s">
+        <v>10</v>
+      </c>
+      <c r="E877" t="s">
+        <v>11</v>
+      </c>
+      <c r="F877" s="1" t="s">
         <v>3187</v>
       </c>
-      <c r="D877" t="s">
-[...5 lines deleted...]
-      <c r="F877" s="1" t="s">
+      <c r="G877" t="s">
         <v>3188</v>
-      </c>
-[...1 lines deleted...]
-        <v>3189</v>
       </c>
     </row>
     <row r="878" spans="1:7">
       <c r="A878" t="s">
-        <v>778</v>
+        <v>3189</v>
       </c>
       <c r="B878" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="C878" t="s">
         <v>3190</v>
       </c>
       <c r="D878" t="s">
         <v>10</v>
       </c>
       <c r="E878" t="s">
         <v>11</v>
       </c>
       <c r="F878" s="1" t="s">
         <v>3191</v>
       </c>
       <c r="G878" t="s">
         <v>3192</v>
       </c>
     </row>
     <row r="879" spans="1:7">
       <c r="A879" t="s">
         <v>3193</v>
       </c>
       <c r="B879" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="C879" t="s">
         <v>3194</v>
       </c>
       <c r="D879" t="s">
         <v>10</v>
       </c>
       <c r="E879" t="s">
         <v>11</v>
       </c>
       <c r="F879" s="1" t="s">
         <v>3195</v>
       </c>
       <c r="G879" t="s">
-        <v>3196</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="880" spans="1:7">
       <c r="A880" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B880" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C880" t="s">
         <v>3197</v>
       </c>
-      <c r="B880" t="s">
-[...2 lines deleted...]
-      <c r="C880" t="s">
+      <c r="D880" t="s">
+        <v>10</v>
+      </c>
+      <c r="E880" t="s">
+        <v>11</v>
+      </c>
+      <c r="F880" s="1" t="s">
         <v>3198</v>
       </c>
-      <c r="D880" t="s">
-[...5 lines deleted...]
-      <c r="F880" s="1" t="s">
+      <c r="G880" t="s">
         <v>3199</v>
-      </c>
-[...1 lines deleted...]
-        <v>3200</v>
       </c>
     </row>
     <row r="881" spans="1:7">
       <c r="A881" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B881" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C881" t="s">
         <v>3201</v>
       </c>
-      <c r="B881" t="s">
-[...2 lines deleted...]
-      <c r="C881" t="s">
+      <c r="D881" t="s">
+        <v>10</v>
+      </c>
+      <c r="E881" t="s">
+        <v>11</v>
+      </c>
+      <c r="F881" s="1" t="s">
         <v>3202</v>
       </c>
-      <c r="D881" t="s">
-[...5 lines deleted...]
-      <c r="F881" s="1" t="s">
+      <c r="G881" t="s">
         <v>3203</v>
-      </c>
-[...1 lines deleted...]
-        <v>3204</v>
       </c>
     </row>
     <row r="882" spans="1:7">
       <c r="A882" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C882" t="s">
         <v>3205</v>
       </c>
-      <c r="B882" t="s">
-[...2 lines deleted...]
-      <c r="C882" t="s">
+      <c r="D882" t="s">
+        <v>10</v>
+      </c>
+      <c r="E882" t="s">
+        <v>11</v>
+      </c>
+      <c r="F882" s="1" t="s">
         <v>3206</v>
       </c>
-      <c r="D882" t="s">
-[...5 lines deleted...]
-      <c r="F882" s="1" t="s">
+      <c r="G882" t="s">
         <v>3207</v>
-      </c>
-[...1 lines deleted...]
-        <v>3208</v>
       </c>
     </row>
     <row r="883" spans="1:7">
       <c r="A883" t="s">
+        <v>796</v>
+      </c>
+      <c r="B883" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C883" t="s">
+        <v>3208</v>
+      </c>
+      <c r="D883" t="s">
+        <v>10</v>
+      </c>
+      <c r="E883" t="s">
+        <v>11</v>
+      </c>
+      <c r="F883" s="1" t="s">
         <v>3209</v>
       </c>
-      <c r="B883" t="s">
-[...2 lines deleted...]
-      <c r="C883" t="s">
+      <c r="G883" t="s">
         <v>3210</v>
-      </c>
-[...10 lines deleted...]
-        <v>3212</v>
       </c>
     </row>
     <row r="884" spans="1:7">
       <c r="A884" t="s">
+        <v>3211</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C884" t="s">
+        <v>3212</v>
+      </c>
+      <c r="D884" t="s">
+        <v>10</v>
+      </c>
+      <c r="E884" t="s">
+        <v>11</v>
+      </c>
+      <c r="F884" s="1" t="s">
         <v>3213</v>
       </c>
-      <c r="B884" t="s">
-[...2 lines deleted...]
-      <c r="C884" t="s">
+      <c r="G884" t="s">
         <v>3214</v>
-      </c>
-[...10 lines deleted...]
-        <v>3216</v>
       </c>
     </row>
     <row r="885" spans="1:7">
       <c r="A885" t="s">
+        <v>3215</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C885" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D885" t="s">
+        <v>10</v>
+      </c>
+      <c r="E885" t="s">
+        <v>11</v>
+      </c>
+      <c r="F885" s="1" t="s">
         <v>3217</v>
       </c>
-      <c r="B885" t="s">
-[...2 lines deleted...]
-      <c r="C885" t="s">
+      <c r="G885" t="s">
         <v>3218</v>
-      </c>
-[...10 lines deleted...]
-        <v>3220</v>
       </c>
     </row>
     <row r="886" spans="1:7">
       <c r="A886" t="s">
+        <v>3219</v>
+      </c>
+      <c r="B886" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C886" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D886" t="s">
+        <v>10</v>
+      </c>
+      <c r="E886" t="s">
+        <v>11</v>
+      </c>
+      <c r="F886" s="1" t="s">
         <v>3221</v>
       </c>
-      <c r="B886" t="s">
-[...2 lines deleted...]
-      <c r="C886" t="s">
+      <c r="G886" t="s">
         <v>3222</v>
-      </c>
-[...10 lines deleted...]
-        <v>3224</v>
       </c>
     </row>
     <row r="887" spans="1:7">
       <c r="A887" t="s">
+        <v>3223</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C887" t="s">
+        <v>3224</v>
+      </c>
+      <c r="D887" t="s">
+        <v>10</v>
+      </c>
+      <c r="E887" t="s">
+        <v>11</v>
+      </c>
+      <c r="F887" s="1" t="s">
         <v>3225</v>
       </c>
-      <c r="B887" t="s">
-[...2 lines deleted...]
-      <c r="C887" t="s">
+      <c r="G887" t="s">
         <v>3226</v>
-      </c>
-[...10 lines deleted...]
-        <v>3228</v>
       </c>
     </row>
     <row r="888" spans="1:7">
       <c r="A888" t="s">
+        <v>3227</v>
+      </c>
+      <c r="B888" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C888" t="s">
+        <v>3228</v>
+      </c>
+      <c r="D888" t="s">
+        <v>10</v>
+      </c>
+      <c r="E888" t="s">
+        <v>11</v>
+      </c>
+      <c r="F888" s="1" t="s">
         <v>3229</v>
       </c>
-      <c r="B888" t="s">
-[...2 lines deleted...]
-      <c r="C888" t="s">
+      <c r="G888" t="s">
         <v>3230</v>
-      </c>
-[...10 lines deleted...]
-        <v>3232</v>
       </c>
     </row>
     <row r="889" spans="1:7">
       <c r="A889" t="s">
+        <v>3231</v>
+      </c>
+      <c r="B889" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C889" t="s">
+        <v>3232</v>
+      </c>
+      <c r="D889" t="s">
+        <v>10</v>
+      </c>
+      <c r="E889" t="s">
+        <v>11</v>
+      </c>
+      <c r="F889" s="1" t="s">
         <v>3233</v>
       </c>
-      <c r="B889" t="s">
-[...2 lines deleted...]
-      <c r="C889" t="s">
+      <c r="G889" t="s">
         <v>3234</v>
-      </c>
-[...10 lines deleted...]
-        <v>3236</v>
       </c>
     </row>
     <row r="890" spans="1:7">
       <c r="A890" t="s">
+        <v>3235</v>
+      </c>
+      <c r="B890" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C890" t="s">
+        <v>3236</v>
+      </c>
+      <c r="D890" t="s">
+        <v>10</v>
+      </c>
+      <c r="E890" t="s">
+        <v>11</v>
+      </c>
+      <c r="F890" s="1" t="s">
         <v>3237</v>
       </c>
-      <c r="B890" t="s">
-[...2 lines deleted...]
-      <c r="C890" t="s">
+      <c r="G890" t="s">
         <v>3238</v>
-      </c>
-[...10 lines deleted...]
-        <v>3240</v>
       </c>
     </row>
     <row r="891" spans="1:7">
       <c r="A891" t="s">
+        <v>3239</v>
+      </c>
+      <c r="B891" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C891" t="s">
+        <v>3240</v>
+      </c>
+      <c r="D891" t="s">
+        <v>10</v>
+      </c>
+      <c r="E891" t="s">
+        <v>11</v>
+      </c>
+      <c r="F891" s="1" t="s">
         <v>3241</v>
       </c>
-      <c r="B891" t="s">
-[...2 lines deleted...]
-      <c r="C891" t="s">
+      <c r="G891" t="s">
         <v>3242</v>
-      </c>
-[...10 lines deleted...]
-        <v>3244</v>
       </c>
     </row>
     <row r="892" spans="1:7">
       <c r="A892" t="s">
+        <v>3243</v>
+      </c>
+      <c r="B892" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C892" t="s">
+        <v>3244</v>
+      </c>
+      <c r="D892" t="s">
+        <v>10</v>
+      </c>
+      <c r="E892" t="s">
+        <v>11</v>
+      </c>
+      <c r="F892" s="1" t="s">
         <v>3245</v>
       </c>
-      <c r="B892" t="s">
-[...2 lines deleted...]
-      <c r="C892" t="s">
+      <c r="G892" t="s">
         <v>3246</v>
-      </c>
-[...10 lines deleted...]
-        <v>3248</v>
       </c>
     </row>
     <row r="893" spans="1:7">
       <c r="A893" t="s">
+        <v>3247</v>
+      </c>
+      <c r="B893" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C893" t="s">
+        <v>3248</v>
+      </c>
+      <c r="D893" t="s">
+        <v>10</v>
+      </c>
+      <c r="E893" t="s">
+        <v>11</v>
+      </c>
+      <c r="F893" s="1" t="s">
         <v>3249</v>
       </c>
-      <c r="B893" t="s">
-[...2 lines deleted...]
-      <c r="C893" t="s">
+      <c r="G893" t="s">
         <v>3250</v>
-      </c>
-[...10 lines deleted...]
-        <v>3252</v>
       </c>
     </row>
     <row r="894" spans="1:7">
       <c r="A894" t="s">
+        <v>3251</v>
+      </c>
+      <c r="B894" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C894" t="s">
+        <v>3252</v>
+      </c>
+      <c r="D894" t="s">
+        <v>10</v>
+      </c>
+      <c r="E894" t="s">
+        <v>11</v>
+      </c>
+      <c r="F894" s="1" t="s">
         <v>3253</v>
       </c>
-      <c r="B894" t="s">
-[...2 lines deleted...]
-      <c r="C894" t="s">
+      <c r="G894" t="s">
         <v>3254</v>
-      </c>
-[...10 lines deleted...]
-        <v>3256</v>
       </c>
     </row>
     <row r="895" spans="1:7">
       <c r="A895" t="s">
-        <v>684</v>
+        <v>3255</v>
       </c>
       <c r="B895" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C895" t="s">
+        <v>3256</v>
+      </c>
+      <c r="D895" t="s">
+        <v>10</v>
+      </c>
+      <c r="E895" t="s">
+        <v>11</v>
+      </c>
+      <c r="F895" s="1" t="s">
         <v>3257</v>
       </c>
-      <c r="D895" t="s">
-[...5 lines deleted...]
-      <c r="F895" s="1" t="s">
+      <c r="G895" t="s">
         <v>3258</v>
-      </c>
-[...1 lines deleted...]
-        <v>3259</v>
       </c>
     </row>
     <row r="896" spans="1:7">
       <c r="A896" t="s">
+        <v>3259</v>
+      </c>
+      <c r="B896" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C896" t="s">
         <v>3260</v>
       </c>
-      <c r="B896" t="s">
-[...2 lines deleted...]
-      <c r="C896" t="s">
+      <c r="D896" t="s">
+        <v>10</v>
+      </c>
+      <c r="E896" t="s">
+        <v>11</v>
+      </c>
+      <c r="F896" s="1" t="s">
         <v>3261</v>
       </c>
-      <c r="D896" t="s">
-[...5 lines deleted...]
-      <c r="F896" s="1" t="s">
+      <c r="G896" t="s">
         <v>3262</v>
-      </c>
-[...1 lines deleted...]
-        <v>3263</v>
       </c>
     </row>
     <row r="897" spans="1:7">
       <c r="A897" t="s">
+        <v>3263</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C897" t="s">
         <v>3264</v>
       </c>
-      <c r="B897" t="s">
-[...2 lines deleted...]
-      <c r="C897" t="s">
+      <c r="D897" t="s">
+        <v>10</v>
+      </c>
+      <c r="E897" t="s">
+        <v>11</v>
+      </c>
+      <c r="F897" s="1" t="s">
         <v>3265</v>
       </c>
-      <c r="D897" t="s">
-[...5 lines deleted...]
-      <c r="F897" s="1" t="s">
+      <c r="G897" t="s">
         <v>3266</v>
-      </c>
-[...1 lines deleted...]
-        <v>3267</v>
       </c>
     </row>
     <row r="898" spans="1:7">
       <c r="A898" t="s">
+        <v>3267</v>
+      </c>
+      <c r="B898" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C898" t="s">
         <v>3268</v>
       </c>
-      <c r="B898" t="s">
-[...2 lines deleted...]
-      <c r="C898" t="s">
+      <c r="D898" t="s">
+        <v>10</v>
+      </c>
+      <c r="E898" t="s">
+        <v>11</v>
+      </c>
+      <c r="F898" s="1" t="s">
         <v>3269</v>
       </c>
-      <c r="D898" t="s">
-[...5 lines deleted...]
-      <c r="F898" s="1" t="s">
+      <c r="G898" t="s">
         <v>3270</v>
-      </c>
-[...1 lines deleted...]
-        <v>3271</v>
       </c>
     </row>
     <row r="899" spans="1:7">
       <c r="A899" t="s">
+        <v>3271</v>
+      </c>
+      <c r="B899" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C899" t="s">
         <v>3272</v>
       </c>
-      <c r="B899" t="s">
-[...2 lines deleted...]
-      <c r="C899" t="s">
+      <c r="D899" t="s">
+        <v>10</v>
+      </c>
+      <c r="E899" t="s">
+        <v>11</v>
+      </c>
+      <c r="F899" s="1" t="s">
         <v>3273</v>
       </c>
-      <c r="D899" t="s">
-[...5 lines deleted...]
-      <c r="F899" s="1" t="s">
+      <c r="G899" t="s">
         <v>3274</v>
-      </c>
-[...1 lines deleted...]
-        <v>3275</v>
       </c>
     </row>
     <row r="900" spans="1:7">
       <c r="A900" t="s">
+        <v>704</v>
+      </c>
+      <c r="B900" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C900" t="s">
+        <v>3275</v>
+      </c>
+      <c r="D900" t="s">
+        <v>10</v>
+      </c>
+      <c r="E900" t="s">
+        <v>11</v>
+      </c>
+      <c r="F900" s="1" t="s">
         <v>3276</v>
       </c>
-      <c r="B900" t="s">
-[...2 lines deleted...]
-      <c r="C900" t="s">
+      <c r="G900" t="s">
         <v>3277</v>
-      </c>
-[...10 lines deleted...]
-        <v>3279</v>
       </c>
     </row>
     <row r="901" spans="1:7">
       <c r="A901" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B901" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C901" t="s">
+        <v>3279</v>
+      </c>
+      <c r="D901" t="s">
+        <v>10</v>
+      </c>
+      <c r="E901" t="s">
+        <v>11</v>
+      </c>
+      <c r="F901" s="1" t="s">
         <v>3280</v>
       </c>
-      <c r="B901" t="s">
-[...2 lines deleted...]
-      <c r="C901" t="s">
+      <c r="G901" t="s">
         <v>3281</v>
-      </c>
-[...10 lines deleted...]
-        <v>3283</v>
       </c>
     </row>
     <row r="902" spans="1:7">
       <c r="A902" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B902" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C902" t="s">
+        <v>3283</v>
+      </c>
+      <c r="D902" t="s">
+        <v>10</v>
+      </c>
+      <c r="E902" t="s">
+        <v>11</v>
+      </c>
+      <c r="F902" s="1" t="s">
         <v>3284</v>
       </c>
-      <c r="B902" t="s">
-[...2 lines deleted...]
-      <c r="C902" t="s">
+      <c r="G902" t="s">
         <v>3285</v>
-      </c>
-[...10 lines deleted...]
-        <v>3287</v>
       </c>
     </row>
     <row r="903" spans="1:7">
       <c r="A903" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B903" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C903" t="s">
+        <v>3287</v>
+      </c>
+      <c r="D903" t="s">
+        <v>10</v>
+      </c>
+      <c r="E903" t="s">
+        <v>11</v>
+      </c>
+      <c r="F903" s="1" t="s">
         <v>3288</v>
       </c>
-      <c r="B903" t="s">
-[...2 lines deleted...]
-      <c r="C903" t="s">
+      <c r="G903" t="s">
         <v>3289</v>
-      </c>
-[...10 lines deleted...]
-        <v>3130</v>
       </c>
     </row>
     <row r="904" spans="1:7">
       <c r="A904" t="s">
+        <v>3290</v>
+      </c>
+      <c r="B904" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C904" t="s">
         <v>3291</v>
       </c>
-      <c r="B904" t="s">
-[...2 lines deleted...]
-      <c r="C904" t="s">
+      <c r="D904" t="s">
+        <v>10</v>
+      </c>
+      <c r="E904" t="s">
+        <v>11</v>
+      </c>
+      <c r="F904" s="1" t="s">
         <v>3292</v>
       </c>
-      <c r="D904" t="s">
-[...5 lines deleted...]
-      <c r="F904" s="1" t="s">
+      <c r="G904" t="s">
         <v>3293</v>
-      </c>
-[...1 lines deleted...]
-        <v>3294</v>
       </c>
     </row>
     <row r="905" spans="1:7">
       <c r="A905" t="s">
+        <v>3294</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C905" t="s">
         <v>3295</v>
       </c>
-      <c r="B905" t="s">
-[...2 lines deleted...]
-      <c r="C905" t="s">
+      <c r="D905" t="s">
+        <v>10</v>
+      </c>
+      <c r="E905" t="s">
+        <v>11</v>
+      </c>
+      <c r="F905" s="1" t="s">
         <v>3296</v>
       </c>
-      <c r="D905" t="s">
-[...5 lines deleted...]
-      <c r="F905" s="1" t="s">
+      <c r="G905" t="s">
         <v>3297</v>
-      </c>
-[...1 lines deleted...]
-        <v>3298</v>
       </c>
     </row>
     <row r="906" spans="1:7">
       <c r="A906" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B906" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C906" t="s">
         <v>3299</v>
       </c>
-      <c r="B906" t="s">
-[...2 lines deleted...]
-      <c r="C906" t="s">
+      <c r="D906" t="s">
+        <v>10</v>
+      </c>
+      <c r="E906" t="s">
+        <v>11</v>
+      </c>
+      <c r="F906" s="1" t="s">
         <v>3300</v>
       </c>
-      <c r="D906" t="s">
-[...5 lines deleted...]
-      <c r="F906" s="1" t="s">
+      <c r="G906" t="s">
         <v>3301</v>
-      </c>
-[...1 lines deleted...]
-        <v>3302</v>
       </c>
     </row>
     <row r="907" spans="1:7">
       <c r="A907" t="s">
+        <v>3302</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C907" t="s">
         <v>3303</v>
       </c>
-      <c r="B907" t="s">
-[...2 lines deleted...]
-      <c r="C907" t="s">
+      <c r="D907" t="s">
+        <v>10</v>
+      </c>
+      <c r="E907" t="s">
+        <v>11</v>
+      </c>
+      <c r="F907" s="1" t="s">
         <v>3304</v>
       </c>
-      <c r="D907" t="s">
-[...5 lines deleted...]
-      <c r="F907" s="1" t="s">
+      <c r="G907" t="s">
         <v>3305</v>
-      </c>
-[...1 lines deleted...]
-        <v>3306</v>
       </c>
     </row>
     <row r="908" spans="1:7">
       <c r="A908" t="s">
+        <v>3306</v>
+      </c>
+      <c r="B908" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C908" t="s">
         <v>3307</v>
       </c>
-      <c r="B908" t="s">
-[...2 lines deleted...]
-      <c r="C908" t="s">
+      <c r="D908" t="s">
+        <v>10</v>
+      </c>
+      <c r="E908" t="s">
+        <v>11</v>
+      </c>
+      <c r="F908" s="1" t="s">
         <v>3308</v>
       </c>
-      <c r="D908" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G908" t="s">
-        <v>3310</v>
+        <v>3148</v>
       </c>
     </row>
     <row r="909" spans="1:7">
       <c r="A909" t="s">
+        <v>3309</v>
+      </c>
+      <c r="B909" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C909" t="s">
+        <v>3310</v>
+      </c>
+      <c r="D909" t="s">
+        <v>10</v>
+      </c>
+      <c r="E909" t="s">
+        <v>11</v>
+      </c>
+      <c r="F909" s="1" t="s">
         <v>3311</v>
       </c>
-      <c r="B909" t="s">
-[...2 lines deleted...]
-      <c r="C909" t="s">
+      <c r="G909" t="s">
         <v>3312</v>
-      </c>
-[...10 lines deleted...]
-        <v>3314</v>
       </c>
     </row>
     <row r="910" spans="1:7">
       <c r="A910" t="s">
+        <v>3313</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C910" t="s">
+        <v>3314</v>
+      </c>
+      <c r="D910" t="s">
+        <v>10</v>
+      </c>
+      <c r="E910" t="s">
+        <v>11</v>
+      </c>
+      <c r="F910" s="1" t="s">
         <v>3315</v>
       </c>
-      <c r="B910" t="s">
-[...2 lines deleted...]
-      <c r="C910" t="s">
+      <c r="G910" t="s">
         <v>3316</v>
-      </c>
-[...10 lines deleted...]
-        <v>3318</v>
       </c>
     </row>
     <row r="911" spans="1:7">
       <c r="A911" t="s">
+        <v>3317</v>
+      </c>
+      <c r="B911" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C911" t="s">
+        <v>3318</v>
+      </c>
+      <c r="D911" t="s">
+        <v>10</v>
+      </c>
+      <c r="E911" t="s">
+        <v>11</v>
+      </c>
+      <c r="F911" s="1" t="s">
         <v>3319</v>
       </c>
-      <c r="B911" t="s">
-[...2 lines deleted...]
-      <c r="C911" t="s">
+      <c r="G911" t="s">
         <v>3320</v>
-      </c>
-[...10 lines deleted...]
-        <v>3322</v>
       </c>
     </row>
     <row r="912" spans="1:7">
       <c r="A912" t="s">
+        <v>3321</v>
+      </c>
+      <c r="B912" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C912" t="s">
+        <v>3322</v>
+      </c>
+      <c r="D912" t="s">
+        <v>10</v>
+      </c>
+      <c r="E912" t="s">
+        <v>11</v>
+      </c>
+      <c r="F912" s="1" t="s">
         <v>3323</v>
       </c>
-      <c r="B912" t="s">
-[...2 lines deleted...]
-      <c r="C912" t="s">
+      <c r="G912" t="s">
         <v>3324</v>
-      </c>
-[...10 lines deleted...]
-        <v>3326</v>
       </c>
     </row>
     <row r="913" spans="1:7">
       <c r="A913" t="s">
+        <v>3325</v>
+      </c>
+      <c r="B913" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C913" t="s">
+        <v>3326</v>
+      </c>
+      <c r="D913" t="s">
+        <v>10</v>
+      </c>
+      <c r="E913" t="s">
+        <v>11</v>
+      </c>
+      <c r="F913" s="1" t="s">
         <v>3327</v>
       </c>
-      <c r="B913" t="s">
-[...2 lines deleted...]
-      <c r="C913" t="s">
+      <c r="G913" t="s">
         <v>3328</v>
-      </c>
-[...10 lines deleted...]
-        <v>3091</v>
       </c>
     </row>
     <row r="914" spans="1:7">
       <c r="A914" t="s">
+        <v>3329</v>
+      </c>
+      <c r="B914" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C914" t="s">
         <v>3330</v>
       </c>
-      <c r="B914" t="s">
-[...2 lines deleted...]
-      <c r="C914" t="s">
+      <c r="D914" t="s">
+        <v>10</v>
+      </c>
+      <c r="E914" t="s">
+        <v>11</v>
+      </c>
+      <c r="F914" s="1" t="s">
         <v>3331</v>
       </c>
-      <c r="D914" t="s">
-[...5 lines deleted...]
-      <c r="F914" s="1" t="s">
+      <c r="G914" t="s">
         <v>3332</v>
-      </c>
-[...1 lines deleted...]
-        <v>3333</v>
       </c>
     </row>
     <row r="915" spans="1:7">
       <c r="A915" t="s">
+        <v>3333</v>
+      </c>
+      <c r="B915" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C915" t="s">
         <v>3334</v>
       </c>
-      <c r="B915" t="s">
-[...2 lines deleted...]
-      <c r="C915" t="s">
+      <c r="D915" t="s">
+        <v>10</v>
+      </c>
+      <c r="E915" t="s">
+        <v>11</v>
+      </c>
+      <c r="F915" s="1" t="s">
         <v>3335</v>
       </c>
-      <c r="D915" t="s">
-[...5 lines deleted...]
-      <c r="F915" s="1" t="s">
+      <c r="G915" t="s">
         <v>3336</v>
-      </c>
-[...1 lines deleted...]
-        <v>3052</v>
       </c>
     </row>
     <row r="916" spans="1:7">
       <c r="A916" t="s">
         <v>3337</v>
       </c>
       <c r="B916" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C916" t="s">
         <v>3338</v>
       </c>
       <c r="D916" t="s">
         <v>10</v>
       </c>
       <c r="E916" t="s">
         <v>11</v>
       </c>
       <c r="F916" s="1" t="s">
         <v>3339</v>
       </c>
       <c r="G916" t="s">
         <v>3340</v>
       </c>
     </row>
     <row r="917" spans="1:7">
       <c r="A917" t="s">
         <v>3341</v>
       </c>
       <c r="B917" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C917" t="s">
         <v>3342</v>
       </c>
       <c r="D917" t="s">
         <v>10</v>
       </c>
       <c r="E917" t="s">
         <v>11</v>
       </c>
       <c r="F917" s="1" t="s">
         <v>3343</v>
       </c>
       <c r="G917" t="s">
         <v>3344</v>
       </c>
     </row>
     <row r="918" spans="1:7">
       <c r="A918" t="s">
         <v>3345</v>
       </c>
       <c r="B918" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C918" t="s">
         <v>3346</v>
       </c>
       <c r="D918" t="s">
         <v>10</v>
       </c>
       <c r="E918" t="s">
         <v>11</v>
       </c>
       <c r="F918" s="1" t="s">
         <v>3347</v>
       </c>
       <c r="G918" t="s">
-        <v>3348</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="919" spans="1:7">
       <c r="A919" t="s">
+        <v>3348</v>
+      </c>
+      <c r="B919" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C919" t="s">
         <v>3349</v>
       </c>
-      <c r="B919" t="s">
-[...2 lines deleted...]
-      <c r="C919" t="s">
+      <c r="D919" t="s">
+        <v>10</v>
+      </c>
+      <c r="E919" t="s">
+        <v>11</v>
+      </c>
+      <c r="F919" s="1" t="s">
         <v>3350</v>
       </c>
-      <c r="D919" t="s">
-[...5 lines deleted...]
-      <c r="F919" s="1" t="s">
+      <c r="G919" t="s">
         <v>3351</v>
-      </c>
-[...1 lines deleted...]
-        <v>3138</v>
       </c>
     </row>
     <row r="920" spans="1:7">
       <c r="A920" t="s">
         <v>3352</v>
       </c>
       <c r="B920" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C920" t="s">
         <v>3353</v>
       </c>
       <c r="D920" t="s">
         <v>10</v>
       </c>
       <c r="E920" t="s">
         <v>11</v>
       </c>
       <c r="F920" s="1" t="s">
         <v>3354</v>
       </c>
       <c r="G920" t="s">
-        <v>3355</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="921" spans="1:7">
       <c r="A921" t="s">
+        <v>3355</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C921" t="s">
         <v>3356</v>
       </c>
-      <c r="B921" t="s">
-[...2 lines deleted...]
-      <c r="C921" t="s">
+      <c r="D921" t="s">
+        <v>10</v>
+      </c>
+      <c r="E921" t="s">
+        <v>11</v>
+      </c>
+      <c r="F921" s="1" t="s">
         <v>3357</v>
       </c>
-      <c r="D921" t="s">
-[...5 lines deleted...]
-      <c r="F921" s="1" t="s">
+      <c r="G921" t="s">
         <v>3358</v>
-      </c>
-[...1 lines deleted...]
-        <v>3359</v>
       </c>
     </row>
     <row r="922" spans="1:7">
       <c r="A922" t="s">
+        <v>3359</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C922" t="s">
         <v>3360</v>
       </c>
-      <c r="B922" t="s">
-[...2 lines deleted...]
-      <c r="C922" t="s">
+      <c r="D922" t="s">
+        <v>10</v>
+      </c>
+      <c r="E922" t="s">
+        <v>11</v>
+      </c>
+      <c r="F922" s="1" t="s">
         <v>3361</v>
       </c>
-      <c r="D922" t="s">
-[...5 lines deleted...]
-      <c r="F922" s="1" t="s">
+      <c r="G922" t="s">
         <v>3362</v>
-      </c>
-[...1 lines deleted...]
-        <v>3363</v>
       </c>
     </row>
     <row r="923" spans="1:7">
       <c r="A923" t="s">
+        <v>3363</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C923" t="s">
         <v>3364</v>
       </c>
-      <c r="B923" t="s">
-[...2 lines deleted...]
-      <c r="C923" t="s">
+      <c r="D923" t="s">
+        <v>10</v>
+      </c>
+      <c r="E923" t="s">
+        <v>11</v>
+      </c>
+      <c r="F923" s="1" t="s">
         <v>3365</v>
       </c>
-      <c r="D923" t="s">
-[...5 lines deleted...]
-      <c r="F923" s="1" t="s">
+      <c r="G923" t="s">
         <v>3366</v>
-      </c>
-[...1 lines deleted...]
-        <v>3367</v>
       </c>
     </row>
     <row r="924" spans="1:7">
       <c r="A924" t="s">
+        <v>3367</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C924" t="s">
         <v>3368</v>
       </c>
-      <c r="B924" t="s">
-[...2 lines deleted...]
-      <c r="C924" t="s">
+      <c r="D924" t="s">
+        <v>10</v>
+      </c>
+      <c r="E924" t="s">
+        <v>11</v>
+      </c>
+      <c r="F924" s="1" t="s">
         <v>3369</v>
       </c>
-      <c r="D924" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G924" t="s">
-        <v>1766</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="925" spans="1:7">
       <c r="A925" t="s">
+        <v>3370</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C925" t="s">
         <v>3371</v>
       </c>
-      <c r="B925" t="s">
-[...2 lines deleted...]
-      <c r="C925" t="s">
+      <c r="D925" t="s">
+        <v>10</v>
+      </c>
+      <c r="E925" t="s">
+        <v>11</v>
+      </c>
+      <c r="F925" s="1" t="s">
         <v>3372</v>
       </c>
-      <c r="D925" t="s">
-[...5 lines deleted...]
-      <c r="F925" s="1" t="s">
+      <c r="G925" t="s">
         <v>3373</v>
-      </c>
-[...1 lines deleted...]
-        <v>3374</v>
       </c>
     </row>
     <row r="926" spans="1:7">
       <c r="A926" t="s">
+        <v>3374</v>
+      </c>
+      <c r="B926" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C926" t="s">
         <v>3375</v>
       </c>
-      <c r="B926" t="s">
-[...2 lines deleted...]
-      <c r="C926" t="s">
+      <c r="D926" t="s">
+        <v>10</v>
+      </c>
+      <c r="E926" t="s">
+        <v>11</v>
+      </c>
+      <c r="F926" s="1" t="s">
         <v>3376</v>
       </c>
-      <c r="D926" t="s">
-[...5 lines deleted...]
-      <c r="F926" s="1" t="s">
+      <c r="G926" t="s">
         <v>3377</v>
-      </c>
-[...1 lines deleted...]
-        <v>3378</v>
       </c>
     </row>
     <row r="927" spans="1:7">
       <c r="A927" t="s">
+        <v>3378</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C927" t="s">
         <v>3379</v>
       </c>
-      <c r="B927" t="s">
-[...2 lines deleted...]
-      <c r="C927" t="s">
+      <c r="D927" t="s">
+        <v>10</v>
+      </c>
+      <c r="E927" t="s">
+        <v>11</v>
+      </c>
+      <c r="F927" s="1" t="s">
         <v>3380</v>
       </c>
-      <c r="D927" t="s">
-[...5 lines deleted...]
-      <c r="F927" s="1" t="s">
+      <c r="G927" t="s">
         <v>3381</v>
-      </c>
-[...1 lines deleted...]
-        <v>3382</v>
       </c>
     </row>
     <row r="928" spans="1:7">
       <c r="A928" t="s">
+        <v>3382</v>
+      </c>
+      <c r="B928" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C928" t="s">
         <v>3383</v>
       </c>
-      <c r="B928" t="s">
-[...2 lines deleted...]
-      <c r="C928" t="s">
+      <c r="D928" t="s">
+        <v>10</v>
+      </c>
+      <c r="E928" t="s">
+        <v>11</v>
+      </c>
+      <c r="F928" s="1" t="s">
         <v>3384</v>
       </c>
-      <c r="D928" t="s">
-[...5 lines deleted...]
-      <c r="F928" s="1" t="s">
+      <c r="G928" t="s">
         <v>3385</v>
-      </c>
-[...1 lines deleted...]
-        <v>3386</v>
       </c>
     </row>
     <row r="929" spans="1:7">
       <c r="A929" t="s">
+        <v>3386</v>
+      </c>
+      <c r="B929" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C929" t="s">
         <v>3387</v>
       </c>
-      <c r="B929" t="s">
-[...2 lines deleted...]
-      <c r="C929" t="s">
+      <c r="D929" t="s">
+        <v>10</v>
+      </c>
+      <c r="E929" t="s">
+        <v>11</v>
+      </c>
+      <c r="F929" s="1" t="s">
         <v>3388</v>
       </c>
-      <c r="D929" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G929" t="s">
-        <v>3390</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="930" spans="1:7">
       <c r="A930" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B930" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C930" t="s">
+        <v>3390</v>
+      </c>
+      <c r="D930" t="s">
+        <v>10</v>
+      </c>
+      <c r="E930" t="s">
+        <v>11</v>
+      </c>
+      <c r="F930" s="1" t="s">
         <v>3391</v>
       </c>
-      <c r="B930" t="s">
-[...2 lines deleted...]
-      <c r="C930" t="s">
+      <c r="G930" t="s">
         <v>3392</v>
-      </c>
-[...10 lines deleted...]
-        <v>3394</v>
       </c>
     </row>
     <row r="931" spans="1:7">
       <c r="A931" t="s">
+        <v>3393</v>
+      </c>
+      <c r="B931" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C931" t="s">
+        <v>3394</v>
+      </c>
+      <c r="D931" t="s">
+        <v>10</v>
+      </c>
+      <c r="E931" t="s">
+        <v>11</v>
+      </c>
+      <c r="F931" s="1" t="s">
         <v>3395</v>
       </c>
-      <c r="B931" t="s">
-[...2 lines deleted...]
-      <c r="C931" t="s">
+      <c r="G931" t="s">
         <v>3396</v>
-      </c>
-[...10 lines deleted...]
-        <v>3398</v>
       </c>
     </row>
     <row r="932" spans="1:7">
       <c r="A932" t="s">
+        <v>3397</v>
+      </c>
+      <c r="B932" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C932" t="s">
+        <v>3398</v>
+      </c>
+      <c r="D932" t="s">
+        <v>10</v>
+      </c>
+      <c r="E932" t="s">
+        <v>11</v>
+      </c>
+      <c r="F932" s="1" t="s">
         <v>3399</v>
       </c>
-      <c r="B932" t="s">
-[...2 lines deleted...]
-      <c r="C932" t="s">
+      <c r="G932" t="s">
         <v>3400</v>
-      </c>
-[...10 lines deleted...]
-        <v>3402</v>
       </c>
     </row>
     <row r="933" spans="1:7">
       <c r="A933" t="s">
+        <v>3401</v>
+      </c>
+      <c r="B933" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C933" t="s">
+        <v>3402</v>
+      </c>
+      <c r="D933" t="s">
+        <v>10</v>
+      </c>
+      <c r="E933" t="s">
+        <v>11</v>
+      </c>
+      <c r="F933" s="1" t="s">
         <v>3403</v>
       </c>
-      <c r="B933" t="s">
-[...2 lines deleted...]
-      <c r="C933" t="s">
+      <c r="G933" t="s">
         <v>3404</v>
-      </c>
-[...10 lines deleted...]
-        <v>3406</v>
       </c>
     </row>
     <row r="934" spans="1:7">
       <c r="A934" t="s">
+        <v>3405</v>
+      </c>
+      <c r="B934" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C934" t="s">
+        <v>3406</v>
+      </c>
+      <c r="D934" t="s">
+        <v>10</v>
+      </c>
+      <c r="E934" t="s">
+        <v>11</v>
+      </c>
+      <c r="F934" s="1" t="s">
         <v>3407</v>
       </c>
-      <c r="B934" t="s">
-[...2 lines deleted...]
-      <c r="C934" t="s">
+      <c r="G934" t="s">
         <v>3408</v>
-      </c>
-[...10 lines deleted...]
-        <v>3271</v>
       </c>
     </row>
     <row r="935" spans="1:7">
       <c r="A935" t="s">
+        <v>3409</v>
+      </c>
+      <c r="B935" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C935" t="s">
         <v>3410</v>
       </c>
-      <c r="B935" t="s">
-[...2 lines deleted...]
-      <c r="C935" t="s">
+      <c r="D935" t="s">
+        <v>10</v>
+      </c>
+      <c r="E935" t="s">
+        <v>11</v>
+      </c>
+      <c r="F935" s="1" t="s">
         <v>3411</v>
       </c>
-      <c r="D935" t="s">
-[...5 lines deleted...]
-      <c r="F935" s="1" t="s">
+      <c r="G935" t="s">
         <v>3412</v>
-      </c>
-[...1 lines deleted...]
-        <v>3413</v>
       </c>
     </row>
     <row r="936" spans="1:7">
       <c r="A936" t="s">
+        <v>3413</v>
+      </c>
+      <c r="B936" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C936" t="s">
         <v>3414</v>
       </c>
-      <c r="B936" t="s">
-[...2 lines deleted...]
-      <c r="C936" t="s">
+      <c r="D936" t="s">
+        <v>10</v>
+      </c>
+      <c r="E936" t="s">
+        <v>11</v>
+      </c>
+      <c r="F936" s="1" t="s">
         <v>3415</v>
       </c>
-      <c r="D936" t="s">
-[...5 lines deleted...]
-      <c r="F936" s="1" t="s">
+      <c r="G936" t="s">
         <v>3416</v>
-      </c>
-[...1 lines deleted...]
-        <v>3417</v>
       </c>
     </row>
     <row r="937" spans="1:7">
       <c r="A937" t="s">
+        <v>3417</v>
+      </c>
+      <c r="B937" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C937" t="s">
         <v>3418</v>
       </c>
-      <c r="B937" t="s">
-[...2 lines deleted...]
-      <c r="C937" t="s">
+      <c r="D937" t="s">
+        <v>10</v>
+      </c>
+      <c r="E937" t="s">
+        <v>11</v>
+      </c>
+      <c r="F937" s="1" t="s">
         <v>3419</v>
       </c>
-      <c r="D937" t="s">
-[...5 lines deleted...]
-      <c r="F937" s="1" t="s">
+      <c r="G937" t="s">
         <v>3420</v>
-      </c>
-[...1 lines deleted...]
-        <v>3421</v>
       </c>
     </row>
     <row r="938" spans="1:7">
       <c r="A938" t="s">
+        <v>3421</v>
+      </c>
+      <c r="B938" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C938" t="s">
         <v>3422</v>
       </c>
-      <c r="B938" t="s">
-[...2 lines deleted...]
-      <c r="C938" t="s">
+      <c r="D938" t="s">
+        <v>10</v>
+      </c>
+      <c r="E938" t="s">
+        <v>11</v>
+      </c>
+      <c r="F938" s="1" t="s">
         <v>3423</v>
       </c>
-      <c r="D938" t="s">
-[...5 lines deleted...]
-      <c r="F938" s="1" t="s">
+      <c r="G938" t="s">
         <v>3424</v>
-      </c>
-[...1 lines deleted...]
-        <v>3425</v>
       </c>
     </row>
     <row r="939" spans="1:7">
       <c r="A939" t="s">
+        <v>3425</v>
+      </c>
+      <c r="B939" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C939" t="s">
         <v>3426</v>
       </c>
-      <c r="B939" t="s">
-[...2 lines deleted...]
-      <c r="C939" t="s">
+      <c r="D939" t="s">
+        <v>10</v>
+      </c>
+      <c r="E939" t="s">
+        <v>11</v>
+      </c>
+      <c r="F939" s="1" t="s">
         <v>3427</v>
       </c>
-      <c r="D939" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G939" t="s">
-        <v>3429</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="940" spans="1:7">
       <c r="A940" t="s">
+        <v>3428</v>
+      </c>
+      <c r="B940" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C940" t="s">
+        <v>3429</v>
+      </c>
+      <c r="D940" t="s">
+        <v>10</v>
+      </c>
+      <c r="E940" t="s">
+        <v>11</v>
+      </c>
+      <c r="F940" s="1" t="s">
         <v>3430</v>
       </c>
-      <c r="B940" t="s">
-[...2 lines deleted...]
-      <c r="C940" t="s">
+      <c r="G940" t="s">
         <v>3431</v>
-      </c>
-[...10 lines deleted...]
-        <v>3433</v>
       </c>
     </row>
     <row r="941" spans="1:7">
       <c r="A941" t="s">
+        <v>3432</v>
+      </c>
+      <c r="B941" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C941" t="s">
+        <v>3433</v>
+      </c>
+      <c r="D941" t="s">
+        <v>10</v>
+      </c>
+      <c r="E941" t="s">
+        <v>11</v>
+      </c>
+      <c r="F941" s="1" t="s">
         <v>3434</v>
       </c>
-      <c r="B941" t="s">
-[...2 lines deleted...]
-      <c r="C941" t="s">
+      <c r="G941" t="s">
         <v>3435</v>
-      </c>
-[...10 lines deleted...]
-        <v>3437</v>
       </c>
     </row>
     <row r="942" spans="1:7">
       <c r="A942" t="s">
+        <v>3436</v>
+      </c>
+      <c r="B942" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C942" t="s">
+        <v>3437</v>
+      </c>
+      <c r="D942" t="s">
+        <v>10</v>
+      </c>
+      <c r="E942" t="s">
+        <v>11</v>
+      </c>
+      <c r="F942" s="1" t="s">
         <v>3438</v>
       </c>
-      <c r="B942" t="s">
-[...2 lines deleted...]
-      <c r="C942" t="s">
+      <c r="G942" t="s">
         <v>3439</v>
-      </c>
-[...10 lines deleted...]
-        <v>3441</v>
       </c>
     </row>
     <row r="943" spans="1:7">
       <c r="A943" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B943" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C943" t="s">
+        <v>3441</v>
+      </c>
+      <c r="D943" t="s">
+        <v>10</v>
+      </c>
+      <c r="E943" t="s">
+        <v>11</v>
+      </c>
+      <c r="F943" s="1" t="s">
         <v>3442</v>
       </c>
-      <c r="B943" t="s">
-[...2 lines deleted...]
-      <c r="C943" t="s">
+      <c r="G943" t="s">
         <v>3443</v>
-      </c>
-[...10 lines deleted...]
-        <v>3445</v>
       </c>
     </row>
     <row r="944" spans="1:7">
       <c r="A944" t="s">
+        <v>3444</v>
+      </c>
+      <c r="B944" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C944" t="s">
+        <v>3445</v>
+      </c>
+      <c r="D944" t="s">
+        <v>10</v>
+      </c>
+      <c r="E944" t="s">
+        <v>11</v>
+      </c>
+      <c r="F944" s="1" t="s">
         <v>3446</v>
       </c>
-      <c r="B944" t="s">
-[...2 lines deleted...]
-      <c r="C944" t="s">
+      <c r="G944" t="s">
         <v>3447</v>
-      </c>
-[...10 lines deleted...]
-        <v>3449</v>
       </c>
     </row>
     <row r="945" spans="1:7">
       <c r="A945" t="s">
+        <v>3448</v>
+      </c>
+      <c r="B945" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C945" t="s">
+        <v>3449</v>
+      </c>
+      <c r="D945" t="s">
+        <v>10</v>
+      </c>
+      <c r="E945" t="s">
+        <v>11</v>
+      </c>
+      <c r="F945" s="1" t="s">
         <v>3450</v>
       </c>
-      <c r="B945" t="s">
-[...2 lines deleted...]
-      <c r="C945" t="s">
+      <c r="G945" t="s">
         <v>3451</v>
-      </c>
-[...10 lines deleted...]
-        <v>3453</v>
       </c>
     </row>
     <row r="946" spans="1:7">
       <c r="A946" t="s">
+        <v>3452</v>
+      </c>
+      <c r="B946" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C946" t="s">
+        <v>3453</v>
+      </c>
+      <c r="D946" t="s">
+        <v>10</v>
+      </c>
+      <c r="E946" t="s">
+        <v>11</v>
+      </c>
+      <c r="F946" s="1" t="s">
         <v>3454</v>
       </c>
-      <c r="B946" t="s">
-[...2 lines deleted...]
-      <c r="C946" t="s">
+      <c r="G946" t="s">
         <v>3455</v>
-      </c>
-[...10 lines deleted...]
-        <v>2989</v>
       </c>
     </row>
     <row r="947" spans="1:7">
       <c r="A947" t="s">
+        <v>3456</v>
+      </c>
+      <c r="B947" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C947" t="s">
         <v>3457</v>
       </c>
-      <c r="B947" t="s">
-[...2 lines deleted...]
-      <c r="C947" t="s">
+      <c r="D947" t="s">
+        <v>10</v>
+      </c>
+      <c r="E947" t="s">
+        <v>11</v>
+      </c>
+      <c r="F947" s="1" t="s">
         <v>3458</v>
       </c>
-      <c r="D947" t="s">
-[...5 lines deleted...]
-      <c r="F947" s="1" t="s">
+      <c r="G947" t="s">
         <v>3459</v>
-      </c>
-[...1 lines deleted...]
-        <v>3460</v>
       </c>
     </row>
     <row r="948" spans="1:7">
       <c r="A948" t="s">
+        <v>3460</v>
+      </c>
+      <c r="B948" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C948" t="s">
         <v>3461</v>
       </c>
-      <c r="B948" t="s">
-[...2 lines deleted...]
-      <c r="C948" t="s">
+      <c r="D948" t="s">
+        <v>10</v>
+      </c>
+      <c r="E948" t="s">
+        <v>11</v>
+      </c>
+      <c r="F948" s="1" t="s">
         <v>3462</v>
       </c>
-      <c r="D948" t="s">
-[...5 lines deleted...]
-      <c r="F948" s="1" t="s">
+      <c r="G948" t="s">
         <v>3463</v>
-      </c>
-[...1 lines deleted...]
-        <v>3464</v>
       </c>
     </row>
     <row r="949" spans="1:7">
       <c r="A949" t="s">
+        <v>3464</v>
+      </c>
+      <c r="B949" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C949" t="s">
         <v>3465</v>
       </c>
-      <c r="B949" t="s">
-[...2 lines deleted...]
-      <c r="C949" t="s">
+      <c r="D949" t="s">
+        <v>10</v>
+      </c>
+      <c r="E949" t="s">
+        <v>11</v>
+      </c>
+      <c r="F949" s="1" t="s">
         <v>3466</v>
       </c>
-      <c r="D949" t="s">
-[...5 lines deleted...]
-      <c r="F949" s="1" t="s">
+      <c r="G949" t="s">
         <v>3467</v>
-      </c>
-[...1 lines deleted...]
-        <v>3468</v>
       </c>
     </row>
     <row r="950" spans="1:7">
       <c r="A950" t="s">
+        <v>3468</v>
+      </c>
+      <c r="B950" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C950" t="s">
         <v>3469</v>
       </c>
-      <c r="B950" t="s">
-[...2 lines deleted...]
-      <c r="C950" t="s">
+      <c r="D950" t="s">
+        <v>10</v>
+      </c>
+      <c r="E950" t="s">
+        <v>11</v>
+      </c>
+      <c r="F950" s="1" t="s">
         <v>3470</v>
       </c>
-      <c r="D950" t="s">
-[...5 lines deleted...]
-      <c r="F950" s="1" t="s">
+      <c r="G950" t="s">
         <v>3471</v>
-      </c>
-[...1 lines deleted...]
-        <v>3052</v>
       </c>
     </row>
     <row r="951" spans="1:7">
       <c r="A951" t="s">
         <v>3472</v>
       </c>
       <c r="B951" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C951" t="s">
         <v>3473</v>
       </c>
       <c r="D951" t="s">
         <v>10</v>
       </c>
       <c r="E951" t="s">
         <v>11</v>
       </c>
       <c r="F951" s="1" t="s">
         <v>3474</v>
       </c>
       <c r="G951" t="s">
-        <v>3475</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="952" spans="1:7">
       <c r="A952" t="s">
+        <v>3475</v>
+      </c>
+      <c r="B952" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C952" t="s">
         <v>3476</v>
       </c>
-      <c r="B952" t="s">
-[...2 lines deleted...]
-      <c r="C952" t="s">
+      <c r="D952" t="s">
+        <v>10</v>
+      </c>
+      <c r="E952" t="s">
+        <v>11</v>
+      </c>
+      <c r="F952" s="1" t="s">
         <v>3477</v>
       </c>
-      <c r="D952" t="s">
-[...5 lines deleted...]
-      <c r="F952" s="1" t="s">
+      <c r="G952" t="s">
         <v>3478</v>
-      </c>
-[...1 lines deleted...]
-        <v>3479</v>
       </c>
     </row>
     <row r="953" spans="1:7">
       <c r="A953" t="s">
+        <v>3479</v>
+      </c>
+      <c r="B953" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C953" t="s">
         <v>3480</v>
       </c>
-      <c r="B953" t="s">
-[...2 lines deleted...]
-      <c r="C953" t="s">
+      <c r="D953" t="s">
+        <v>10</v>
+      </c>
+      <c r="E953" t="s">
+        <v>11</v>
+      </c>
+      <c r="F953" s="1" t="s">
         <v>3481</v>
       </c>
-      <c r="D953" t="s">
-[...5 lines deleted...]
-      <c r="F953" s="1" t="s">
+      <c r="G953" t="s">
         <v>3482</v>
-      </c>
-[...1 lines deleted...]
-        <v>3483</v>
       </c>
     </row>
     <row r="954" spans="1:7">
       <c r="A954" t="s">
+        <v>3483</v>
+      </c>
+      <c r="B954" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C954" t="s">
         <v>3484</v>
       </c>
-      <c r="B954" t="s">
-[...2 lines deleted...]
-      <c r="C954" t="s">
+      <c r="D954" t="s">
+        <v>10</v>
+      </c>
+      <c r="E954" t="s">
+        <v>11</v>
+      </c>
+      <c r="F954" s="1" t="s">
         <v>3485</v>
       </c>
-      <c r="D954" t="s">
-[...5 lines deleted...]
-      <c r="F954" s="1" t="s">
+      <c r="G954" t="s">
         <v>3486</v>
-      </c>
-[...1 lines deleted...]
-        <v>3487</v>
       </c>
     </row>
     <row r="955" spans="1:7">
       <c r="A955" t="s">
+        <v>3487</v>
+      </c>
+      <c r="B955" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C955" t="s">
         <v>3488</v>
       </c>
-      <c r="B955" t="s">
-[...2 lines deleted...]
-      <c r="C955" t="s">
+      <c r="D955" t="s">
+        <v>10</v>
+      </c>
+      <c r="E955" t="s">
+        <v>11</v>
+      </c>
+      <c r="F955" s="1" t="s">
         <v>3489</v>
       </c>
-      <c r="D955" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G955" t="s">
-        <v>3491</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="956" spans="1:7">
       <c r="A956" t="s">
+        <v>3490</v>
+      </c>
+      <c r="B956" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C956" t="s">
+        <v>3491</v>
+      </c>
+      <c r="D956" t="s">
+        <v>10</v>
+      </c>
+      <c r="E956" t="s">
+        <v>11</v>
+      </c>
+      <c r="F956" s="1" t="s">
         <v>3492</v>
       </c>
-      <c r="B956" t="s">
-[...2 lines deleted...]
-      <c r="C956" t="s">
+      <c r="G956" t="s">
         <v>3493</v>
-      </c>
-[...10 lines deleted...]
-        <v>3495</v>
       </c>
     </row>
     <row r="957" spans="1:7">
       <c r="A957" t="s">
+        <v>3494</v>
+      </c>
+      <c r="B957" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C957" t="s">
+        <v>3495</v>
+      </c>
+      <c r="D957" t="s">
+        <v>10</v>
+      </c>
+      <c r="E957" t="s">
+        <v>11</v>
+      </c>
+      <c r="F957" s="1" t="s">
         <v>3496</v>
       </c>
-      <c r="B957" t="s">
-[...2 lines deleted...]
-      <c r="C957" t="s">
+      <c r="G957" t="s">
         <v>3497</v>
-      </c>
-[...10 lines deleted...]
-        <v>3499</v>
       </c>
     </row>
     <row r="958" spans="1:7">
       <c r="A958" t="s">
+        <v>3498</v>
+      </c>
+      <c r="B958" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C958" t="s">
+        <v>3499</v>
+      </c>
+      <c r="D958" t="s">
+        <v>10</v>
+      </c>
+      <c r="E958" t="s">
+        <v>11</v>
+      </c>
+      <c r="F958" s="1" t="s">
         <v>3500</v>
       </c>
-      <c r="B958" t="s">
-[...2 lines deleted...]
-      <c r="C958" t="s">
+      <c r="G958" t="s">
         <v>3501</v>
-      </c>
-[...10 lines deleted...]
-        <v>3503</v>
       </c>
     </row>
     <row r="959" spans="1:7">
       <c r="A959" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B959" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C959" t="s">
+        <v>3503</v>
+      </c>
+      <c r="D959" t="s">
+        <v>10</v>
+      </c>
+      <c r="E959" t="s">
+        <v>11</v>
+      </c>
+      <c r="F959" s="1" t="s">
         <v>3504</v>
       </c>
-      <c r="B959" t="s">
-[...2 lines deleted...]
-      <c r="C959" t="s">
+      <c r="G959" t="s">
         <v>3505</v>
-      </c>
-[...10 lines deleted...]
-        <v>3507</v>
       </c>
     </row>
     <row r="960" spans="1:7">
       <c r="A960" t="s">
+        <v>3506</v>
+      </c>
+      <c r="B960" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C960" t="s">
+        <v>3507</v>
+      </c>
+      <c r="D960" t="s">
+        <v>10</v>
+      </c>
+      <c r="E960" t="s">
+        <v>11</v>
+      </c>
+      <c r="F960" s="1" t="s">
         <v>3508</v>
       </c>
-      <c r="B960" t="s">
-[...2 lines deleted...]
-      <c r="C960" t="s">
+      <c r="G960" t="s">
         <v>3509</v>
-      </c>
-[...10 lines deleted...]
-        <v>3511</v>
       </c>
     </row>
     <row r="961" spans="1:7">
       <c r="A961" t="s">
+        <v>3510</v>
+      </c>
+      <c r="B961" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C961" t="s">
+        <v>3511</v>
+      </c>
+      <c r="D961" t="s">
+        <v>10</v>
+      </c>
+      <c r="E961" t="s">
+        <v>11</v>
+      </c>
+      <c r="F961" s="1" t="s">
         <v>3512</v>
       </c>
-      <c r="B961" t="s">
-[...2 lines deleted...]
-      <c r="C961" t="s">
+      <c r="G961" t="s">
         <v>3513</v>
-      </c>
-[...10 lines deleted...]
-        <v>3515</v>
       </c>
     </row>
     <row r="962" spans="1:7">
       <c r="A962" t="s">
+        <v>3514</v>
+      </c>
+      <c r="B962" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C962" t="s">
+        <v>3515</v>
+      </c>
+      <c r="D962" t="s">
+        <v>10</v>
+      </c>
+      <c r="E962" t="s">
+        <v>11</v>
+      </c>
+      <c r="F962" s="1" t="s">
         <v>3516</v>
       </c>
-      <c r="B962" t="s">
-[...2 lines deleted...]
-      <c r="C962" t="s">
+      <c r="G962" t="s">
         <v>3517</v>
-      </c>
-[...10 lines deleted...]
-        <v>3519</v>
       </c>
     </row>
     <row r="963" spans="1:7">
       <c r="A963" t="s">
+        <v>3518</v>
+      </c>
+      <c r="B963" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C963" t="s">
+        <v>3519</v>
+      </c>
+      <c r="D963" t="s">
+        <v>10</v>
+      </c>
+      <c r="E963" t="s">
+        <v>11</v>
+      </c>
+      <c r="F963" s="1" t="s">
         <v>3520</v>
       </c>
-      <c r="B963" t="s">
-[...2 lines deleted...]
-      <c r="C963" t="s">
+      <c r="G963" t="s">
         <v>3521</v>
-      </c>
-[...10 lines deleted...]
-        <v>3523</v>
       </c>
     </row>
     <row r="964" spans="1:7">
       <c r="A964" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B964" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C964" t="s">
+        <v>3523</v>
+      </c>
+      <c r="D964" t="s">
+        <v>10</v>
+      </c>
+      <c r="E964" t="s">
+        <v>11</v>
+      </c>
+      <c r="F964" s="1" t="s">
         <v>3524</v>
       </c>
-      <c r="B964" t="s">
-[...2 lines deleted...]
-      <c r="C964" t="s">
+      <c r="G964" t="s">
         <v>3525</v>
-      </c>
-[...10 lines deleted...]
-        <v>3527</v>
       </c>
     </row>
     <row r="965" spans="1:7">
       <c r="A965" t="s">
+        <v>3526</v>
+      </c>
+      <c r="B965" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C965" t="s">
+        <v>3527</v>
+      </c>
+      <c r="D965" t="s">
+        <v>10</v>
+      </c>
+      <c r="E965" t="s">
+        <v>11</v>
+      </c>
+      <c r="F965" s="1" t="s">
         <v>3528</v>
       </c>
-      <c r="B965" t="s">
-[...2 lines deleted...]
-      <c r="C965" t="s">
+      <c r="G965" t="s">
         <v>3529</v>
-      </c>
-[...10 lines deleted...]
-        <v>3531</v>
       </c>
     </row>
     <row r="966" spans="1:7">
       <c r="A966" t="s">
+        <v>3530</v>
+      </c>
+      <c r="B966" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C966" t="s">
+        <v>3531</v>
+      </c>
+      <c r="D966" t="s">
+        <v>10</v>
+      </c>
+      <c r="E966" t="s">
+        <v>11</v>
+      </c>
+      <c r="F966" s="1" t="s">
         <v>3532</v>
       </c>
-      <c r="B966" t="s">
-[...2 lines deleted...]
-      <c r="C966" t="s">
+      <c r="G966" t="s">
         <v>3533</v>
-      </c>
-[...10 lines deleted...]
-        <v>3535</v>
       </c>
     </row>
     <row r="967" spans="1:7">
       <c r="A967" t="s">
+        <v>3534</v>
+      </c>
+      <c r="B967" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C967" t="s">
+        <v>3535</v>
+      </c>
+      <c r="D967" t="s">
+        <v>10</v>
+      </c>
+      <c r="E967" t="s">
+        <v>11</v>
+      </c>
+      <c r="F967" s="1" t="s">
         <v>3536</v>
       </c>
-      <c r="B967" t="s">
-[...2 lines deleted...]
-      <c r="C967" t="s">
+      <c r="G967" t="s">
         <v>3537</v>
-      </c>
-[...10 lines deleted...]
-        <v>3539</v>
       </c>
     </row>
     <row r="968" spans="1:7">
       <c r="A968" t="s">
+        <v>3538</v>
+      </c>
+      <c r="B968" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C968" t="s">
+        <v>3539</v>
+      </c>
+      <c r="D968" t="s">
+        <v>10</v>
+      </c>
+      <c r="E968" t="s">
+        <v>11</v>
+      </c>
+      <c r="F968" s="1" t="s">
         <v>3540</v>
       </c>
-      <c r="B968" t="s">
-[...2 lines deleted...]
-      <c r="C968" t="s">
+      <c r="G968" t="s">
         <v>3541</v>
-      </c>
-[...10 lines deleted...]
-        <v>3437</v>
       </c>
     </row>
     <row r="969" spans="1:7">
       <c r="A969" t="s">
+        <v>3542</v>
+      </c>
+      <c r="B969" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C969" t="s">
         <v>3543</v>
       </c>
-      <c r="B969" t="s">
-[...2 lines deleted...]
-      <c r="C969" t="s">
+      <c r="D969" t="s">
+        <v>10</v>
+      </c>
+      <c r="E969" t="s">
+        <v>11</v>
+      </c>
+      <c r="F969" s="1" t="s">
         <v>3544</v>
       </c>
-      <c r="D969" t="s">
-[...5 lines deleted...]
-      <c r="F969" s="1" t="s">
+      <c r="G969" t="s">
         <v>3545</v>
-      </c>
-[...1 lines deleted...]
-        <v>3546</v>
       </c>
     </row>
     <row r="970" spans="1:7">
       <c r="A970" t="s">
+        <v>3546</v>
+      </c>
+      <c r="B970" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C970" t="s">
         <v>3547</v>
       </c>
-      <c r="B970" t="s">
-[...2 lines deleted...]
-      <c r="C970" t="s">
+      <c r="D970" t="s">
+        <v>10</v>
+      </c>
+      <c r="E970" t="s">
+        <v>11</v>
+      </c>
+      <c r="F970" s="1" t="s">
         <v>3548</v>
       </c>
-      <c r="D970" t="s">
-[...5 lines deleted...]
-      <c r="F970" s="1" t="s">
+      <c r="G970" t="s">
         <v>3549</v>
-      </c>
-[...1 lines deleted...]
-        <v>3550</v>
       </c>
     </row>
     <row r="971" spans="1:7">
       <c r="A971" t="s">
+        <v>3550</v>
+      </c>
+      <c r="B971" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C971" t="s">
         <v>3551</v>
       </c>
-      <c r="B971" t="s">
-[...2 lines deleted...]
-      <c r="C971" t="s">
+      <c r="D971" t="s">
+        <v>10</v>
+      </c>
+      <c r="E971" t="s">
+        <v>11</v>
+      </c>
+      <c r="F971" s="1" t="s">
         <v>3552</v>
       </c>
-      <c r="D971" t="s">
-[...5 lines deleted...]
-      <c r="F971" s="1" t="s">
+      <c r="G971" t="s">
         <v>3553</v>
-      </c>
-[...1 lines deleted...]
-        <v>3554</v>
       </c>
     </row>
     <row r="972" spans="1:7">
       <c r="A972" t="s">
+        <v>3554</v>
+      </c>
+      <c r="B972" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C972" t="s">
         <v>3555</v>
       </c>
-      <c r="B972" t="s">
-[...2 lines deleted...]
-      <c r="C972" t="s">
+      <c r="D972" t="s">
+        <v>10</v>
+      </c>
+      <c r="E972" t="s">
+        <v>11</v>
+      </c>
+      <c r="F972" s="1" t="s">
         <v>3556</v>
       </c>
-      <c r="D972" t="s">
-[...5 lines deleted...]
-      <c r="F972" s="1" t="s">
+      <c r="G972" t="s">
         <v>3557</v>
-      </c>
-[...1 lines deleted...]
-        <v>3558</v>
       </c>
     </row>
     <row r="973" spans="1:7">
       <c r="A973" t="s">
+        <v>3558</v>
+      </c>
+      <c r="B973" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C973" t="s">
         <v>3559</v>
       </c>
-      <c r="B973" t="s">
-[...2 lines deleted...]
-      <c r="C973" t="s">
+      <c r="D973" t="s">
+        <v>10</v>
+      </c>
+      <c r="E973" t="s">
+        <v>11</v>
+      </c>
+      <c r="F973" s="1" t="s">
         <v>3560</v>
       </c>
-      <c r="D973" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G973" t="s">
-        <v>3562</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="974" spans="1:7">
       <c r="A974" t="s">
+        <v>3561</v>
+      </c>
+      <c r="B974" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C974" t="s">
+        <v>3562</v>
+      </c>
+      <c r="D974" t="s">
+        <v>10</v>
+      </c>
+      <c r="E974" t="s">
+        <v>11</v>
+      </c>
+      <c r="F974" s="1" t="s">
         <v>3563</v>
       </c>
-      <c r="B974" t="s">
-[...2 lines deleted...]
-      <c r="C974" t="s">
+      <c r="G974" t="s">
         <v>3564</v>
-      </c>
-[...10 lines deleted...]
-        <v>3091</v>
       </c>
     </row>
     <row r="975" spans="1:7">
       <c r="A975" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B975" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C975" t="s">
         <v>3566</v>
       </c>
-      <c r="B975" t="s">
-[...2 lines deleted...]
-      <c r="C975" t="s">
+      <c r="D975" t="s">
+        <v>10</v>
+      </c>
+      <c r="E975" t="s">
+        <v>11</v>
+      </c>
+      <c r="F975" s="1" t="s">
         <v>3567</v>
       </c>
-      <c r="D975" t="s">
-[...5 lines deleted...]
-      <c r="F975" s="1" t="s">
+      <c r="G975" t="s">
         <v>3568</v>
-      </c>
-[...1 lines deleted...]
-        <v>3413</v>
       </c>
     </row>
     <row r="976" spans="1:7">
       <c r="A976" t="s">
         <v>3569</v>
       </c>
       <c r="B976" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C976" t="s">
         <v>3570</v>
       </c>
       <c r="D976" t="s">
         <v>10</v>
       </c>
       <c r="E976" t="s">
         <v>11</v>
       </c>
       <c r="F976" s="1" t="s">
         <v>3571</v>
       </c>
       <c r="G976" t="s">
         <v>3572</v>
       </c>
     </row>
     <row r="977" spans="1:7">
       <c r="A977" t="s">
         <v>3573</v>
       </c>
       <c r="B977" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C977" t="s">
         <v>3574</v>
       </c>
       <c r="D977" t="s">
         <v>10</v>
       </c>
       <c r="E977" t="s">
         <v>11</v>
       </c>
       <c r="F977" s="1" t="s">
         <v>3575</v>
       </c>
       <c r="G977" t="s">
         <v>3576</v>
       </c>
     </row>
     <row r="978" spans="1:7">
       <c r="A978" t="s">
         <v>3577</v>
       </c>
       <c r="B978" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C978" t="s">
         <v>3578</v>
       </c>
       <c r="D978" t="s">
         <v>10</v>
       </c>
       <c r="E978" t="s">
         <v>11</v>
       </c>
       <c r="F978" s="1" t="s">
         <v>3579</v>
       </c>
       <c r="G978" t="s">
         <v>3580</v>
       </c>
     </row>
     <row r="979" spans="1:7">
       <c r="A979" t="s">
         <v>3581</v>
       </c>
       <c r="B979" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C979" t="s">
         <v>3582</v>
       </c>
       <c r="D979" t="s">
         <v>10</v>
       </c>
       <c r="E979" t="s">
         <v>11</v>
       </c>
       <c r="F979" s="1" t="s">
         <v>3583</v>
       </c>
       <c r="G979" t="s">
-        <v>3326</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="980" spans="1:7">
       <c r="A980" t="s">
         <v>3584</v>
       </c>
       <c r="B980" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C980" t="s">
         <v>3585</v>
       </c>
       <c r="D980" t="s">
         <v>10</v>
       </c>
       <c r="E980" t="s">
         <v>11</v>
       </c>
       <c r="F980" s="1" t="s">
         <v>3586</v>
       </c>
       <c r="G980" t="s">
-        <v>3587</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="981" spans="1:7">
       <c r="A981" t="s">
+        <v>3587</v>
+      </c>
+      <c r="B981" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C981" t="s">
         <v>3588</v>
       </c>
-      <c r="B981" t="s">
-[...2 lines deleted...]
-      <c r="C981" t="s">
+      <c r="D981" t="s">
+        <v>10</v>
+      </c>
+      <c r="E981" t="s">
+        <v>11</v>
+      </c>
+      <c r="F981" s="1" t="s">
         <v>3589</v>
       </c>
-      <c r="D981" t="s">
-[...5 lines deleted...]
-      <c r="F981" s="1" t="s">
+      <c r="G981" t="s">
         <v>3590</v>
-      </c>
-[...1 lines deleted...]
-        <v>3591</v>
       </c>
     </row>
     <row r="982" spans="1:7">
       <c r="A982" t="s">
+        <v>3591</v>
+      </c>
+      <c r="B982" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C982" t="s">
         <v>3592</v>
       </c>
-      <c r="B982" t="s">
-[...2 lines deleted...]
-      <c r="C982" t="s">
+      <c r="D982" t="s">
+        <v>10</v>
+      </c>
+      <c r="E982" t="s">
+        <v>11</v>
+      </c>
+      <c r="F982" s="1" t="s">
         <v>3593</v>
       </c>
-      <c r="D982" t="s">
-[...5 lines deleted...]
-      <c r="F982" s="1" t="s">
+      <c r="G982" t="s">
         <v>3594</v>
-      </c>
-[...1 lines deleted...]
-        <v>3591</v>
       </c>
     </row>
     <row r="983" spans="1:7">
       <c r="A983" t="s">
         <v>3595</v>
       </c>
       <c r="B983" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C983" t="s">
         <v>3596</v>
       </c>
       <c r="D983" t="s">
         <v>10</v>
       </c>
       <c r="E983" t="s">
         <v>11</v>
       </c>
       <c r="F983" s="1" t="s">
         <v>3597</v>
       </c>
       <c r="G983" t="s">
-        <v>3591</v>
+        <v>3598</v>
       </c>
     </row>
     <row r="984" spans="1:7">
       <c r="A984" t="s">
-        <v>3598</v>
+        <v>3599</v>
       </c>
       <c r="B984" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C984" t="s">
-        <v>3599</v>
+        <v>3600</v>
       </c>
       <c r="D984" t="s">
         <v>10</v>
       </c>
       <c r="E984" t="s">
         <v>11</v>
       </c>
       <c r="F984" s="1" t="s">
-        <v>3600</v>
+        <v>3601</v>
       </c>
       <c r="G984" t="s">
-        <v>3601</v>
+        <v>3344</v>
       </c>
     </row>
     <row r="985" spans="1:7">
       <c r="A985" t="s">
         <v>3602</v>
       </c>
       <c r="B985" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C985" t="s">
         <v>3603</v>
       </c>
       <c r="D985" t="s">
         <v>10</v>
       </c>
       <c r="E985" t="s">
         <v>11</v>
       </c>
       <c r="F985" s="1" t="s">
         <v>3604</v>
       </c>
       <c r="G985" t="s">
-        <v>3591</v>
+        <v>3605</v>
       </c>
     </row>
     <row r="986" spans="1:7">
       <c r="A986" t="s">
-        <v>3605</v>
+        <v>3606</v>
       </c>
       <c r="B986" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C986" t="s">
-        <v>3606</v>
+        <v>3607</v>
       </c>
       <c r="D986" t="s">
         <v>10</v>
       </c>
       <c r="E986" t="s">
         <v>11</v>
       </c>
       <c r="F986" s="1" t="s">
-        <v>3607</v>
+        <v>3608</v>
       </c>
       <c r="G986" t="s">
-        <v>3591</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="987" spans="1:7">
       <c r="A987" t="s">
-        <v>3608</v>
+        <v>3610</v>
       </c>
       <c r="B987" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C987" t="s">
+        <v>3611</v>
+      </c>
+      <c r="D987" t="s">
+        <v>10</v>
+      </c>
+      <c r="E987" t="s">
+        <v>11</v>
+      </c>
+      <c r="F987" s="1" t="s">
+        <v>3612</v>
+      </c>
+      <c r="G987" t="s">
         <v>3609</v>
-      </c>
-[...10 lines deleted...]
-        <v>3611</v>
       </c>
     </row>
     <row r="988" spans="1:7">
       <c r="A988" t="s">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="B988" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C988" t="s">
-        <v>3613</v>
+        <v>3614</v>
       </c>
       <c r="D988" t="s">
         <v>10</v>
       </c>
       <c r="E988" t="s">
         <v>11</v>
       </c>
       <c r="F988" s="1" t="s">
-        <v>3614</v>
+        <v>3615</v>
       </c>
       <c r="G988" t="s">
-        <v>3615</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="989" spans="1:7">
       <c r="A989" t="s">
         <v>3616</v>
       </c>
       <c r="B989" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C989" t="s">
         <v>3617</v>
       </c>
       <c r="D989" t="s">
         <v>10</v>
       </c>
       <c r="E989" t="s">
         <v>11</v>
       </c>
       <c r="F989" s="1" t="s">
         <v>3618</v>
       </c>
       <c r="G989" t="s">
-        <v>2917</v>
+        <v>3619</v>
       </c>
     </row>
     <row r="990" spans="1:7">
       <c r="A990" t="s">
-        <v>3619</v>
+        <v>3620</v>
       </c>
       <c r="B990" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C990" t="s">
-        <v>3620</v>
+        <v>3621</v>
       </c>
       <c r="D990" t="s">
         <v>10</v>
       </c>
       <c r="E990" t="s">
         <v>11</v>
       </c>
       <c r="F990" s="1" t="s">
-        <v>3621</v>
+        <v>3622</v>
       </c>
       <c r="G990" t="s">
-        <v>3622</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="991" spans="1:7">
       <c r="A991" t="s">
         <v>3623</v>
       </c>
       <c r="B991" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C991" t="s">
         <v>3624</v>
       </c>
       <c r="D991" t="s">
         <v>10</v>
       </c>
       <c r="E991" t="s">
         <v>11</v>
       </c>
       <c r="F991" s="1" t="s">
         <v>3625</v>
       </c>
       <c r="G991" t="s">
-        <v>3626</v>
+        <v>3609</v>
       </c>
     </row>
     <row r="992" spans="1:7">
       <c r="A992" t="s">
+        <v>3626</v>
+      </c>
+      <c r="B992" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C992" t="s">
         <v>3627</v>
       </c>
-      <c r="B992" t="s">
-[...2 lines deleted...]
-      <c r="C992" t="s">
+      <c r="D992" t="s">
+        <v>10</v>
+      </c>
+      <c r="E992" t="s">
+        <v>11</v>
+      </c>
+      <c r="F992" s="1" t="s">
         <v>3628</v>
       </c>
-      <c r="D992" t="s">
-[...5 lines deleted...]
-      <c r="F992" s="1" t="s">
+      <c r="G992" t="s">
         <v>3629</v>
-      </c>
-[...1 lines deleted...]
-        <v>3630</v>
       </c>
     </row>
     <row r="993" spans="1:7">
       <c r="A993" t="s">
+        <v>3630</v>
+      </c>
+      <c r="B993" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C993" t="s">
         <v>3631</v>
       </c>
-      <c r="B993" t="s">
-[...2 lines deleted...]
-      <c r="C993" t="s">
+      <c r="D993" t="s">
+        <v>10</v>
+      </c>
+      <c r="E993" t="s">
+        <v>11</v>
+      </c>
+      <c r="F993" s="1" t="s">
         <v>3632</v>
       </c>
-      <c r="D993" t="s">
-[...5 lines deleted...]
-      <c r="F993" s="1" t="s">
+      <c r="G993" t="s">
         <v>3633</v>
-      </c>
-[...1 lines deleted...]
-        <v>3634</v>
       </c>
     </row>
     <row r="994" spans="1:7">
       <c r="A994" t="s">
+        <v>3634</v>
+      </c>
+      <c r="B994" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C994" t="s">
         <v>3635</v>
       </c>
-      <c r="B994" t="s">
-[...2 lines deleted...]
-      <c r="C994" t="s">
+      <c r="D994" t="s">
+        <v>10</v>
+      </c>
+      <c r="E994" t="s">
+        <v>11</v>
+      </c>
+      <c r="F994" s="1" t="s">
         <v>3636</v>
       </c>
-      <c r="D994" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G994" t="s">
-        <v>3638</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="995" spans="1:7">
       <c r="A995" t="s">
+        <v>3637</v>
+      </c>
+      <c r="B995" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C995" t="s">
+        <v>3638</v>
+      </c>
+      <c r="D995" t="s">
+        <v>10</v>
+      </c>
+      <c r="E995" t="s">
+        <v>11</v>
+      </c>
+      <c r="F995" s="1" t="s">
         <v>3639</v>
       </c>
-      <c r="B995" t="s">
-[...2 lines deleted...]
-      <c r="C995" t="s">
+      <c r="G995" t="s">
         <v>3640</v>
-      </c>
-[...10 lines deleted...]
-        <v>3298</v>
       </c>
     </row>
     <row r="996" spans="1:7">
       <c r="A996" t="s">
+        <v>3641</v>
+      </c>
+      <c r="B996" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C996" t="s">
         <v>3642</v>
       </c>
-      <c r="B996" t="s">
-[...2 lines deleted...]
-      <c r="C996" t="s">
+      <c r="D996" t="s">
+        <v>10</v>
+      </c>
+      <c r="E996" t="s">
+        <v>11</v>
+      </c>
+      <c r="F996" s="1" t="s">
         <v>3643</v>
       </c>
-      <c r="D996" t="s">
-[...5 lines deleted...]
-      <c r="F996" s="1" t="s">
+      <c r="G996" t="s">
         <v>3644</v>
-      </c>
-[...1 lines deleted...]
-        <v>3645</v>
       </c>
     </row>
     <row r="997" spans="1:7">
       <c r="A997" t="s">
+        <v>3645</v>
+      </c>
+      <c r="B997" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C997" t="s">
         <v>3646</v>
       </c>
-      <c r="B997" t="s">
-[...2 lines deleted...]
-      <c r="C997" t="s">
+      <c r="D997" t="s">
+        <v>10</v>
+      </c>
+      <c r="E997" t="s">
+        <v>11</v>
+      </c>
+      <c r="F997" s="1" t="s">
         <v>3647</v>
       </c>
-      <c r="D997" t="s">
-[...5 lines deleted...]
-      <c r="F997" s="1" t="s">
+      <c r="G997" t="s">
         <v>3648</v>
-      </c>
-[...1 lines deleted...]
-        <v>3645</v>
       </c>
     </row>
     <row r="998" spans="1:7">
       <c r="A998" t="s">
         <v>3649</v>
       </c>
       <c r="B998" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C998" t="s">
         <v>3650</v>
       </c>
       <c r="D998" t="s">
         <v>10</v>
       </c>
       <c r="E998" t="s">
         <v>11</v>
       </c>
       <c r="F998" s="1" t="s">
         <v>3651</v>
       </c>
       <c r="G998" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="999" spans="1:7">
       <c r="A999" t="s">
         <v>3653</v>
       </c>
       <c r="B999" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C999" t="s">
         <v>3654</v>
       </c>
       <c r="D999" t="s">
         <v>10</v>
       </c>
       <c r="E999" t="s">
         <v>11</v>
       </c>
       <c r="F999" s="1" t="s">
         <v>3655</v>
       </c>
       <c r="G999" t="s">
         <v>3656</v>
       </c>
     </row>
     <row r="1000" spans="1:7">
       <c r="A1000" t="s">
         <v>3657</v>
       </c>
       <c r="B1000" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C1000" t="s">
         <v>3658</v>
       </c>
       <c r="D1000" t="s">
         <v>10</v>
       </c>
       <c r="E1000" t="s">
         <v>11</v>
       </c>
       <c r="F1000" s="1" t="s">
         <v>3659</v>
       </c>
       <c r="G1000" t="s">
-        <v>3645</v>
+        <v>3316</v>
       </c>
     </row>
     <row r="1001" spans="1:7">
       <c r="A1001" t="s">
         <v>3660</v>
       </c>
       <c r="B1001" t="s">
-        <v>993</v>
+        <v>1011</v>
       </c>
       <c r="C1001" t="s">
         <v>3661</v>
       </c>
       <c r="D1001" t="s">
         <v>10</v>
       </c>
       <c r="E1001" t="s">
         <v>11</v>
       </c>
       <c r="F1001" s="1" t="s">
         <v>3662</v>
       </c>
       <c r="G1001" t="s">
-        <v>3645</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="1002" spans="1:7">
       <c r="A1002" t="s">
+        <v>3664</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>3665</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1002" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1002" s="1" t="s">
+        <v>3666</v>
+      </c>
+      <c r="G1002" t="s">
         <v>3663</v>
-      </c>
-[...16 lines deleted...]
-        <v>3645</v>
       </c>
     </row>
     <row r="1003" spans="1:7">
       <c r="A1003" t="s">
-        <v>3509</v>
+        <v>3667</v>
       </c>
       <c r="B1003" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="C1003" t="s">
-        <v>3666</v>
+        <v>3668</v>
       </c>
       <c r="D1003" t="s">
         <v>10</v>
       </c>
       <c r="E1003" t="s">
         <v>11</v>
       </c>
       <c r="F1003" s="1" t="s">
-        <v>3667</v>
+        <v>3669</v>
       </c>
       <c r="G1003" t="s">
-        <v>3668</v>
+        <v>3670</v>
       </c>
     </row>
     <row r="1004" spans="1:7">
       <c r="A1004" t="s">
-        <v>3513</v>
+        <v>3671</v>
       </c>
       <c r="B1004" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="C1004" t="s">
-        <v>3669</v>
+        <v>3672</v>
       </c>
       <c r="D1004" t="s">
         <v>10</v>
       </c>
       <c r="E1004" t="s">
         <v>11</v>
       </c>
       <c r="F1004" s="1" t="s">
-        <v>3670</v>
+        <v>3673</v>
       </c>
       <c r="G1004" t="s">
-        <v>3668</v>
+        <v>3674</v>
       </c>
     </row>
     <row r="1005" spans="1:7">
       <c r="A1005" t="s">
-        <v>3517</v>
+        <v>3675</v>
       </c>
       <c r="B1005" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="C1005" t="s">
-        <v>3671</v>
+        <v>3676</v>
       </c>
       <c r="D1005" t="s">
         <v>10</v>
       </c>
       <c r="E1005" t="s">
         <v>11</v>
       </c>
       <c r="F1005" s="1" t="s">
-        <v>3672</v>
+        <v>3677</v>
       </c>
       <c r="G1005" t="s">
-        <v>3673</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="1006" spans="1:7">
       <c r="A1006" t="s">
-        <v>3521</v>
+        <v>3678</v>
       </c>
       <c r="B1006" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="C1006" t="s">
-        <v>3674</v>
+        <v>3679</v>
       </c>
       <c r="D1006" t="s">
         <v>10</v>
       </c>
       <c r="E1006" t="s">
         <v>11</v>
       </c>
       <c r="F1006" s="1" t="s">
-        <v>3675</v>
+        <v>3680</v>
       </c>
       <c r="G1006" t="s">
-        <v>3668</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="1007" spans="1:7">
       <c r="A1007" t="s">
-        <v>3525</v>
+        <v>3681</v>
       </c>
       <c r="B1007" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
       <c r="C1007" t="s">
-        <v>3676</v>
+        <v>3682</v>
       </c>
       <c r="D1007" t="s">
         <v>10</v>
       </c>
       <c r="E1007" t="s">
         <v>11</v>
       </c>
       <c r="F1007" s="1" t="s">
-        <v>3677</v>
+        <v>3683</v>
       </c>
       <c r="G1007" t="s">
-        <v>3678</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="1008" spans="1:7">
       <c r="A1008" t="s">
-        <v>3529</v>
+        <v>3527</v>
       </c>
       <c r="B1008" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1008" t="s">
-        <v>3679</v>
+        <v>3684</v>
       </c>
       <c r="D1008" t="s">
         <v>10</v>
       </c>
       <c r="E1008" t="s">
         <v>11</v>
       </c>
       <c r="F1008" s="1" t="s">
-        <v>3680</v>
+        <v>3685</v>
       </c>
       <c r="G1008" t="s">
-        <v>3681</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="1009" spans="1:7">
       <c r="A1009" t="s">
-        <v>3533</v>
+        <v>3531</v>
       </c>
       <c r="B1009" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1009" t="s">
-        <v>3682</v>
+        <v>3687</v>
       </c>
       <c r="D1009" t="s">
         <v>10</v>
       </c>
       <c r="E1009" t="s">
         <v>11</v>
       </c>
       <c r="F1009" s="1" t="s">
-        <v>3683</v>
+        <v>3688</v>
       </c>
       <c r="G1009" t="s">
-        <v>3684</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="1010" spans="1:7">
       <c r="A1010" t="s">
-        <v>3537</v>
+        <v>3535</v>
       </c>
       <c r="B1010" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1010" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
       <c r="D1010" t="s">
         <v>10</v>
       </c>
       <c r="E1010" t="s">
         <v>11</v>
       </c>
       <c r="F1010" s="1" t="s">
-        <v>3686</v>
+        <v>3690</v>
       </c>
       <c r="G1010" t="s">
-        <v>3687</v>
+        <v>3691</v>
       </c>
     </row>
     <row r="1011" spans="1:7">
       <c r="A1011" t="s">
-        <v>3541</v>
+        <v>3539</v>
       </c>
       <c r="B1011" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1011" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
       <c r="D1011" t="s">
         <v>10</v>
       </c>
       <c r="E1011" t="s">
         <v>11</v>
       </c>
       <c r="F1011" s="1" t="s">
-        <v>3689</v>
+        <v>3693</v>
       </c>
       <c r="G1011" t="s">
-        <v>3690</v>
+        <v>3686</v>
       </c>
     </row>
     <row r="1012" spans="1:7">
       <c r="A1012" t="s">
-        <v>3544</v>
+        <v>3543</v>
       </c>
       <c r="B1012" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1012" t="s">
-        <v>3691</v>
+        <v>3694</v>
       </c>
       <c r="D1012" t="s">
         <v>10</v>
       </c>
       <c r="E1012" t="s">
         <v>11</v>
       </c>
       <c r="F1012" s="1" t="s">
-        <v>3692</v>
+        <v>3695</v>
       </c>
       <c r="G1012" t="s">
-        <v>3693</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="1013" spans="1:7">
       <c r="A1013" t="s">
-        <v>3548</v>
+        <v>3547</v>
       </c>
       <c r="B1013" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1013" t="s">
-        <v>3694</v>
+        <v>3697</v>
       </c>
       <c r="D1013" t="s">
         <v>10</v>
       </c>
       <c r="E1013" t="s">
         <v>11</v>
       </c>
       <c r="F1013" s="1" t="s">
-        <v>3695</v>
+        <v>3698</v>
       </c>
       <c r="G1013" t="s">
-        <v>3696</v>
+        <v>3699</v>
       </c>
     </row>
     <row r="1014" spans="1:7">
       <c r="A1014" t="s">
-        <v>3556</v>
+        <v>3551</v>
       </c>
       <c r="B1014" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1014" t="s">
-        <v>3697</v>
+        <v>3700</v>
       </c>
       <c r="D1014" t="s">
         <v>10</v>
       </c>
       <c r="E1014" t="s">
         <v>11</v>
       </c>
       <c r="F1014" s="1" t="s">
-        <v>3698</v>
+        <v>3701</v>
       </c>
       <c r="G1014" t="s">
-        <v>3699</v>
+        <v>3702</v>
       </c>
     </row>
     <row r="1015" spans="1:7">
       <c r="A1015" t="s">
-        <v>3552</v>
+        <v>3555</v>
       </c>
       <c r="B1015" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1015" t="s">
-        <v>3700</v>
+        <v>3703</v>
       </c>
       <c r="D1015" t="s">
         <v>10</v>
       </c>
       <c r="E1015" t="s">
         <v>11</v>
       </c>
       <c r="F1015" s="1" t="s">
-        <v>3701</v>
+        <v>3704</v>
       </c>
       <c r="G1015" t="s">
-        <v>3702</v>
+        <v>3705</v>
       </c>
     </row>
     <row r="1016" spans="1:7">
       <c r="A1016" t="s">
-        <v>3560</v>
+        <v>3559</v>
       </c>
       <c r="B1016" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1016" t="s">
-        <v>3703</v>
+        <v>3706</v>
       </c>
       <c r="D1016" t="s">
         <v>10</v>
       </c>
       <c r="E1016" t="s">
         <v>11</v>
       </c>
       <c r="F1016" s="1" t="s">
-        <v>3704</v>
+        <v>3707</v>
       </c>
       <c r="G1016" t="s">
-        <v>3705</v>
+        <v>3708</v>
       </c>
     </row>
     <row r="1017" spans="1:7">
       <c r="A1017" t="s">
-        <v>3564</v>
+        <v>3562</v>
       </c>
       <c r="B1017" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1017" t="s">
-        <v>3706</v>
+        <v>3709</v>
       </c>
       <c r="D1017" t="s">
         <v>10</v>
       </c>
       <c r="E1017" t="s">
         <v>11</v>
       </c>
       <c r="F1017" s="1" t="s">
-        <v>3707</v>
+        <v>3710</v>
       </c>
       <c r="G1017" t="s">
-        <v>3708</v>
+        <v>3711</v>
       </c>
     </row>
     <row r="1018" spans="1:7">
       <c r="A1018" t="s">
-        <v>3567</v>
+        <v>3566</v>
       </c>
       <c r="B1018" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1018" t="s">
-        <v>3709</v>
+        <v>3712</v>
       </c>
       <c r="D1018" t="s">
         <v>10</v>
       </c>
       <c r="E1018" t="s">
         <v>11</v>
       </c>
       <c r="F1018" s="1" t="s">
-        <v>3710</v>
+        <v>3713</v>
       </c>
       <c r="G1018" t="s">
-        <v>3711</v>
+        <v>3714</v>
       </c>
     </row>
     <row r="1019" spans="1:7">
       <c r="A1019" t="s">
-        <v>3570</v>
+        <v>3574</v>
       </c>
       <c r="B1019" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1019" t="s">
-        <v>3712</v>
+        <v>3715</v>
       </c>
       <c r="D1019" t="s">
         <v>10</v>
       </c>
       <c r="E1019" t="s">
         <v>11</v>
       </c>
       <c r="F1019" s="1" t="s">
-        <v>3713</v>
+        <v>3716</v>
       </c>
       <c r="G1019" t="s">
-        <v>3714</v>
+        <v>3717</v>
       </c>
     </row>
     <row r="1020" spans="1:7">
       <c r="A1020" t="s">
-        <v>3493</v>
+        <v>3570</v>
       </c>
       <c r="B1020" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1020" t="s">
-        <v>3715</v>
+        <v>3718</v>
       </c>
       <c r="D1020" t="s">
         <v>10</v>
       </c>
       <c r="E1020" t="s">
         <v>11</v>
       </c>
       <c r="F1020" s="1" t="s">
-        <v>3716</v>
+        <v>3719</v>
       </c>
       <c r="G1020" t="s">
-        <v>3717</v>
+        <v>3720</v>
       </c>
     </row>
     <row r="1021" spans="1:7">
       <c r="A1021" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
       <c r="B1021" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1021" t="s">
-        <v>3718</v>
+        <v>3721</v>
       </c>
       <c r="D1021" t="s">
         <v>10</v>
       </c>
       <c r="E1021" t="s">
         <v>11</v>
       </c>
       <c r="F1021" s="1" t="s">
-        <v>3719</v>
+        <v>3722</v>
       </c>
       <c r="G1021" t="s">
-        <v>3720</v>
+        <v>3723</v>
       </c>
     </row>
     <row r="1022" spans="1:7">
       <c r="A1022" t="s">
-        <v>3578</v>
+        <v>3582</v>
       </c>
       <c r="B1022" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1022" t="s">
-        <v>3721</v>
+        <v>3724</v>
       </c>
       <c r="D1022" t="s">
         <v>10</v>
       </c>
       <c r="E1022" t="s">
         <v>11</v>
       </c>
       <c r="F1022" s="1" t="s">
-        <v>3722</v>
+        <v>3725</v>
       </c>
       <c r="G1022" t="s">
-        <v>3302</v>
+        <v>3726</v>
       </c>
     </row>
     <row r="1023" spans="1:7">
       <c r="A1023" t="s">
-        <v>3582</v>
+        <v>3585</v>
       </c>
       <c r="B1023" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1023" t="s">
-        <v>3723</v>
+        <v>3727</v>
       </c>
       <c r="D1023" t="s">
         <v>10</v>
       </c>
       <c r="E1023" t="s">
         <v>11</v>
       </c>
       <c r="F1023" s="1" t="s">
-        <v>3724</v>
+        <v>3728</v>
       </c>
       <c r="G1023" t="s">
-        <v>3725</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1024" spans="1:7">
       <c r="A1024" t="s">
-        <v>3585</v>
+        <v>3588</v>
       </c>
       <c r="B1024" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1024" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
       <c r="D1024" t="s">
         <v>10</v>
       </c>
       <c r="E1024" t="s">
         <v>11</v>
       </c>
       <c r="F1024" s="1" t="s">
-        <v>3727</v>
+        <v>3731</v>
       </c>
       <c r="G1024" t="s">
-        <v>3728</v>
+        <v>3732</v>
       </c>
     </row>
     <row r="1025" spans="1:7">
       <c r="A1025" t="s">
-        <v>3589</v>
+        <v>3511</v>
       </c>
       <c r="B1025" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1025" t="s">
-        <v>3729</v>
+        <v>3733</v>
       </c>
       <c r="D1025" t="s">
         <v>10</v>
       </c>
       <c r="E1025" t="s">
         <v>11</v>
       </c>
       <c r="F1025" s="1" t="s">
-        <v>3730</v>
+        <v>3734</v>
       </c>
       <c r="G1025" t="s">
-        <v>3711</v>
+        <v>3735</v>
       </c>
     </row>
     <row r="1026" spans="1:7">
       <c r="A1026" t="s">
-        <v>3593</v>
+        <v>3592</v>
       </c>
       <c r="B1026" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1026" t="s">
-        <v>3731</v>
+        <v>3736</v>
       </c>
       <c r="D1026" t="s">
         <v>10</v>
       </c>
       <c r="E1026" t="s">
         <v>11</v>
       </c>
       <c r="F1026" s="1" t="s">
-        <v>3732</v>
+        <v>3737</v>
       </c>
       <c r="G1026" t="s">
-        <v>3733</v>
+        <v>3738</v>
       </c>
     </row>
     <row r="1027" spans="1:7">
       <c r="A1027" t="s">
         <v>3596</v>
       </c>
       <c r="B1027" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1027" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
       <c r="D1027" t="s">
         <v>10</v>
       </c>
       <c r="E1027" t="s">
         <v>11</v>
       </c>
       <c r="F1027" s="1" t="s">
-        <v>3735</v>
+        <v>3740</v>
       </c>
       <c r="G1027" t="s">
-        <v>2989</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="1028" spans="1:7">
       <c r="A1028" t="s">
-        <v>3599</v>
+        <v>3600</v>
       </c>
       <c r="B1028" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1028" t="s">
-        <v>3736</v>
+        <v>3741</v>
       </c>
       <c r="D1028" t="s">
         <v>10</v>
       </c>
       <c r="E1028" t="s">
         <v>11</v>
       </c>
       <c r="F1028" s="1" t="s">
-        <v>3737</v>
+        <v>3742</v>
       </c>
       <c r="G1028" t="s">
-        <v>2982</v>
+        <v>3743</v>
       </c>
     </row>
     <row r="1029" spans="1:7">
       <c r="A1029" t="s">
         <v>3603</v>
       </c>
       <c r="B1029" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1029" t="s">
-        <v>3738</v>
+        <v>3744</v>
       </c>
       <c r="D1029" t="s">
         <v>10</v>
       </c>
       <c r="E1029" t="s">
         <v>11</v>
       </c>
       <c r="F1029" s="1" t="s">
-        <v>3739</v>
+        <v>3745</v>
       </c>
       <c r="G1029" t="s">
-        <v>3740</v>
+        <v>3746</v>
       </c>
     </row>
     <row r="1030" spans="1:7">
       <c r="A1030" t="s">
-        <v>3606</v>
+        <v>3607</v>
       </c>
       <c r="B1030" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1030" t="s">
-        <v>3741</v>
+        <v>3747</v>
       </c>
       <c r="D1030" t="s">
         <v>10</v>
       </c>
       <c r="E1030" t="s">
         <v>11</v>
       </c>
       <c r="F1030" s="1" t="s">
-        <v>3742</v>
+        <v>3748</v>
       </c>
       <c r="G1030" t="s">
-        <v>3743</v>
+        <v>3729</v>
       </c>
     </row>
     <row r="1031" spans="1:7">
       <c r="A1031" t="s">
-        <v>3609</v>
+        <v>3611</v>
       </c>
       <c r="B1031" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1031" t="s">
-        <v>3744</v>
+        <v>3749</v>
       </c>
       <c r="D1031" t="s">
         <v>10</v>
       </c>
       <c r="E1031" t="s">
         <v>11</v>
       </c>
       <c r="F1031" s="1" t="s">
-        <v>3745</v>
+        <v>3750</v>
       </c>
       <c r="G1031" t="s">
-        <v>1062</v>
+        <v>3751</v>
       </c>
     </row>
     <row r="1032" spans="1:7">
       <c r="A1032" t="s">
-        <v>3613</v>
+        <v>3614</v>
       </c>
       <c r="B1032" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1032" t="s">
-        <v>3746</v>
+        <v>3752</v>
       </c>
       <c r="D1032" t="s">
         <v>10</v>
       </c>
       <c r="E1032" t="s">
         <v>11</v>
       </c>
       <c r="F1032" s="1" t="s">
-        <v>3747</v>
+        <v>3753</v>
       </c>
       <c r="G1032" t="s">
-        <v>3748</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="1033" spans="1:7">
       <c r="A1033" t="s">
         <v>3617</v>
       </c>
       <c r="B1033" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1033" t="s">
-        <v>3749</v>
+        <v>3754</v>
       </c>
       <c r="D1033" t="s">
         <v>10</v>
       </c>
       <c r="E1033" t="s">
         <v>11</v>
       </c>
       <c r="F1033" s="1" t="s">
-        <v>3750</v>
+        <v>3755</v>
       </c>
       <c r="G1033" t="s">
-        <v>3751</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1034" spans="1:7">
       <c r="A1034" t="s">
-        <v>3620</v>
+        <v>3621</v>
       </c>
       <c r="B1034" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1034" t="s">
-        <v>3752</v>
+        <v>3756</v>
       </c>
       <c r="D1034" t="s">
         <v>10</v>
       </c>
       <c r="E1034" t="s">
         <v>11</v>
       </c>
       <c r="F1034" s="1" t="s">
-        <v>3753</v>
+        <v>3757</v>
       </c>
       <c r="G1034" t="s">
-        <v>3754</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1035" spans="1:7">
       <c r="A1035" t="s">
         <v>3624</v>
       </c>
       <c r="B1035" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1035" t="s">
-        <v>3755</v>
+        <v>3759</v>
       </c>
       <c r="D1035" t="s">
         <v>10</v>
       </c>
       <c r="E1035" t="s">
         <v>11</v>
       </c>
       <c r="F1035" s="1" t="s">
-        <v>3756</v>
+        <v>3760</v>
       </c>
       <c r="G1035" t="s">
-        <v>3757</v>
+        <v>3761</v>
       </c>
     </row>
     <row r="1036" spans="1:7">
       <c r="A1036" t="s">
-        <v>3628</v>
+        <v>3627</v>
       </c>
       <c r="B1036" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1036" t="s">
-        <v>3758</v>
+        <v>3762</v>
       </c>
       <c r="D1036" t="s">
         <v>10</v>
       </c>
       <c r="E1036" t="s">
         <v>11</v>
       </c>
       <c r="F1036" s="1" t="s">
-        <v>3759</v>
+        <v>3763</v>
       </c>
       <c r="G1036" t="s">
-        <v>3740</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="1037" spans="1:7">
       <c r="A1037" t="s">
-        <v>3632</v>
+        <v>3631</v>
       </c>
       <c r="B1037" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1037" t="s">
-        <v>3760</v>
+        <v>3764</v>
       </c>
       <c r="D1037" t="s">
         <v>10</v>
       </c>
       <c r="E1037" t="s">
         <v>11</v>
       </c>
       <c r="F1037" s="1" t="s">
-        <v>3761</v>
+        <v>3765</v>
       </c>
       <c r="G1037" t="s">
-        <v>2982</v>
+        <v>3766</v>
       </c>
     </row>
     <row r="1038" spans="1:7">
       <c r="A1038" t="s">
-        <v>3636</v>
+        <v>3635</v>
       </c>
       <c r="B1038" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1038" t="s">
-        <v>3762</v>
+        <v>3767</v>
       </c>
       <c r="D1038" t="s">
         <v>10</v>
       </c>
       <c r="E1038" t="s">
         <v>11</v>
       </c>
       <c r="F1038" s="1" t="s">
-        <v>3763</v>
+        <v>3768</v>
       </c>
       <c r="G1038" t="s">
-        <v>3764</v>
+        <v>3769</v>
       </c>
     </row>
     <row r="1039" spans="1:7">
       <c r="A1039" t="s">
-        <v>3640</v>
+        <v>3638</v>
       </c>
       <c r="B1039" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1039" t="s">
-        <v>3765</v>
+        <v>3770</v>
       </c>
       <c r="D1039" t="s">
         <v>10</v>
       </c>
       <c r="E1039" t="s">
         <v>11</v>
       </c>
       <c r="F1039" s="1" t="s">
-        <v>3766</v>
+        <v>3771</v>
       </c>
       <c r="G1039" t="s">
-        <v>3767</v>
+        <v>3772</v>
       </c>
     </row>
     <row r="1040" spans="1:7">
       <c r="A1040" t="s">
-        <v>3643</v>
+        <v>3642</v>
       </c>
       <c r="B1040" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1040" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
       <c r="D1040" t="s">
         <v>10</v>
       </c>
       <c r="E1040" t="s">
         <v>11</v>
       </c>
       <c r="F1040" s="1" t="s">
-        <v>3769</v>
+        <v>3774</v>
       </c>
       <c r="G1040" t="s">
-        <v>3770</v>
+        <v>3775</v>
       </c>
     </row>
     <row r="1041" spans="1:7">
       <c r="A1041" t="s">
-        <v>3647</v>
+        <v>3646</v>
       </c>
       <c r="B1041" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1041" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
       <c r="D1041" t="s">
         <v>10</v>
       </c>
       <c r="E1041" t="s">
         <v>11</v>
       </c>
       <c r="F1041" s="1" t="s">
-        <v>3772</v>
+        <v>3777</v>
       </c>
       <c r="G1041" t="s">
-        <v>3773</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1042" spans="1:7">
       <c r="A1042" t="s">
         <v>3650</v>
       </c>
       <c r="B1042" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1042" t="s">
-        <v>3774</v>
+        <v>3778</v>
       </c>
       <c r="D1042" t="s">
         <v>10</v>
       </c>
       <c r="E1042" t="s">
         <v>11</v>
       </c>
       <c r="F1042" s="1" t="s">
-        <v>3775</v>
+        <v>3779</v>
       </c>
       <c r="G1042" t="s">
-        <v>3776</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1043" spans="1:7">
       <c r="A1043" t="s">
-        <v>3296</v>
+        <v>3654</v>
       </c>
       <c r="B1043" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1043" t="s">
-        <v>3777</v>
+        <v>3780</v>
       </c>
       <c r="D1043" t="s">
         <v>10</v>
       </c>
       <c r="E1043" t="s">
         <v>11</v>
       </c>
       <c r="F1043" s="1" t="s">
-        <v>3778</v>
+        <v>3781</v>
       </c>
       <c r="G1043" t="s">
-        <v>3779</v>
+        <v>3782</v>
       </c>
     </row>
     <row r="1044" spans="1:7">
       <c r="A1044" t="s">
-        <v>3654</v>
+        <v>3658</v>
       </c>
       <c r="B1044" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1044" t="s">
-        <v>3780</v>
+        <v>3783</v>
       </c>
       <c r="D1044" t="s">
         <v>10</v>
       </c>
       <c r="E1044" t="s">
         <v>11</v>
       </c>
       <c r="F1044" s="1" t="s">
-        <v>3781</v>
+        <v>3784</v>
       </c>
       <c r="G1044" t="s">
-        <v>3782</v>
+        <v>3785</v>
       </c>
     </row>
     <row r="1045" spans="1:7">
       <c r="A1045" t="s">
-        <v>3658</v>
+        <v>3661</v>
       </c>
       <c r="B1045" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1045" t="s">
-        <v>3783</v>
+        <v>3786</v>
       </c>
       <c r="D1045" t="s">
         <v>10</v>
       </c>
       <c r="E1045" t="s">
         <v>11</v>
       </c>
       <c r="F1045" s="1" t="s">
-        <v>3784</v>
+        <v>3787</v>
       </c>
       <c r="G1045" t="s">
-        <v>3785</v>
+        <v>3788</v>
       </c>
     </row>
     <row r="1046" spans="1:7">
       <c r="A1046" t="s">
-        <v>3661</v>
+        <v>3665</v>
       </c>
       <c r="B1046" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1046" t="s">
-        <v>3786</v>
+        <v>3789</v>
       </c>
       <c r="D1046" t="s">
         <v>10</v>
       </c>
       <c r="E1046" t="s">
         <v>11</v>
       </c>
       <c r="F1046" s="1" t="s">
-        <v>3787</v>
+        <v>3790</v>
       </c>
       <c r="G1046" t="s">
-        <v>3740</v>
+        <v>3791</v>
       </c>
     </row>
     <row r="1047" spans="1:7">
       <c r="A1047" t="s">
-        <v>3664</v>
+        <v>3668</v>
       </c>
       <c r="B1047" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1047" t="s">
-        <v>3788</v>
+        <v>3792</v>
       </c>
       <c r="D1047" t="s">
         <v>10</v>
       </c>
       <c r="E1047" t="s">
         <v>11</v>
       </c>
       <c r="F1047" s="1" t="s">
-        <v>3789</v>
+        <v>3793</v>
       </c>
       <c r="G1047" t="s">
-        <v>3576</v>
+        <v>3794</v>
       </c>
     </row>
     <row r="1048" spans="1:7">
       <c r="A1048" t="s">
-        <v>3666</v>
+        <v>3314</v>
       </c>
       <c r="B1048" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1048" t="s">
-        <v>3790</v>
+        <v>3795</v>
       </c>
       <c r="D1048" t="s">
         <v>10</v>
       </c>
       <c r="E1048" t="s">
         <v>11</v>
       </c>
       <c r="F1048" s="1" t="s">
-        <v>3791</v>
+        <v>3796</v>
       </c>
       <c r="G1048" t="s">
-        <v>2982</v>
+        <v>3797</v>
       </c>
     </row>
     <row r="1049" spans="1:7">
       <c r="A1049" t="s">
-        <v>3669</v>
+        <v>3672</v>
       </c>
       <c r="B1049" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1049" t="s">
-        <v>3792</v>
+        <v>3798</v>
       </c>
       <c r="D1049" t="s">
         <v>10</v>
       </c>
       <c r="E1049" t="s">
         <v>11</v>
       </c>
       <c r="F1049" s="1" t="s">
-        <v>3793</v>
+        <v>3799</v>
       </c>
       <c r="G1049" t="s">
-        <v>3794</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="1050" spans="1:7">
       <c r="A1050" t="s">
-        <v>3671</v>
+        <v>3676</v>
       </c>
       <c r="B1050" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1050" t="s">
-        <v>3795</v>
+        <v>3801</v>
       </c>
       <c r="D1050" t="s">
         <v>10</v>
       </c>
       <c r="E1050" t="s">
         <v>11</v>
       </c>
       <c r="F1050" s="1" t="s">
-        <v>3796</v>
+        <v>3802</v>
       </c>
       <c r="G1050" t="s">
-        <v>3797</v>
+        <v>3803</v>
       </c>
     </row>
     <row r="1051" spans="1:7">
       <c r="A1051" t="s">
-        <v>3674</v>
+        <v>3679</v>
       </c>
       <c r="B1051" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1051" t="s">
-        <v>3798</v>
+        <v>3804</v>
       </c>
       <c r="D1051" t="s">
         <v>10</v>
       </c>
       <c r="E1051" t="s">
         <v>11</v>
       </c>
       <c r="F1051" s="1" t="s">
-        <v>3799</v>
+        <v>3805</v>
       </c>
       <c r="G1051" t="s">
-        <v>3800</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1052" spans="1:7">
       <c r="A1052" t="s">
-        <v>3676</v>
+        <v>3682</v>
       </c>
       <c r="B1052" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1052" t="s">
-        <v>3801</v>
+        <v>3806</v>
       </c>
       <c r="D1052" t="s">
         <v>10</v>
       </c>
       <c r="E1052" t="s">
         <v>11</v>
       </c>
       <c r="F1052" s="1" t="s">
-        <v>3802</v>
+        <v>3807</v>
       </c>
       <c r="G1052" t="s">
-        <v>3803</v>
+        <v>3594</v>
       </c>
     </row>
     <row r="1053" spans="1:7">
       <c r="A1053" t="s">
-        <v>3679</v>
+        <v>3684</v>
       </c>
       <c r="B1053" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1053" t="s">
-        <v>3804</v>
+        <v>3808</v>
       </c>
       <c r="D1053" t="s">
         <v>10</v>
       </c>
       <c r="E1053" t="s">
         <v>11</v>
       </c>
       <c r="F1053" s="1" t="s">
-        <v>3805</v>
+        <v>3809</v>
       </c>
       <c r="G1053" t="s">
-        <v>3806</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="1054" spans="1:7">
       <c r="A1054" t="s">
-        <v>3682</v>
+        <v>3687</v>
       </c>
       <c r="B1054" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1054" t="s">
-        <v>3807</v>
+        <v>3810</v>
       </c>
       <c r="D1054" t="s">
         <v>10</v>
       </c>
       <c r="E1054" t="s">
         <v>11</v>
       </c>
       <c r="F1054" s="1" t="s">
-        <v>3808</v>
+        <v>3811</v>
       </c>
       <c r="G1054" t="s">
-        <v>3809</v>
+        <v>3812</v>
       </c>
     </row>
     <row r="1055" spans="1:7">
       <c r="A1055" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
       <c r="B1055" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1055" t="s">
-        <v>3810</v>
+        <v>3813</v>
       </c>
       <c r="D1055" t="s">
         <v>10</v>
       </c>
       <c r="E1055" t="s">
         <v>11</v>
       </c>
       <c r="F1055" s="1" t="s">
-        <v>3811</v>
+        <v>3814</v>
       </c>
       <c r="G1055" t="s">
-        <v>3812</v>
+        <v>3815</v>
       </c>
     </row>
     <row r="1056" spans="1:7">
       <c r="A1056" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
       <c r="B1056" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1056" t="s">
-        <v>3813</v>
+        <v>3816</v>
       </c>
       <c r="D1056" t="s">
         <v>10</v>
       </c>
       <c r="E1056" t="s">
         <v>11</v>
       </c>
       <c r="F1056" s="1" t="s">
-        <v>3814</v>
+        <v>3817</v>
       </c>
       <c r="G1056" t="s">
-        <v>3815</v>
+        <v>3818</v>
       </c>
     </row>
     <row r="1057" spans="1:7">
       <c r="A1057" t="s">
-        <v>3691</v>
+        <v>3694</v>
       </c>
       <c r="B1057" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1057" t="s">
-        <v>3816</v>
+        <v>3819</v>
       </c>
       <c r="D1057" t="s">
         <v>10</v>
       </c>
       <c r="E1057" t="s">
         <v>11</v>
       </c>
       <c r="F1057" s="1" t="s">
-        <v>3817</v>
+        <v>3820</v>
       </c>
       <c r="G1057" t="s">
-        <v>3818</v>
+        <v>3821</v>
       </c>
     </row>
     <row r="1058" spans="1:7">
       <c r="A1058" t="s">
-        <v>3694</v>
+        <v>3697</v>
       </c>
       <c r="B1058" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1058" t="s">
-        <v>3819</v>
+        <v>3822</v>
       </c>
       <c r="D1058" t="s">
         <v>10</v>
       </c>
       <c r="E1058" t="s">
         <v>11</v>
       </c>
       <c r="F1058" s="1" t="s">
-        <v>3820</v>
+        <v>3823</v>
       </c>
       <c r="G1058" t="s">
-        <v>3821</v>
+        <v>3824</v>
       </c>
     </row>
     <row r="1059" spans="1:7">
       <c r="A1059" t="s">
-        <v>3697</v>
+        <v>3700</v>
       </c>
       <c r="B1059" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1059" t="s">
-        <v>3822</v>
+        <v>3825</v>
       </c>
       <c r="D1059" t="s">
         <v>10</v>
       </c>
       <c r="E1059" t="s">
         <v>11</v>
       </c>
       <c r="F1059" s="1" t="s">
-        <v>3823</v>
+        <v>3826</v>
       </c>
       <c r="G1059" t="s">
-        <v>3740</v>
+        <v>3827</v>
       </c>
     </row>
     <row r="1060" spans="1:7">
       <c r="A1060" t="s">
-        <v>3700</v>
+        <v>3703</v>
       </c>
       <c r="B1060" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1060" t="s">
-        <v>3824</v>
+        <v>3828</v>
       </c>
       <c r="D1060" t="s">
         <v>10</v>
       </c>
       <c r="E1060" t="s">
         <v>11</v>
       </c>
       <c r="F1060" s="1" t="s">
-        <v>3825</v>
+        <v>3829</v>
       </c>
       <c r="G1060" t="s">
-        <v>3826</v>
+        <v>3830</v>
       </c>
     </row>
     <row r="1061" spans="1:7">
       <c r="A1061" t="s">
-        <v>3703</v>
+        <v>3706</v>
       </c>
       <c r="B1061" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1061" t="s">
-        <v>3827</v>
+        <v>3831</v>
       </c>
       <c r="D1061" t="s">
         <v>10</v>
       </c>
       <c r="E1061" t="s">
         <v>11</v>
       </c>
       <c r="F1061" s="1" t="s">
-        <v>3828</v>
+        <v>3832</v>
       </c>
       <c r="G1061" t="s">
-        <v>3826</v>
+        <v>3833</v>
       </c>
     </row>
     <row r="1062" spans="1:7">
       <c r="A1062" t="s">
-        <v>3706</v>
+        <v>3709</v>
       </c>
       <c r="B1062" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1062" t="s">
-        <v>3829</v>
+        <v>3834</v>
       </c>
       <c r="D1062" t="s">
         <v>10</v>
       </c>
       <c r="E1062" t="s">
         <v>11</v>
       </c>
       <c r="F1062" s="1" t="s">
-        <v>3830</v>
+        <v>3835</v>
       </c>
       <c r="G1062" t="s">
-        <v>3826</v>
+        <v>3836</v>
       </c>
     </row>
     <row r="1063" spans="1:7">
       <c r="A1063" t="s">
-        <v>3709</v>
+        <v>3712</v>
       </c>
       <c r="B1063" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1063" t="s">
-        <v>3831</v>
+        <v>3837</v>
       </c>
       <c r="D1063" t="s">
         <v>10</v>
       </c>
       <c r="E1063" t="s">
         <v>11</v>
       </c>
       <c r="F1063" s="1" t="s">
-        <v>3832</v>
+        <v>3838</v>
       </c>
       <c r="G1063" t="s">
-        <v>3826</v>
+        <v>3839</v>
       </c>
     </row>
     <row r="1064" spans="1:7">
       <c r="A1064" t="s">
-        <v>3712</v>
+        <v>3715</v>
       </c>
       <c r="B1064" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1064" t="s">
-        <v>3833</v>
+        <v>3840</v>
       </c>
       <c r="D1064" t="s">
         <v>10</v>
       </c>
       <c r="E1064" t="s">
         <v>11</v>
       </c>
       <c r="F1064" s="1" t="s">
-        <v>3834</v>
+        <v>3841</v>
       </c>
       <c r="G1064" t="s">
-        <v>3826</v>
+        <v>3758</v>
       </c>
     </row>
     <row r="1065" spans="1:7">
       <c r="A1065" t="s">
-        <v>3715</v>
+        <v>3718</v>
       </c>
       <c r="B1065" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1065" t="s">
-        <v>3835</v>
+        <v>3842</v>
       </c>
       <c r="D1065" t="s">
         <v>10</v>
       </c>
       <c r="E1065" t="s">
         <v>11</v>
       </c>
       <c r="F1065" s="1" t="s">
-        <v>3836</v>
+        <v>3843</v>
       </c>
       <c r="G1065" t="s">
-        <v>3837</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1066" spans="1:7">
       <c r="A1066" t="s">
-        <v>3718</v>
+        <v>3721</v>
       </c>
       <c r="B1066" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1066" t="s">
-        <v>3838</v>
+        <v>3845</v>
       </c>
       <c r="D1066" t="s">
         <v>10</v>
       </c>
       <c r="E1066" t="s">
         <v>11</v>
       </c>
       <c r="F1066" s="1" t="s">
-        <v>3839</v>
+        <v>3846</v>
       </c>
       <c r="G1066" t="s">
-        <v>3840</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1067" spans="1:7">
       <c r="A1067" t="s">
-        <v>3721</v>
+        <v>3724</v>
       </c>
       <c r="B1067" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1067" t="s">
-        <v>3841</v>
+        <v>3847</v>
       </c>
       <c r="D1067" t="s">
         <v>10</v>
       </c>
       <c r="E1067" t="s">
         <v>11</v>
       </c>
       <c r="F1067" s="1" t="s">
-        <v>3842</v>
+        <v>3848</v>
       </c>
       <c r="G1067" t="s">
-        <v>3843</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1068" spans="1:7">
       <c r="A1068" t="s">
-        <v>3723</v>
+        <v>3727</v>
       </c>
       <c r="B1068" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1068" t="s">
+        <v>3849</v>
+      </c>
+      <c r="D1068" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1068" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1068" s="1" t="s">
+        <v>3850</v>
+      </c>
+      <c r="G1068" t="s">
         <v>3844</v>
-      </c>
-[...10 lines deleted...]
-        <v>3846</v>
       </c>
     </row>
     <row r="1069" spans="1:7">
       <c r="A1069" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
       <c r="B1069" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1069" t="s">
-        <v>3847</v>
+        <v>3851</v>
       </c>
       <c r="D1069" t="s">
         <v>10</v>
       </c>
       <c r="E1069" t="s">
         <v>11</v>
       </c>
       <c r="F1069" s="1" t="s">
-        <v>3848</v>
+        <v>3852</v>
       </c>
       <c r="G1069" t="s">
-        <v>3849</v>
+        <v>3844</v>
       </c>
     </row>
     <row r="1070" spans="1:7">
       <c r="A1070" t="s">
-        <v>3729</v>
+        <v>3733</v>
       </c>
       <c r="B1070" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1070" t="s">
-        <v>3850</v>
+        <v>3853</v>
       </c>
       <c r="D1070" t="s">
         <v>10</v>
       </c>
       <c r="E1070" t="s">
         <v>11</v>
       </c>
       <c r="F1070" s="1" t="s">
-        <v>3851</v>
+        <v>3854</v>
       </c>
       <c r="G1070" t="s">
-        <v>3852</v>
+        <v>3855</v>
       </c>
     </row>
     <row r="1071" spans="1:7">
       <c r="A1071" t="s">
-        <v>3731</v>
+        <v>3736</v>
       </c>
       <c r="B1071" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1071" t="s">
-        <v>3853</v>
+        <v>3856</v>
       </c>
       <c r="D1071" t="s">
         <v>10</v>
       </c>
       <c r="E1071" t="s">
         <v>11</v>
       </c>
       <c r="F1071" s="1" t="s">
-        <v>3854</v>
+        <v>3857</v>
       </c>
       <c r="G1071" t="s">
-        <v>3855</v>
+        <v>3858</v>
       </c>
     </row>
     <row r="1072" spans="1:7">
       <c r="A1072" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
       <c r="B1072" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1072" t="s">
-        <v>3856</v>
+        <v>3859</v>
       </c>
       <c r="D1072" t="s">
         <v>10</v>
       </c>
       <c r="E1072" t="s">
         <v>11</v>
       </c>
       <c r="F1072" s="1" t="s">
-        <v>3857</v>
+        <v>3860</v>
       </c>
       <c r="G1072" t="s">
-        <v>3858</v>
+        <v>3861</v>
       </c>
     </row>
     <row r="1073" spans="1:7">
       <c r="A1073" t="s">
-        <v>3736</v>
+        <v>3741</v>
       </c>
       <c r="B1073" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1073" t="s">
-        <v>3859</v>
+        <v>3862</v>
       </c>
       <c r="D1073" t="s">
         <v>10</v>
       </c>
       <c r="E1073" t="s">
         <v>11</v>
       </c>
       <c r="F1073" s="1" t="s">
-        <v>3860</v>
+        <v>3863</v>
       </c>
       <c r="G1073" t="s">
-        <v>3861</v>
+        <v>3864</v>
       </c>
     </row>
     <row r="1074" spans="1:7">
       <c r="A1074" t="s">
-        <v>3738</v>
+        <v>3744</v>
       </c>
       <c r="B1074" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1074" t="s">
-        <v>3862</v>
+        <v>3865</v>
       </c>
       <c r="D1074" t="s">
         <v>10</v>
       </c>
       <c r="E1074" t="s">
         <v>11</v>
       </c>
       <c r="F1074" s="1" t="s">
-        <v>3863</v>
+        <v>3866</v>
       </c>
       <c r="G1074" t="s">
-        <v>3864</v>
+        <v>3867</v>
       </c>
     </row>
     <row r="1075" spans="1:7">
       <c r="A1075" t="s">
-        <v>3741</v>
+        <v>3747</v>
       </c>
       <c r="B1075" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1075" t="s">
-        <v>3865</v>
+        <v>3868</v>
       </c>
       <c r="D1075" t="s">
         <v>10</v>
       </c>
       <c r="E1075" t="s">
         <v>11</v>
       </c>
       <c r="F1075" s="1" t="s">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="G1075" t="s">
-        <v>3867</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="1076" spans="1:7">
       <c r="A1076" t="s">
-        <v>3744</v>
+        <v>3749</v>
       </c>
       <c r="B1076" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1076" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="D1076" t="s">
         <v>10</v>
       </c>
       <c r="E1076" t="s">
         <v>11</v>
       </c>
       <c r="F1076" s="1" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="G1076" t="s">
-        <v>3870</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1077" spans="1:7">
       <c r="A1077" t="s">
-        <v>3746</v>
+        <v>3752</v>
       </c>
       <c r="B1077" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1077" t="s">
-        <v>3871</v>
+        <v>3874</v>
       </c>
       <c r="D1077" t="s">
         <v>10</v>
       </c>
       <c r="E1077" t="s">
         <v>11</v>
       </c>
       <c r="F1077" s="1" t="s">
-        <v>3872</v>
+        <v>3875</v>
       </c>
       <c r="G1077" t="s">
-        <v>737</v>
+        <v>3876</v>
       </c>
     </row>
     <row r="1078" spans="1:7">
       <c r="A1078" t="s">
-        <v>3749</v>
+        <v>3754</v>
       </c>
       <c r="B1078" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1078" t="s">
-        <v>3873</v>
+        <v>3877</v>
       </c>
       <c r="D1078" t="s">
         <v>10</v>
       </c>
       <c r="E1078" t="s">
         <v>11</v>
       </c>
       <c r="F1078" s="1" t="s">
-        <v>3874</v>
+        <v>3878</v>
       </c>
       <c r="G1078" t="s">
-        <v>3875</v>
+        <v>3879</v>
       </c>
     </row>
     <row r="1079" spans="1:7">
       <c r="A1079" t="s">
-        <v>3752</v>
+        <v>3756</v>
       </c>
       <c r="B1079" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1079" t="s">
-        <v>3876</v>
+        <v>3880</v>
       </c>
       <c r="D1079" t="s">
         <v>10</v>
       </c>
       <c r="E1079" t="s">
         <v>11</v>
       </c>
       <c r="F1079" s="1" t="s">
-        <v>3877</v>
+        <v>3881</v>
       </c>
       <c r="G1079" t="s">
-        <v>3878</v>
+        <v>3882</v>
       </c>
     </row>
     <row r="1080" spans="1:7">
       <c r="A1080" t="s">
-        <v>3755</v>
+        <v>3759</v>
       </c>
       <c r="B1080" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1080" t="s">
-        <v>3879</v>
+        <v>3883</v>
       </c>
       <c r="D1080" t="s">
         <v>10</v>
       </c>
       <c r="E1080" t="s">
         <v>11</v>
       </c>
       <c r="F1080" s="1" t="s">
-        <v>3880</v>
+        <v>3884</v>
       </c>
       <c r="G1080" t="s">
-        <v>3881</v>
+        <v>3885</v>
       </c>
     </row>
     <row r="1081" spans="1:7">
       <c r="A1081" t="s">
-        <v>3758</v>
+        <v>3762</v>
       </c>
       <c r="B1081" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1081" t="s">
-        <v>3882</v>
+        <v>3886</v>
       </c>
       <c r="D1081" t="s">
         <v>10</v>
       </c>
       <c r="E1081" t="s">
         <v>11</v>
       </c>
       <c r="F1081" s="1" t="s">
-        <v>3883</v>
+        <v>3887</v>
       </c>
       <c r="G1081" t="s">
-        <v>3855</v>
+        <v>3888</v>
       </c>
     </row>
     <row r="1082" spans="1:7">
       <c r="A1082" t="s">
-        <v>3760</v>
+        <v>3764</v>
       </c>
       <c r="B1082" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1082" t="s">
-        <v>3884</v>
+        <v>3889</v>
       </c>
       <c r="D1082" t="s">
         <v>10</v>
       </c>
       <c r="E1082" t="s">
         <v>11</v>
       </c>
       <c r="F1082" s="1" t="s">
-        <v>3885</v>
+        <v>3890</v>
       </c>
       <c r="G1082" t="s">
-        <v>3886</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1083" spans="1:7">
       <c r="A1083" t="s">
-        <v>3762</v>
+        <v>3767</v>
       </c>
       <c r="B1083" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1083" t="s">
-        <v>3887</v>
+        <v>3891</v>
       </c>
       <c r="D1083" t="s">
         <v>10</v>
       </c>
       <c r="E1083" t="s">
         <v>11</v>
       </c>
       <c r="F1083" s="1" t="s">
-        <v>3888</v>
+        <v>3892</v>
       </c>
       <c r="G1083" t="s">
-        <v>737</v>
+        <v>3893</v>
       </c>
     </row>
     <row r="1084" spans="1:7">
       <c r="A1084" t="s">
-        <v>3765</v>
+        <v>3770</v>
       </c>
       <c r="B1084" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1084" t="s">
-        <v>3889</v>
+        <v>3894</v>
       </c>
       <c r="D1084" t="s">
         <v>10</v>
       </c>
       <c r="E1084" t="s">
         <v>11</v>
       </c>
       <c r="F1084" s="1" t="s">
-        <v>3890</v>
+        <v>3895</v>
       </c>
       <c r="G1084" t="s">
-        <v>3855</v>
+        <v>3896</v>
       </c>
     </row>
     <row r="1085" spans="1:7">
       <c r="A1085" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
       <c r="B1085" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1085" t="s">
-        <v>3891</v>
+        <v>3897</v>
       </c>
       <c r="D1085" t="s">
         <v>10</v>
       </c>
       <c r="E1085" t="s">
         <v>11</v>
       </c>
       <c r="F1085" s="1" t="s">
-        <v>3892</v>
+        <v>3898</v>
       </c>
       <c r="G1085" t="s">
-        <v>3855</v>
+        <v>3899</v>
       </c>
     </row>
     <row r="1086" spans="1:7">
       <c r="A1086" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
       <c r="B1086" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1086" t="s">
-        <v>3893</v>
+        <v>3900</v>
       </c>
       <c r="D1086" t="s">
         <v>10</v>
       </c>
       <c r="E1086" t="s">
         <v>11</v>
       </c>
       <c r="F1086" s="1" t="s">
-        <v>3894</v>
+        <v>3901</v>
       </c>
       <c r="G1086" t="s">
-        <v>3895</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1087" spans="1:7">
       <c r="A1087" t="s">
-        <v>3774</v>
+        <v>3778</v>
       </c>
       <c r="B1087" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1087" t="s">
-        <v>3896</v>
+        <v>3902</v>
       </c>
       <c r="D1087" t="s">
         <v>10</v>
       </c>
       <c r="E1087" t="s">
         <v>11</v>
       </c>
       <c r="F1087" s="1" t="s">
-        <v>3897</v>
+        <v>3903</v>
       </c>
       <c r="G1087" t="s">
-        <v>3898</v>
+        <v>3904</v>
       </c>
     </row>
     <row r="1088" spans="1:7">
       <c r="A1088" t="s">
-        <v>3777</v>
+        <v>3780</v>
       </c>
       <c r="B1088" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1088" t="s">
-        <v>3899</v>
+        <v>3905</v>
       </c>
       <c r="D1088" t="s">
         <v>10</v>
       </c>
       <c r="E1088" t="s">
         <v>11</v>
       </c>
       <c r="F1088" s="1" t="s">
-        <v>3900</v>
+        <v>3906</v>
       </c>
       <c r="G1088" t="s">
-        <v>3244</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1089" spans="1:7">
       <c r="A1089" t="s">
-        <v>3780</v>
+        <v>3783</v>
       </c>
       <c r="B1089" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1089" t="s">
-        <v>3901</v>
+        <v>3907</v>
       </c>
       <c r="D1089" t="s">
         <v>10</v>
       </c>
       <c r="E1089" t="s">
         <v>11</v>
       </c>
       <c r="F1089" s="1" t="s">
-        <v>3902</v>
+        <v>3908</v>
       </c>
       <c r="G1089" t="s">
-        <v>3903</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1090" spans="1:7">
       <c r="A1090" t="s">
-        <v>3783</v>
+        <v>3786</v>
       </c>
       <c r="B1090" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1090" t="s">
-        <v>3904</v>
+        <v>3909</v>
       </c>
       <c r="D1090" t="s">
         <v>10</v>
       </c>
       <c r="E1090" t="s">
         <v>11</v>
       </c>
       <c r="F1090" s="1" t="s">
-        <v>3905</v>
+        <v>3910</v>
       </c>
       <c r="G1090" t="s">
-        <v>3855</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1091" spans="1:7">
       <c r="A1091" t="s">
-        <v>3786</v>
+        <v>3789</v>
       </c>
       <c r="B1091" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1091" t="s">
-        <v>3906</v>
+        <v>3911</v>
       </c>
       <c r="D1091" t="s">
         <v>10</v>
       </c>
       <c r="E1091" t="s">
         <v>11</v>
       </c>
       <c r="F1091" s="1" t="s">
-        <v>3907</v>
+        <v>3912</v>
       </c>
       <c r="G1091" t="s">
-        <v>3908</v>
+        <v>3913</v>
       </c>
     </row>
     <row r="1092" spans="1:7">
       <c r="A1092" t="s">
-        <v>3788</v>
+        <v>3792</v>
       </c>
       <c r="B1092" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1092" t="s">
-        <v>3909</v>
+        <v>3914</v>
       </c>
       <c r="D1092" t="s">
         <v>10</v>
       </c>
       <c r="E1092" t="s">
         <v>11</v>
       </c>
       <c r="F1092" s="1" t="s">
-        <v>3910</v>
+        <v>3915</v>
       </c>
       <c r="G1092" t="s">
-        <v>3911</v>
+        <v>3916</v>
       </c>
     </row>
     <row r="1093" spans="1:7">
       <c r="A1093" t="s">
-        <v>3790</v>
+        <v>3795</v>
       </c>
       <c r="B1093" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1093" t="s">
-        <v>3193</v>
+        <v>3917</v>
       </c>
       <c r="D1093" t="s">
         <v>10</v>
       </c>
       <c r="E1093" t="s">
         <v>11</v>
       </c>
       <c r="F1093" s="1" t="s">
-        <v>3912</v>
+        <v>3918</v>
       </c>
       <c r="G1093" t="s">
-        <v>3913</v>
+        <v>3262</v>
       </c>
     </row>
     <row r="1094" spans="1:7">
       <c r="A1094" t="s">
-        <v>3792</v>
+        <v>3798</v>
       </c>
       <c r="B1094" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1094" t="s">
-        <v>3197</v>
+        <v>3919</v>
       </c>
       <c r="D1094" t="s">
         <v>10</v>
       </c>
       <c r="E1094" t="s">
         <v>11</v>
       </c>
       <c r="F1094" s="1" t="s">
-        <v>3914</v>
+        <v>3920</v>
       </c>
       <c r="G1094" t="s">
-        <v>737</v>
+        <v>3921</v>
       </c>
     </row>
     <row r="1095" spans="1:7">
       <c r="A1095" t="s">
-        <v>3795</v>
+        <v>3801</v>
       </c>
       <c r="B1095" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1095" t="s">
-        <v>3201</v>
+        <v>3922</v>
       </c>
       <c r="D1095" t="s">
         <v>10</v>
       </c>
       <c r="E1095" t="s">
         <v>11</v>
       </c>
       <c r="F1095" s="1" t="s">
-        <v>3915</v>
+        <v>3923</v>
       </c>
       <c r="G1095" t="s">
-        <v>3916</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1096" spans="1:7">
       <c r="A1096" t="s">
-        <v>3798</v>
+        <v>3804</v>
       </c>
       <c r="B1096" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1096" t="s">
-        <v>3205</v>
+        <v>3924</v>
       </c>
       <c r="D1096" t="s">
         <v>10</v>
       </c>
       <c r="E1096" t="s">
         <v>11</v>
       </c>
       <c r="F1096" s="1" t="s">
-        <v>3917</v>
+        <v>3925</v>
       </c>
       <c r="G1096" t="s">
-        <v>3918</v>
+        <v>3926</v>
       </c>
     </row>
     <row r="1097" spans="1:7">
       <c r="A1097" t="s">
-        <v>3801</v>
+        <v>3806</v>
       </c>
       <c r="B1097" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1097" t="s">
-        <v>3209</v>
+        <v>3927</v>
       </c>
       <c r="D1097" t="s">
         <v>10</v>
       </c>
       <c r="E1097" t="s">
         <v>11</v>
       </c>
       <c r="F1097" s="1" t="s">
-        <v>3919</v>
+        <v>3928</v>
       </c>
       <c r="G1097" t="s">
-        <v>3855</v>
+        <v>3929</v>
       </c>
     </row>
     <row r="1098" spans="1:7">
       <c r="A1098" t="s">
-        <v>3804</v>
+        <v>3808</v>
       </c>
       <c r="B1098" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1098" t="s">
-        <v>3213</v>
+        <v>3211</v>
       </c>
       <c r="D1098" t="s">
         <v>10</v>
       </c>
       <c r="E1098" t="s">
         <v>11</v>
       </c>
       <c r="F1098" s="1" t="s">
-        <v>3920</v>
+        <v>3930</v>
       </c>
       <c r="G1098" t="s">
-        <v>3921</v>
+        <v>3931</v>
       </c>
     </row>
     <row r="1099" spans="1:7">
       <c r="A1099" t="s">
-        <v>3807</v>
+        <v>3810</v>
       </c>
       <c r="B1099" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1099" t="s">
-        <v>3217</v>
+        <v>3215</v>
       </c>
       <c r="D1099" t="s">
         <v>10</v>
       </c>
       <c r="E1099" t="s">
         <v>11</v>
       </c>
       <c r="F1099" s="1" t="s">
-        <v>3922</v>
+        <v>3932</v>
       </c>
       <c r="G1099" t="s">
-        <v>3923</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1100" spans="1:7">
       <c r="A1100" t="s">
-        <v>3810</v>
+        <v>3813</v>
       </c>
       <c r="B1100" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1100" t="s">
-        <v>3221</v>
+        <v>3219</v>
       </c>
       <c r="D1100" t="s">
         <v>10</v>
       </c>
       <c r="E1100" t="s">
         <v>11</v>
       </c>
       <c r="F1100" s="1" t="s">
-        <v>3924</v>
+        <v>3933</v>
       </c>
       <c r="G1100" t="s">
-        <v>3925</v>
+        <v>3934</v>
       </c>
     </row>
     <row r="1101" spans="1:7">
       <c r="A1101" t="s">
-        <v>3813</v>
+        <v>3816</v>
       </c>
       <c r="B1101" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1101" t="s">
-        <v>3225</v>
+        <v>3223</v>
       </c>
       <c r="D1101" t="s">
         <v>10</v>
       </c>
       <c r="E1101" t="s">
         <v>11</v>
       </c>
       <c r="F1101" s="1" t="s">
-        <v>3926</v>
+        <v>3935</v>
       </c>
       <c r="G1101" t="s">
-        <v>737</v>
+        <v>3936</v>
       </c>
     </row>
     <row r="1102" spans="1:7">
       <c r="A1102" t="s">
-        <v>3816</v>
+        <v>3819</v>
       </c>
       <c r="B1102" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1102" t="s">
-        <v>3229</v>
+        <v>3227</v>
       </c>
       <c r="D1102" t="s">
         <v>10</v>
       </c>
       <c r="E1102" t="s">
         <v>11</v>
       </c>
       <c r="F1102" s="1" t="s">
-        <v>3927</v>
+        <v>3937</v>
       </c>
       <c r="G1102" t="s">
-        <v>3928</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1103" spans="1:7">
       <c r="A1103" t="s">
-        <v>3819</v>
+        <v>3822</v>
       </c>
       <c r="B1103" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1103" t="s">
-        <v>3233</v>
+        <v>3231</v>
       </c>
       <c r="D1103" t="s">
         <v>10</v>
       </c>
       <c r="E1103" t="s">
         <v>11</v>
       </c>
       <c r="F1103" s="1" t="s">
-        <v>3929</v>
+        <v>3938</v>
       </c>
       <c r="G1103" t="s">
-        <v>3930</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="1104" spans="1:7">
       <c r="A1104" t="s">
-        <v>3822</v>
+        <v>3825</v>
       </c>
       <c r="B1104" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1104" t="s">
-        <v>3237</v>
+        <v>3235</v>
       </c>
       <c r="D1104" t="s">
         <v>10</v>
       </c>
       <c r="E1104" t="s">
         <v>11</v>
       </c>
       <c r="F1104" s="1" t="s">
-        <v>3931</v>
+        <v>3940</v>
       </c>
       <c r="G1104" t="s">
-        <v>3932</v>
+        <v>3941</v>
       </c>
     </row>
     <row r="1105" spans="1:7">
       <c r="A1105" t="s">
-        <v>3824</v>
+        <v>3828</v>
       </c>
       <c r="B1105" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1105" t="s">
-        <v>3241</v>
+        <v>3239</v>
       </c>
       <c r="D1105" t="s">
         <v>10</v>
       </c>
       <c r="E1105" t="s">
         <v>11</v>
       </c>
       <c r="F1105" s="1" t="s">
-        <v>3933</v>
+        <v>3942</v>
       </c>
       <c r="G1105" t="s">
-        <v>3934</v>
+        <v>3943</v>
       </c>
     </row>
     <row r="1106" spans="1:7">
       <c r="A1106" t="s">
-        <v>3827</v>
+        <v>3831</v>
       </c>
       <c r="B1106" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1106" t="s">
-        <v>3245</v>
+        <v>3243</v>
       </c>
       <c r="D1106" t="s">
         <v>10</v>
       </c>
       <c r="E1106" t="s">
         <v>11</v>
       </c>
       <c r="F1106" s="1" t="s">
-        <v>3935</v>
+        <v>3944</v>
       </c>
       <c r="G1106" t="s">
-        <v>3936</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1107" spans="1:7">
       <c r="A1107" t="s">
-        <v>3829</v>
+        <v>3834</v>
       </c>
       <c r="B1107" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1107" t="s">
-        <v>3249</v>
+        <v>3247</v>
       </c>
       <c r="D1107" t="s">
         <v>10</v>
       </c>
       <c r="E1107" t="s">
         <v>11</v>
       </c>
       <c r="F1107" s="1" t="s">
-        <v>3937</v>
+        <v>3945</v>
       </c>
       <c r="G1107" t="s">
-        <v>3938</v>
+        <v>3946</v>
       </c>
     </row>
     <row r="1108" spans="1:7">
       <c r="A1108" t="s">
-        <v>3831</v>
+        <v>3837</v>
       </c>
       <c r="B1108" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1108" t="s">
-        <v>3253</v>
+        <v>3251</v>
       </c>
       <c r="D1108" t="s">
         <v>10</v>
       </c>
       <c r="E1108" t="s">
         <v>11</v>
       </c>
       <c r="F1108" s="1" t="s">
-        <v>3939</v>
+        <v>3947</v>
       </c>
       <c r="G1108" t="s">
-        <v>3940</v>
+        <v>3948</v>
       </c>
     </row>
     <row r="1109" spans="1:7">
       <c r="A1109" t="s">
-        <v>3833</v>
+        <v>3840</v>
       </c>
       <c r="B1109" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1109" t="s">
-        <v>3260</v>
+        <v>3255</v>
       </c>
       <c r="D1109" t="s">
         <v>10</v>
       </c>
       <c r="E1109" t="s">
         <v>11</v>
       </c>
       <c r="F1109" s="1" t="s">
-        <v>3941</v>
+        <v>3949</v>
       </c>
       <c r="G1109" t="s">
-        <v>3942</v>
+        <v>3950</v>
       </c>
     </row>
     <row r="1110" spans="1:7">
       <c r="A1110" t="s">
-        <v>3835</v>
+        <v>3842</v>
       </c>
       <c r="B1110" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1110" t="s">
-        <v>3264</v>
+        <v>3259</v>
       </c>
       <c r="D1110" t="s">
         <v>10</v>
       </c>
       <c r="E1110" t="s">
         <v>11</v>
       </c>
       <c r="F1110" s="1" t="s">
-        <v>3943</v>
+        <v>3951</v>
       </c>
       <c r="G1110" t="s">
-        <v>3944</v>
+        <v>3952</v>
       </c>
     </row>
     <row r="1111" spans="1:7">
       <c r="A1111" t="s">
-        <v>3841</v>
+        <v>3845</v>
       </c>
       <c r="B1111" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1111" t="s">
-        <v>3272</v>
+        <v>3263</v>
       </c>
       <c r="D1111" t="s">
         <v>10</v>
       </c>
       <c r="E1111" t="s">
         <v>11</v>
       </c>
       <c r="F1111" s="1" t="s">
-        <v>3945</v>
+        <v>3953</v>
       </c>
       <c r="G1111" t="s">
-        <v>3946</v>
+        <v>3954</v>
       </c>
     </row>
     <row r="1112" spans="1:7">
       <c r="A1112" t="s">
-        <v>3844</v>
+        <v>3847</v>
       </c>
       <c r="B1112" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1112" t="s">
-        <v>3276</v>
+        <v>3267</v>
       </c>
       <c r="D1112" t="s">
         <v>10</v>
       </c>
       <c r="E1112" t="s">
         <v>11</v>
       </c>
       <c r="F1112" s="1" t="s">
-        <v>3947</v>
+        <v>3955</v>
       </c>
       <c r="G1112" t="s">
-        <v>3948</v>
+        <v>3956</v>
       </c>
     </row>
     <row r="1113" spans="1:7">
       <c r="A1113" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="B1113" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1113" t="s">
-        <v>3280</v>
+        <v>3271</v>
       </c>
       <c r="D1113" t="s">
         <v>10</v>
       </c>
       <c r="E1113" t="s">
         <v>11</v>
       </c>
       <c r="F1113" s="1" t="s">
-        <v>3949</v>
+        <v>3957</v>
       </c>
       <c r="G1113" t="s">
-        <v>3950</v>
+        <v>3958</v>
       </c>
     </row>
     <row r="1114" spans="1:7">
       <c r="A1114" t="s">
-        <v>3850</v>
+        <v>3851</v>
       </c>
       <c r="B1114" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1114" t="s">
-        <v>3284</v>
+        <v>3278</v>
       </c>
       <c r="D1114" t="s">
         <v>10</v>
       </c>
       <c r="E1114" t="s">
         <v>11</v>
       </c>
       <c r="F1114" s="1" t="s">
-        <v>3951</v>
+        <v>3959</v>
       </c>
       <c r="G1114" t="s">
-        <v>3952</v>
+        <v>3960</v>
       </c>
     </row>
     <row r="1115" spans="1:7">
       <c r="A1115" t="s">
         <v>3853</v>
       </c>
       <c r="B1115" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1115" t="s">
-        <v>3288</v>
+        <v>3282</v>
       </c>
       <c r="D1115" t="s">
         <v>10</v>
       </c>
       <c r="E1115" t="s">
         <v>11</v>
       </c>
       <c r="F1115" s="1" t="s">
-        <v>3953</v>
+        <v>3961</v>
       </c>
       <c r="G1115" t="s">
-        <v>3954</v>
+        <v>3962</v>
       </c>
     </row>
     <row r="1116" spans="1:7">
       <c r="A1116" t="s">
-        <v>3856</v>
+        <v>3859</v>
       </c>
       <c r="B1116" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1116" t="s">
-        <v>3291</v>
+        <v>3290</v>
       </c>
       <c r="D1116" t="s">
         <v>10</v>
       </c>
       <c r="E1116" t="s">
         <v>11</v>
       </c>
       <c r="F1116" s="1" t="s">
-        <v>3955</v>
+        <v>3963</v>
       </c>
       <c r="G1116" t="s">
-        <v>3956</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="1117" spans="1:7">
       <c r="A1117" t="s">
-        <v>3859</v>
+        <v>3862</v>
       </c>
       <c r="B1117" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1117" t="s">
-        <v>3299</v>
+        <v>3294</v>
       </c>
       <c r="D1117" t="s">
         <v>10</v>
       </c>
       <c r="E1117" t="s">
         <v>11</v>
       </c>
       <c r="F1117" s="1" t="s">
-        <v>3957</v>
+        <v>3965</v>
       </c>
       <c r="G1117" t="s">
-        <v>3958</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="1118" spans="1:7">
       <c r="A1118" t="s">
-        <v>3838</v>
+        <v>3865</v>
       </c>
       <c r="B1118" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1118" t="s">
-        <v>3268</v>
+        <v>3298</v>
       </c>
       <c r="D1118" t="s">
         <v>10</v>
       </c>
       <c r="E1118" t="s">
         <v>11</v>
       </c>
       <c r="F1118" s="1" t="s">
-        <v>3959</v>
+        <v>3967</v>
       </c>
       <c r="G1118" t="s">
-        <v>3946</v>
+        <v>3968</v>
       </c>
     </row>
     <row r="1119" spans="1:7">
       <c r="A1119" t="s">
-        <v>3862</v>
+        <v>3868</v>
       </c>
       <c r="B1119" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1119" t="s">
-        <v>3303</v>
+        <v>3302</v>
       </c>
       <c r="D1119" t="s">
         <v>10</v>
       </c>
       <c r="E1119" t="s">
         <v>11</v>
       </c>
       <c r="F1119" s="1" t="s">
-        <v>3960</v>
+        <v>3969</v>
       </c>
       <c r="G1119" t="s">
-        <v>3961</v>
+        <v>3970</v>
       </c>
     </row>
     <row r="1120" spans="1:7">
       <c r="A1120" t="s">
-        <v>3865</v>
+        <v>3871</v>
       </c>
       <c r="B1120" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1120" t="s">
-        <v>3311</v>
+        <v>3306</v>
       </c>
       <c r="D1120" t="s">
         <v>10</v>
       </c>
       <c r="E1120" t="s">
         <v>11</v>
       </c>
       <c r="F1120" s="1" t="s">
-        <v>3962</v>
+        <v>3971</v>
       </c>
       <c r="G1120" t="s">
-        <v>3954</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="1121" spans="1:7">
       <c r="A1121" t="s">
-        <v>3868</v>
+        <v>3874</v>
       </c>
       <c r="B1121" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1121" t="s">
-        <v>3307</v>
+        <v>3309</v>
       </c>
       <c r="D1121" t="s">
         <v>10</v>
       </c>
       <c r="E1121" t="s">
         <v>11</v>
       </c>
       <c r="F1121" s="1" t="s">
-        <v>3963</v>
+        <v>3973</v>
       </c>
       <c r="G1121" t="s">
-        <v>3921</v>
+        <v>3974</v>
       </c>
     </row>
     <row r="1122" spans="1:7">
       <c r="A1122" t="s">
-        <v>3871</v>
+        <v>3877</v>
       </c>
       <c r="B1122" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1122" t="s">
-        <v>3964</v>
+        <v>3317</v>
       </c>
       <c r="D1122" t="s">
         <v>10</v>
       </c>
       <c r="E1122" t="s">
         <v>11</v>
       </c>
       <c r="F1122" s="1" t="s">
-        <v>3965</v>
+        <v>3975</v>
       </c>
       <c r="G1122" t="s">
-        <v>3855</v>
+        <v>3976</v>
       </c>
     </row>
     <row r="1123" spans="1:7">
       <c r="A1123" t="s">
-        <v>3873</v>
+        <v>3856</v>
       </c>
       <c r="B1123" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1123" t="s">
-        <v>3315</v>
+        <v>3286</v>
       </c>
       <c r="D1123" t="s">
         <v>10</v>
       </c>
       <c r="E1123" t="s">
         <v>11</v>
       </c>
       <c r="F1123" s="1" t="s">
-        <v>3966</v>
+        <v>3977</v>
       </c>
       <c r="G1123" t="s">
-        <v>3967</v>
+        <v>3964</v>
       </c>
     </row>
     <row r="1124" spans="1:7">
       <c r="A1124" t="s">
-        <v>3876</v>
+        <v>3880</v>
       </c>
       <c r="B1124" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1124" t="s">
-        <v>3319</v>
+        <v>3321</v>
       </c>
       <c r="D1124" t="s">
         <v>10</v>
       </c>
       <c r="E1124" t="s">
         <v>11</v>
       </c>
       <c r="F1124" s="1" t="s">
-        <v>3968</v>
+        <v>3978</v>
       </c>
       <c r="G1124" t="s">
-        <v>3969</v>
+        <v>3979</v>
       </c>
     </row>
     <row r="1125" spans="1:7">
       <c r="A1125" t="s">
-        <v>3879</v>
+        <v>3883</v>
       </c>
       <c r="B1125" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1125" t="s">
-        <v>3323</v>
+        <v>3329</v>
       </c>
       <c r="D1125" t="s">
         <v>10</v>
       </c>
       <c r="E1125" t="s">
         <v>11</v>
       </c>
       <c r="F1125" s="1" t="s">
-        <v>3970</v>
+        <v>3980</v>
       </c>
       <c r="G1125" t="s">
-        <v>3971</v>
+        <v>3972</v>
       </c>
     </row>
     <row r="1126" spans="1:7">
       <c r="A1126" t="s">
-        <v>3882</v>
+        <v>3886</v>
       </c>
       <c r="B1126" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1126" t="s">
-        <v>3327</v>
+        <v>3325</v>
       </c>
       <c r="D1126" t="s">
         <v>10</v>
       </c>
       <c r="E1126" t="s">
         <v>11</v>
       </c>
       <c r="F1126" s="1" t="s">
-        <v>3972</v>
+        <v>3981</v>
       </c>
       <c r="G1126" t="s">
-        <v>3973</v>
+        <v>3939</v>
       </c>
     </row>
     <row r="1127" spans="1:7">
       <c r="A1127" t="s">
-        <v>3884</v>
+        <v>3889</v>
       </c>
       <c r="B1127" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1127" t="s">
-        <v>3330</v>
+        <v>3982</v>
       </c>
       <c r="D1127" t="s">
         <v>10</v>
       </c>
       <c r="E1127" t="s">
         <v>11</v>
       </c>
       <c r="F1127" s="1" t="s">
-        <v>3974</v>
+        <v>3983</v>
       </c>
       <c r="G1127" t="s">
-        <v>3975</v>
+        <v>3873</v>
       </c>
     </row>
     <row r="1128" spans="1:7">
       <c r="A1128" t="s">
-        <v>3887</v>
+        <v>3891</v>
       </c>
       <c r="B1128" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1128" t="s">
-        <v>3334</v>
+        <v>3333</v>
       </c>
       <c r="D1128" t="s">
         <v>10</v>
       </c>
       <c r="E1128" t="s">
         <v>11</v>
       </c>
       <c r="F1128" s="1" t="s">
-        <v>3976</v>
+        <v>3984</v>
       </c>
       <c r="G1128" t="s">
-        <v>737</v>
+        <v>3985</v>
       </c>
     </row>
     <row r="1129" spans="1:7">
       <c r="A1129" t="s">
-        <v>3889</v>
+        <v>3894</v>
       </c>
       <c r="B1129" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1129" t="s">
         <v>3337</v>
       </c>
       <c r="D1129" t="s">
         <v>10</v>
       </c>
       <c r="E1129" t="s">
         <v>11</v>
       </c>
       <c r="F1129" s="1" t="s">
-        <v>3977</v>
+        <v>3986</v>
       </c>
       <c r="G1129" t="s">
-        <v>3978</v>
+        <v>3987</v>
       </c>
     </row>
     <row r="1130" spans="1:7">
       <c r="A1130" t="s">
-        <v>3891</v>
+        <v>3897</v>
       </c>
       <c r="B1130" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1130" t="s">
         <v>3341</v>
       </c>
       <c r="D1130" t="s">
         <v>10</v>
       </c>
       <c r="E1130" t="s">
         <v>11</v>
       </c>
       <c r="F1130" s="1" t="s">
-        <v>3979</v>
+        <v>3988</v>
       </c>
       <c r="G1130" t="s">
-        <v>3978</v>
+        <v>3989</v>
       </c>
     </row>
     <row r="1131" spans="1:7">
       <c r="A1131" t="s">
-        <v>3893</v>
+        <v>3900</v>
       </c>
       <c r="B1131" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1131" t="s">
-        <v>3349</v>
+        <v>3345</v>
       </c>
       <c r="D1131" t="s">
         <v>10</v>
       </c>
       <c r="E1131" t="s">
         <v>11</v>
       </c>
       <c r="F1131" s="1" t="s">
-        <v>3980</v>
+        <v>3990</v>
       </c>
       <c r="G1131" t="s">
-        <v>3981</v>
+        <v>3991</v>
       </c>
     </row>
     <row r="1132" spans="1:7">
       <c r="A1132" t="s">
-        <v>3896</v>
+        <v>3902</v>
       </c>
       <c r="B1132" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1132" t="s">
-        <v>3345</v>
+        <v>3348</v>
       </c>
       <c r="D1132" t="s">
         <v>10</v>
       </c>
       <c r="E1132" t="s">
         <v>11</v>
       </c>
       <c r="F1132" s="1" t="s">
-        <v>3982</v>
+        <v>3992</v>
       </c>
       <c r="G1132" t="s">
-        <v>3983</v>
+        <v>3993</v>
       </c>
     </row>
     <row r="1133" spans="1:7">
       <c r="A1133" t="s">
-        <v>3899</v>
+        <v>3905</v>
       </c>
       <c r="B1133" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1133" t="s">
         <v>3352</v>
       </c>
       <c r="D1133" t="s">
         <v>10</v>
       </c>
       <c r="E1133" t="s">
         <v>11</v>
       </c>
       <c r="F1133" s="1" t="s">
-        <v>3984</v>
+        <v>3994</v>
       </c>
       <c r="G1133" t="s">
-        <v>3983</v>
+        <v>755</v>
       </c>
     </row>
     <row r="1134" spans="1:7">
       <c r="A1134" t="s">
-        <v>3901</v>
+        <v>3907</v>
       </c>
       <c r="B1134" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1134" t="s">
-        <v>3356</v>
+        <v>3355</v>
       </c>
       <c r="D1134" t="s">
         <v>10</v>
       </c>
       <c r="E1134" t="s">
         <v>11</v>
       </c>
       <c r="F1134" s="1" t="s">
-        <v>3985</v>
+        <v>3995</v>
       </c>
       <c r="G1134" t="s">
-        <v>3983</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="1135" spans="1:7">
       <c r="A1135" t="s">
-        <v>3904</v>
+        <v>3909</v>
       </c>
       <c r="B1135" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1135" t="s">
-        <v>3360</v>
+        <v>3359</v>
       </c>
       <c r="D1135" t="s">
         <v>10</v>
       </c>
       <c r="E1135" t="s">
         <v>11</v>
       </c>
       <c r="F1135" s="1" t="s">
-        <v>3986</v>
+        <v>3997</v>
       </c>
       <c r="G1135" t="s">
-        <v>3983</v>
+        <v>3996</v>
       </c>
     </row>
     <row r="1136" spans="1:7">
       <c r="A1136" t="s">
-        <v>3906</v>
+        <v>3911</v>
       </c>
       <c r="B1136" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1136" t="s">
-        <v>3364</v>
+        <v>3367</v>
       </c>
       <c r="D1136" t="s">
         <v>10</v>
       </c>
       <c r="E1136" t="s">
         <v>11</v>
       </c>
       <c r="F1136" s="1" t="s">
-        <v>3987</v>
+        <v>3998</v>
       </c>
       <c r="G1136" t="s">
-        <v>3983</v>
+        <v>3999</v>
       </c>
     </row>
     <row r="1137" spans="1:7">
       <c r="A1137" t="s">
-        <v>3909</v>
+        <v>3914</v>
       </c>
       <c r="B1137" t="s">
-        <v>996</v>
+        <v>1014</v>
       </c>
       <c r="C1137" t="s">
-        <v>3368</v>
+        <v>3363</v>
       </c>
       <c r="D1137" t="s">
         <v>10</v>
       </c>
       <c r="E1137" t="s">
         <v>11</v>
       </c>
       <c r="F1137" s="1" t="s">
-        <v>3988</v>
+        <v>4000</v>
       </c>
       <c r="G1137" t="s">
-        <v>3989</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1138" spans="1:7">
       <c r="A1138" t="s">
-        <v>3990</v>
+        <v>3917</v>
       </c>
       <c r="B1138" t="s">
-        <v>1056</v>
+        <v>1014</v>
       </c>
       <c r="C1138" t="s">
-        <v>3991</v>
+        <v>3370</v>
       </c>
       <c r="D1138" t="s">
         <v>10</v>
       </c>
       <c r="E1138" t="s">
         <v>11</v>
       </c>
       <c r="F1138" s="1" t="s">
-        <v>3992</v>
+        <v>4002</v>
       </c>
       <c r="G1138" t="s">
-        <v>3993</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1139" spans="1:7">
       <c r="A1139" t="s">
-        <v>3994</v>
+        <v>3919</v>
       </c>
       <c r="B1139" t="s">
-        <v>1056</v>
+        <v>1014</v>
       </c>
       <c r="C1139" t="s">
-        <v>3995</v>
+        <v>3374</v>
       </c>
       <c r="D1139" t="s">
         <v>10</v>
       </c>
       <c r="E1139" t="s">
         <v>11</v>
       </c>
       <c r="F1139" s="1" t="s">
-        <v>3996</v>
+        <v>4003</v>
       </c>
       <c r="G1139" t="s">
-        <v>3993</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1140" spans="1:7">
       <c r="A1140" t="s">
-        <v>3997</v>
+        <v>3922</v>
       </c>
       <c r="B1140" t="s">
-        <v>1056</v>
+        <v>1014</v>
       </c>
       <c r="C1140" t="s">
-        <v>3998</v>
+        <v>3378</v>
       </c>
       <c r="D1140" t="s">
         <v>10</v>
       </c>
       <c r="E1140" t="s">
         <v>11</v>
       </c>
       <c r="F1140" s="1" t="s">
-        <v>3999</v>
+        <v>4004</v>
       </c>
       <c r="G1140" t="s">
-        <v>4000</v>
+        <v>4001</v>
       </c>
     </row>
     <row r="1141" spans="1:7">
       <c r="A1141" t="s">
+        <v>3924</v>
+      </c>
+      <c r="B1141" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C1141" t="s">
+        <v>3382</v>
+      </c>
+      <c r="D1141" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1141" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1141" s="1" t="s">
+        <v>4005</v>
+      </c>
+      <c r="G1141" t="s">
         <v>4001</v>
-      </c>
-[...16 lines deleted...]
-        <v>4004</v>
       </c>
     </row>
     <row r="1142" spans="1:7">
       <c r="A1142" t="s">
-        <v>4005</v>
+        <v>3927</v>
       </c>
       <c r="B1142" t="s">
-        <v>1056</v>
+        <v>1014</v>
       </c>
       <c r="C1142" t="s">
+        <v>3386</v>
+      </c>
+      <c r="D1142" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1142" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1142" s="1" t="s">
         <v>4006</v>
       </c>
-      <c r="D1142" t="s">
-[...5 lines deleted...]
-      <c r="F1142" s="1" t="s">
+      <c r="G1142" t="s">
         <v>4007</v>
-      </c>
-[...1 lines deleted...]
-        <v>4008</v>
       </c>
     </row>
     <row r="1143" spans="1:7">
       <c r="A1143" t="s">
+        <v>4008</v>
+      </c>
+      <c r="B1143" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1143" t="s">
         <v>4009</v>
       </c>
-      <c r="B1143" t="s">
-[...2 lines deleted...]
-      <c r="C1143" t="s">
+      <c r="D1143" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1143" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1143" s="1" t="s">
         <v>4010</v>
       </c>
-      <c r="D1143" t="s">
-[...5 lines deleted...]
-      <c r="F1143" s="1" t="s">
+      <c r="G1143" t="s">
         <v>4011</v>
-      </c>
-[...1 lines deleted...]
-        <v>4012</v>
       </c>
     </row>
     <row r="1144" spans="1:7">
       <c r="A1144" t="s">
+        <v>4012</v>
+      </c>
+      <c r="B1144" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1144" t="s">
         <v>4013</v>
       </c>
-      <c r="B1144" t="s">
-[...2 lines deleted...]
-      <c r="C1144" t="s">
+      <c r="D1144" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1144" s="1" t="s">
         <v>4014</v>
       </c>
-      <c r="D1144" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G1144" t="s">
-        <v>4016</v>
+        <v>4011</v>
       </c>
     </row>
     <row r="1145" spans="1:7">
       <c r="A1145" t="s">
+        <v>4015</v>
+      </c>
+      <c r="B1145" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1145" t="s">
+        <v>4016</v>
+      </c>
+      <c r="D1145" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1145" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1145" s="1" t="s">
         <v>4017</v>
       </c>
-      <c r="B1145" t="s">
-[...2 lines deleted...]
-      <c r="C1145" t="s">
+      <c r="G1145" t="s">
         <v>4018</v>
-      </c>
-[...10 lines deleted...]
-        <v>4020</v>
       </c>
     </row>
     <row r="1146" spans="1:7">
       <c r="A1146" t="s">
+        <v>4019</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1146" t="s">
+        <v>4020</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1146" s="1" t="s">
         <v>4021</v>
       </c>
-      <c r="B1146" t="s">
-[...2 lines deleted...]
-      <c r="C1146" t="s">
+      <c r="G1146" t="s">
         <v>4022</v>
-      </c>
-[...10 lines deleted...]
-        <v>4024</v>
       </c>
     </row>
     <row r="1147" spans="1:7">
       <c r="A1147" t="s">
+        <v>4023</v>
+      </c>
+      <c r="B1147" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1147" t="s">
+        <v>4024</v>
+      </c>
+      <c r="D1147" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1147" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1147" s="1" t="s">
         <v>4025</v>
       </c>
-      <c r="B1147" t="s">
-[...2 lines deleted...]
-      <c r="C1147" t="s">
+      <c r="G1147" t="s">
         <v>4026</v>
-      </c>
-[...10 lines deleted...]
-        <v>4028</v>
       </c>
     </row>
     <row r="1148" spans="1:7">
       <c r="A1148" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1148" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1148" t="s">
+        <v>4028</v>
+      </c>
+      <c r="D1148" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1148" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1148" s="1" t="s">
         <v>4029</v>
       </c>
-      <c r="B1148" t="s">
-[...2 lines deleted...]
-      <c r="C1148" t="s">
+      <c r="G1148" t="s">
         <v>4030</v>
-      </c>
-[...10 lines deleted...]
-        <v>4031</v>
       </c>
     </row>
     <row r="1149" spans="1:7">
       <c r="A1149" t="s">
+        <v>4031</v>
+      </c>
+      <c r="B1149" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C1149" t="s">
         <v>4032</v>
       </c>
-      <c r="B1149" t="s">
-[...2 lines deleted...]
-      <c r="C1149" t="s">
+      <c r="D1149" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1149" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1149" s="1" t="s">
         <v>4033</v>
       </c>
-      <c r="D1149" t="s">
-[...5 lines deleted...]
-      <c r="F1149" s="1" t="s">
+      <c r="G1149" t="s">
         <v>4034</v>
-      </c>
-[...1 lines deleted...]
-        <v>4035</v>
       </c>
     </row>
     <row r="1150" spans="1:7">
       <c r="A1150" t="s">
+        <v>4035</v>
+      </c>
+      <c r="B1150" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1150" t="s">
         <v>4036</v>
       </c>
-      <c r="B1150" t="s">
-[...2 lines deleted...]
-      <c r="C1150" t="s">
+      <c r="D1150" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1150" s="1" t="s">
         <v>4037</v>
       </c>
-      <c r="D1150" t="s">
-[...5 lines deleted...]
-      <c r="F1150" s="1" t="s">
+      <c r="G1150" t="s">
         <v>4038</v>
-      </c>
-[...1 lines deleted...]
-        <v>4039</v>
       </c>
     </row>
     <row r="1151" spans="1:7">
       <c r="A1151" t="s">
+        <v>4039</v>
+      </c>
+      <c r="B1151" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1151" t="s">
         <v>4040</v>
       </c>
-      <c r="B1151" t="s">
-[...2 lines deleted...]
-      <c r="C1151" t="s">
+      <c r="D1151" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1151" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1151" s="1" t="s">
         <v>4041</v>
       </c>
-      <c r="D1151" t="s">
-[...5 lines deleted...]
-      <c r="F1151" s="1" t="s">
+      <c r="G1151" t="s">
         <v>4042</v>
-      </c>
-[...1 lines deleted...]
-        <v>4043</v>
       </c>
     </row>
     <row r="1152" spans="1:7">
       <c r="A1152" t="s">
+        <v>4043</v>
+      </c>
+      <c r="B1152" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1152" t="s">
         <v>4044</v>
       </c>
-      <c r="B1152" t="s">
-[...2 lines deleted...]
-      <c r="C1152" t="s">
+      <c r="D1152" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1152" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1152" s="1" t="s">
         <v>4045</v>
       </c>
-      <c r="D1152" t="s">
-[...5 lines deleted...]
-      <c r="F1152" s="1" t="s">
+      <c r="G1152" t="s">
         <v>4046</v>
-      </c>
-[...1 lines deleted...]
-        <v>4047</v>
       </c>
     </row>
     <row r="1153" spans="1:7">
       <c r="A1153" t="s">
+        <v>4047</v>
+      </c>
+      <c r="B1153" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1153" t="s">
         <v>4048</v>
       </c>
-      <c r="B1153" t="s">
-[...2 lines deleted...]
-      <c r="C1153" t="s">
+      <c r="D1153" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1153" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1153" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="G1153" t="s">
         <v>4049</v>
-      </c>
-[...10 lines deleted...]
-        <v>4051</v>
       </c>
     </row>
     <row r="1154" spans="1:7">
       <c r="A1154" t="s">
+        <v>4050</v>
+      </c>
+      <c r="B1154" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C1154" t="s">
+        <v>4051</v>
+      </c>
+      <c r="D1154" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1154" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1154" s="1" t="s">
         <v>4052</v>
       </c>
-      <c r="B1154" t="s">
-[...2 lines deleted...]
-      <c r="C1154" t="s">
+      <c r="G1154" t="s">
         <v>4053</v>
-      </c>
-[...10 lines deleted...]
-        <v>4055</v>
       </c>
     </row>
     <row r="1155" spans="1:7">
       <c r="A1155" t="s">
+        <v>4054</v>
+      </c>
+      <c r="B1155" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C1155" t="s">
+        <v>4055</v>
+      </c>
+      <c r="D1155" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1155" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1155" s="1" t="s">
         <v>4056</v>
       </c>
-      <c r="B1155" t="s">
-[...2 lines deleted...]
-      <c r="C1155" t="s">
+      <c r="G1155" t="s">
         <v>4057</v>
-      </c>
-[...10 lines deleted...]
-        <v>4059</v>
       </c>
     </row>
     <row r="1156" spans="1:7">
       <c r="A1156" t="s">
+        <v>4058</v>
+      </c>
+      <c r="B1156" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C1156" t="s">
+        <v>4059</v>
+      </c>
+      <c r="D1156" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1156" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1156" s="1" t="s">
         <v>4060</v>
       </c>
-      <c r="B1156" t="s">
-[...11 lines deleted...]
-      <c r="F1156" s="1" t="s">
+      <c r="G1156" t="s">
         <v>4061</v>
-      </c>
-[...1 lines deleted...]
-        <v>4062</v>
       </c>
     </row>
     <row r="1157" spans="1:7">
       <c r="A1157" t="s">
+        <v>4062</v>
+      </c>
+      <c r="B1157" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C1157" t="s">
         <v>4063</v>
       </c>
-      <c r="B1157" t="s">
-[...2 lines deleted...]
-      <c r="C1157" t="s">
+      <c r="D1157" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1157" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1157" s="1" t="s">
         <v>4064</v>
       </c>
-      <c r="D1157" t="s">
-[...5 lines deleted...]
-      <c r="F1157" s="1" t="s">
+      <c r="G1157" t="s">
         <v>4065</v>
-      </c>
-[...1 lines deleted...]
-        <v>4066</v>
       </c>
     </row>
     <row r="1158" spans="1:7">
       <c r="A1158" t="s">
+        <v>4066</v>
+      </c>
+      <c r="B1158" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C1158" t="s">
         <v>4067</v>
-      </c>
-[...4 lines deleted...]
-        <v>3990</v>
       </c>
       <c r="D1158" t="s">
         <v>10</v>
       </c>
       <c r="E1158" t="s">
         <v>11</v>
       </c>
       <c r="F1158" s="1" t="s">
         <v>4068</v>
       </c>
       <c r="G1158" t="s">
         <v>4069</v>
       </c>
     </row>
     <row r="1159" spans="1:7">
       <c r="A1159" t="s">
         <v>4070</v>
       </c>
       <c r="B1159" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1159" t="s">
-        <v>3994</v>
+        <v>4071</v>
       </c>
       <c r="D1159" t="s">
         <v>10</v>
       </c>
       <c r="E1159" t="s">
         <v>11</v>
       </c>
       <c r="F1159" s="1" t="s">
-        <v>4071</v>
+        <v>4072</v>
       </c>
       <c r="G1159" t="s">
-        <v>4072</v>
+        <v>4073</v>
       </c>
     </row>
     <row r="1160" spans="1:7">
       <c r="A1160" t="s">
-        <v>4073</v>
+        <v>4074</v>
       </c>
       <c r="B1160" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1160" t="s">
-        <v>3997</v>
+        <v>4075</v>
       </c>
       <c r="D1160" t="s">
         <v>10</v>
       </c>
       <c r="E1160" t="s">
         <v>11</v>
       </c>
       <c r="F1160" s="1" t="s">
-        <v>4074</v>
+        <v>4076</v>
       </c>
       <c r="G1160" t="s">
-        <v>4075</v>
+        <v>4077</v>
       </c>
     </row>
     <row r="1161" spans="1:7">
       <c r="A1161" t="s">
-        <v>4076</v>
+        <v>4078</v>
       </c>
       <c r="B1161" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1161" t="s">
-        <v>4001</v>
+        <v>1960</v>
       </c>
       <c r="D1161" t="s">
         <v>10</v>
       </c>
       <c r="E1161" t="s">
         <v>11</v>
       </c>
       <c r="F1161" s="1" t="s">
-        <v>4077</v>
+        <v>4079</v>
       </c>
       <c r="G1161" t="s">
-        <v>4078</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="1162" spans="1:7">
       <c r="A1162" t="s">
-        <v>4079</v>
+        <v>4081</v>
       </c>
       <c r="B1162" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1162" t="s">
-        <v>4005</v>
+        <v>4082</v>
       </c>
       <c r="D1162" t="s">
         <v>10</v>
       </c>
       <c r="E1162" t="s">
         <v>11</v>
       </c>
       <c r="F1162" s="1" t="s">
-        <v>4080</v>
+        <v>4083</v>
       </c>
       <c r="G1162" t="s">
-        <v>4081</v>
+        <v>4084</v>
       </c>
     </row>
     <row r="1163" spans="1:7">
       <c r="A1163" t="s">
-        <v>4082</v>
+        <v>4085</v>
       </c>
       <c r="B1163" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1163" t="s">
-        <v>4009</v>
+        <v>4008</v>
       </c>
       <c r="D1163" t="s">
         <v>10</v>
       </c>
       <c r="E1163" t="s">
         <v>11</v>
       </c>
       <c r="F1163" s="1" t="s">
-        <v>4083</v>
+        <v>4086</v>
       </c>
       <c r="G1163" t="s">
-        <v>4084</v>
+        <v>4087</v>
       </c>
     </row>
     <row r="1164" spans="1:7">
       <c r="A1164" t="s">
-        <v>4085</v>
+        <v>4088</v>
       </c>
       <c r="B1164" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1164" t="s">
-        <v>4013</v>
+        <v>4012</v>
       </c>
       <c r="D1164" t="s">
         <v>10</v>
       </c>
       <c r="E1164" t="s">
         <v>11</v>
       </c>
       <c r="F1164" s="1" t="s">
-        <v>4086</v>
+        <v>4089</v>
       </c>
       <c r="G1164" t="s">
-        <v>4087</v>
+        <v>4090</v>
       </c>
     </row>
     <row r="1165" spans="1:7">
       <c r="A1165" t="s">
-        <v>4088</v>
+        <v>4091</v>
       </c>
       <c r="B1165" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1165" t="s">
-        <v>4017</v>
+        <v>4015</v>
       </c>
       <c r="D1165" t="s">
         <v>10</v>
       </c>
       <c r="E1165" t="s">
         <v>11</v>
       </c>
       <c r="F1165" s="1" t="s">
-        <v>4089</v>
+        <v>4092</v>
       </c>
       <c r="G1165" t="s">
-        <v>4090</v>
+        <v>4093</v>
       </c>
     </row>
     <row r="1166" spans="1:7">
       <c r="A1166" t="s">
-        <v>4091</v>
+        <v>4094</v>
       </c>
       <c r="B1166" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1166" t="s">
-        <v>4029</v>
+        <v>4019</v>
       </c>
       <c r="D1166" t="s">
         <v>10</v>
       </c>
       <c r="E1166" t="s">
         <v>11</v>
       </c>
       <c r="F1166" s="1" t="s">
-        <v>4092</v>
+        <v>4095</v>
       </c>
       <c r="G1166" t="s">
-        <v>4090</v>
+        <v>4096</v>
       </c>
     </row>
     <row r="1167" spans="1:7">
       <c r="A1167" t="s">
-        <v>4093</v>
+        <v>4097</v>
       </c>
       <c r="B1167" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1167" t="s">
-        <v>4021</v>
+        <v>4023</v>
       </c>
       <c r="D1167" t="s">
         <v>10</v>
       </c>
       <c r="E1167" t="s">
         <v>11</v>
       </c>
       <c r="F1167" s="1" t="s">
-        <v>4094</v>
+        <v>4098</v>
       </c>
       <c r="G1167" t="s">
-        <v>4095</v>
+        <v>4099</v>
       </c>
     </row>
     <row r="1168" spans="1:7">
       <c r="A1168" t="s">
-        <v>4096</v>
+        <v>4100</v>
       </c>
       <c r="B1168" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1168" t="s">
-        <v>4025</v>
+        <v>4027</v>
       </c>
       <c r="D1168" t="s">
         <v>10</v>
       </c>
       <c r="E1168" t="s">
         <v>11</v>
       </c>
       <c r="F1168" s="1" t="s">
-        <v>4097</v>
+        <v>4101</v>
       </c>
       <c r="G1168" t="s">
-        <v>4098</v>
+        <v>4102</v>
       </c>
     </row>
     <row r="1169" spans="1:7">
       <c r="A1169" t="s">
-        <v>4099</v>
+        <v>4103</v>
       </c>
       <c r="B1169" t="s">
-        <v>1064</v>
+        <v>1082</v>
       </c>
       <c r="C1169" t="s">
-        <v>4032</v>
+        <v>4031</v>
       </c>
       <c r="D1169" t="s">
         <v>10</v>
       </c>
       <c r="E1169" t="s">
         <v>11</v>
       </c>
       <c r="F1169" s="1" t="s">
-        <v>4100</v>
+        <v>4104</v>
       </c>
       <c r="G1169" t="s">
-        <v>4101</v>
+        <v>4105</v>
       </c>
     </row>
     <row r="1170" spans="1:7">
       <c r="A1170" t="s">
-        <v>4102</v>
+        <v>4106</v>
       </c>
       <c r="B1170" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="C1170" t="s">
-        <v>4036</v>
+        <v>4035</v>
       </c>
       <c r="D1170" t="s">
         <v>10</v>
       </c>
       <c r="E1170" t="s">
         <v>11</v>
       </c>
       <c r="F1170" s="1" t="s">
-        <v>4103</v>
+        <v>4107</v>
       </c>
       <c r="G1170" t="s">
-        <v>4104</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="1171" spans="1:7">
       <c r="A1171" t="s">
-        <v>4105</v>
+        <v>4109</v>
       </c>
       <c r="B1171" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="C1171" t="s">
-        <v>4040</v>
+        <v>4047</v>
       </c>
       <c r="D1171" t="s">
         <v>10</v>
       </c>
       <c r="E1171" t="s">
         <v>11</v>
       </c>
       <c r="F1171" s="1" t="s">
-        <v>4106</v>
+        <v>4110</v>
       </c>
       <c r="G1171" t="s">
-        <v>4107</v>
+        <v>4108</v>
       </c>
     </row>
     <row r="1172" spans="1:7">
       <c r="A1172" t="s">
-        <v>4108</v>
+        <v>4111</v>
       </c>
       <c r="B1172" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="C1172" t="s">
-        <v>4044</v>
+        <v>4039</v>
       </c>
       <c r="D1172" t="s">
         <v>10</v>
       </c>
       <c r="E1172" t="s">
         <v>11</v>
       </c>
       <c r="F1172" s="1" t="s">
-        <v>4109</v>
+        <v>4112</v>
       </c>
       <c r="G1172" t="s">
-        <v>4110</v>
+        <v>4113</v>
       </c>
     </row>
     <row r="1173" spans="1:7">
       <c r="A1173" t="s">
-        <v>4111</v>
+        <v>4114</v>
       </c>
       <c r="B1173" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="C1173" t="s">
-        <v>4048</v>
+        <v>4043</v>
       </c>
       <c r="D1173" t="s">
         <v>10</v>
       </c>
       <c r="E1173" t="s">
         <v>11</v>
       </c>
       <c r="F1173" s="1" t="s">
-        <v>4112</v>
+        <v>4115</v>
       </c>
       <c r="G1173" t="s">
-        <v>4113</v>
+        <v>4116</v>
       </c>
     </row>
     <row r="1174" spans="1:7">
       <c r="A1174" t="s">
-        <v>4114</v>
+        <v>4117</v>
       </c>
       <c r="B1174" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="C1174" t="s">
-        <v>4115</v>
+        <v>4050</v>
       </c>
       <c r="D1174" t="s">
         <v>10</v>
       </c>
       <c r="E1174" t="s">
         <v>11</v>
       </c>
       <c r="F1174" s="1" t="s">
-        <v>4116</v>
+        <v>4118</v>
       </c>
       <c r="G1174" t="s">
-        <v>4117</v>
+        <v>4119</v>
       </c>
     </row>
     <row r="1175" spans="1:7">
       <c r="A1175" t="s">
-        <v>4118</v>
+        <v>4120</v>
       </c>
       <c r="B1175" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="C1175" t="s">
-        <v>4060</v>
+        <v>4054</v>
       </c>
       <c r="D1175" t="s">
         <v>10</v>
       </c>
       <c r="E1175" t="s">
         <v>11</v>
       </c>
       <c r="F1175" s="1" t="s">
-        <v>4119</v>
+        <v>4121</v>
       </c>
       <c r="G1175" t="s">
-        <v>4120</v>
+        <v>4122</v>
       </c>
     </row>
     <row r="1176" spans="1:7">
       <c r="A1176" t="s">
-        <v>4121</v>
+        <v>4123</v>
       </c>
       <c r="B1176" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="C1176" t="s">
-        <v>4070</v>
+        <v>4058</v>
       </c>
       <c r="D1176" t="s">
         <v>10</v>
       </c>
       <c r="E1176" t="s">
         <v>11</v>
       </c>
       <c r="F1176" s="1" t="s">
-        <v>4122</v>
+        <v>4124</v>
       </c>
       <c r="G1176" t="s">
-        <v>4123</v>
+        <v>4125</v>
       </c>
     </row>
     <row r="1177" spans="1:7">
       <c r="A1177" t="s">
-        <v>4124</v>
+        <v>4126</v>
       </c>
       <c r="B1177" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="C1177" t="s">
-        <v>4073</v>
+        <v>4062</v>
       </c>
       <c r="D1177" t="s">
         <v>10</v>
       </c>
       <c r="E1177" t="s">
         <v>11</v>
       </c>
       <c r="F1177" s="1" t="s">
-        <v>4125</v>
+        <v>4127</v>
       </c>
       <c r="G1177" t="s">
-        <v>4126</v>
+        <v>4128</v>
       </c>
     </row>
     <row r="1178" spans="1:7">
       <c r="A1178" t="s">
-        <v>4127</v>
+        <v>4129</v>
       </c>
       <c r="B1178" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="C1178" t="s">
-        <v>4076</v>
+        <v>4066</v>
       </c>
       <c r="D1178" t="s">
         <v>10</v>
       </c>
       <c r="E1178" t="s">
         <v>11</v>
       </c>
       <c r="F1178" s="1" t="s">
-        <v>4128</v>
+        <v>4130</v>
       </c>
       <c r="G1178" t="s">
-        <v>4129</v>
+        <v>4131</v>
       </c>
     </row>
     <row r="1179" spans="1:7">
       <c r="A1179" t="s">
-        <v>4130</v>
+        <v>4132</v>
       </c>
       <c r="B1179" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="C1179" t="s">
-        <v>4082</v>
+        <v>4133</v>
       </c>
       <c r="D1179" t="s">
         <v>10</v>
       </c>
       <c r="E1179" t="s">
         <v>11</v>
       </c>
       <c r="F1179" s="1" t="s">
-        <v>4131</v>
+        <v>4134</v>
       </c>
       <c r="G1179" t="s">
-        <v>4132</v>
+        <v>4135</v>
       </c>
     </row>
     <row r="1180" spans="1:7">
       <c r="A1180" t="s">
-        <v>4133</v>
+        <v>4136</v>
       </c>
       <c r="B1180" t="s">
-        <v>1067</v>
+        <v>1085</v>
       </c>
       <c r="C1180" t="s">
-        <v>4099</v>
+        <v>4078</v>
       </c>
       <c r="D1180" t="s">
         <v>10</v>
       </c>
       <c r="E1180" t="s">
         <v>11</v>
       </c>
       <c r="F1180" s="1" t="s">
-        <v>4134</v>
+        <v>4137</v>
       </c>
       <c r="G1180" t="s">
-        <v>4135</v>
+        <v>4138</v>
       </c>
     </row>
     <row r="1181" spans="1:7">
       <c r="A1181" t="s">
-        <v>4136</v>
+        <v>4139</v>
       </c>
       <c r="B1181" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="C1181" t="s">
-        <v>4137</v>
+        <v>4088</v>
       </c>
       <c r="D1181" t="s">
         <v>10</v>
       </c>
       <c r="E1181" t="s">
         <v>11</v>
       </c>
       <c r="F1181" s="1" t="s">
-        <v>4138</v>
+        <v>4140</v>
       </c>
       <c r="G1181" t="s">
-        <v>4139</v>
+        <v>4141</v>
       </c>
     </row>
     <row r="1182" spans="1:7">
       <c r="A1182" t="s">
-        <v>4140</v>
+        <v>4142</v>
       </c>
       <c r="B1182" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="C1182" t="s">
-        <v>4141</v>
+        <v>4091</v>
       </c>
       <c r="D1182" t="s">
         <v>10</v>
       </c>
       <c r="E1182" t="s">
         <v>11</v>
       </c>
       <c r="F1182" s="1" t="s">
-        <v>4142</v>
+        <v>4143</v>
       </c>
       <c r="G1182" t="s">
-        <v>4143</v>
+        <v>4144</v>
       </c>
     </row>
     <row r="1183" spans="1:7">
       <c r="A1183" t="s">
-        <v>4115</v>
+        <v>4145</v>
       </c>
       <c r="B1183" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="C1183" t="s">
-        <v>4144</v>
+        <v>4094</v>
       </c>
       <c r="D1183" t="s">
         <v>10</v>
       </c>
       <c r="E1183" t="s">
         <v>11</v>
       </c>
       <c r="F1183" s="1" t="s">
-        <v>4145</v>
+        <v>4146</v>
       </c>
       <c r="G1183" t="s">
-        <v>4146</v>
+        <v>4147</v>
       </c>
     </row>
     <row r="1184" spans="1:7">
       <c r="A1184" t="s">
-        <v>4147</v>
+        <v>4148</v>
       </c>
       <c r="B1184" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="C1184" t="s">
-        <v>4148</v>
+        <v>4100</v>
       </c>
       <c r="D1184" t="s">
         <v>10</v>
       </c>
       <c r="E1184" t="s">
         <v>11</v>
       </c>
       <c r="F1184" s="1" t="s">
         <v>4149</v>
       </c>
       <c r="G1184" t="s">
         <v>4150</v>
       </c>
     </row>
     <row r="1185" spans="1:7">
       <c r="A1185" t="s">
         <v>4151</v>
       </c>
       <c r="B1185" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="C1185" t="s">
-        <v>4096</v>
+        <v>4117</v>
       </c>
       <c r="D1185" t="s">
         <v>10</v>
       </c>
       <c r="E1185" t="s">
         <v>11</v>
       </c>
       <c r="F1185" s="1" t="s">
         <v>4152</v>
       </c>
       <c r="G1185" t="s">
         <v>4153</v>
       </c>
     </row>
     <row r="1186" spans="1:7">
       <c r="A1186" t="s">
         <v>4154</v>
       </c>
       <c r="B1186" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1186" t="s">
-        <v>4105</v>
+        <v>4155</v>
       </c>
       <c r="D1186" t="s">
         <v>10</v>
       </c>
       <c r="E1186" t="s">
         <v>11</v>
       </c>
       <c r="F1186" s="1" t="s">
-        <v>4155</v>
+        <v>4156</v>
       </c>
       <c r="G1186" t="s">
-        <v>4156</v>
+        <v>4157</v>
       </c>
     </row>
     <row r="1187" spans="1:7">
       <c r="A1187" t="s">
-        <v>4137</v>
+        <v>4158</v>
       </c>
       <c r="B1187" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1187" t="s">
-        <v>4108</v>
+        <v>4159</v>
       </c>
       <c r="D1187" t="s">
         <v>10</v>
       </c>
       <c r="E1187" t="s">
         <v>11</v>
       </c>
       <c r="F1187" s="1" t="s">
-        <v>4157</v>
+        <v>4160</v>
       </c>
       <c r="G1187" t="s">
-        <v>4158</v>
+        <v>4161</v>
       </c>
     </row>
     <row r="1188" spans="1:7">
       <c r="A1188" t="s">
-        <v>4159</v>
+        <v>4133</v>
       </c>
       <c r="B1188" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1188" t="s">
-        <v>4111</v>
+        <v>4162</v>
       </c>
       <c r="D1188" t="s">
         <v>10</v>
       </c>
       <c r="E1188" t="s">
         <v>11</v>
       </c>
       <c r="F1188" s="1" t="s">
-        <v>4160</v>
+        <v>4163</v>
       </c>
       <c r="G1188" t="s">
-        <v>4161</v>
+        <v>4164</v>
       </c>
     </row>
     <row r="1189" spans="1:7">
       <c r="A1189" t="s">
-        <v>4162</v>
+        <v>4165</v>
       </c>
       <c r="B1189" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1189" t="s">
-        <v>4114</v>
+        <v>4166</v>
       </c>
       <c r="D1189" t="s">
         <v>10</v>
       </c>
       <c r="E1189" t="s">
         <v>11</v>
       </c>
       <c r="F1189" s="1" t="s">
-        <v>4163</v>
+        <v>4167</v>
       </c>
       <c r="G1189" t="s">
-        <v>4164</v>
+        <v>4168</v>
       </c>
     </row>
     <row r="1190" spans="1:7">
       <c r="A1190" t="s">
-        <v>4165</v>
+        <v>4169</v>
       </c>
       <c r="B1190" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1190" t="s">
-        <v>4118</v>
+        <v>4114</v>
       </c>
       <c r="D1190" t="s">
         <v>10</v>
       </c>
       <c r="E1190" t="s">
         <v>11</v>
       </c>
       <c r="F1190" s="1" t="s">
-        <v>4166</v>
+        <v>4170</v>
       </c>
       <c r="G1190" t="s">
-        <v>4167</v>
+        <v>4171</v>
       </c>
     </row>
     <row r="1191" spans="1:7">
       <c r="A1191" t="s">
-        <v>4168</v>
+        <v>4172</v>
       </c>
       <c r="B1191" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1191" t="s">
-        <v>4121</v>
+        <v>4123</v>
       </c>
       <c r="D1191" t="s">
         <v>10</v>
       </c>
       <c r="E1191" t="s">
         <v>11</v>
       </c>
       <c r="F1191" s="1" t="s">
-        <v>4169</v>
+        <v>4173</v>
       </c>
       <c r="G1191" t="s">
-        <v>4170</v>
+        <v>4174</v>
       </c>
     </row>
     <row r="1192" spans="1:7">
       <c r="A1192" t="s">
-        <v>4171</v>
+        <v>4155</v>
       </c>
       <c r="B1192" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1192" t="s">
-        <v>4124</v>
+        <v>4126</v>
       </c>
       <c r="D1192" t="s">
         <v>10</v>
       </c>
       <c r="E1192" t="s">
         <v>11</v>
       </c>
       <c r="F1192" s="1" t="s">
-        <v>4172</v>
+        <v>4175</v>
       </c>
       <c r="G1192" t="s">
-        <v>4173</v>
+        <v>4176</v>
       </c>
     </row>
     <row r="1193" spans="1:7">
       <c r="A1193" t="s">
-        <v>4174</v>
+        <v>4177</v>
       </c>
       <c r="B1193" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1193" t="s">
-        <v>4127</v>
+        <v>4129</v>
       </c>
       <c r="D1193" t="s">
         <v>10</v>
       </c>
       <c r="E1193" t="s">
         <v>11</v>
       </c>
       <c r="F1193" s="1" t="s">
-        <v>4175</v>
+        <v>4178</v>
       </c>
       <c r="G1193" t="s">
-        <v>4158</v>
+        <v>4179</v>
       </c>
     </row>
     <row r="1194" spans="1:7">
       <c r="A1194" t="s">
-        <v>4141</v>
+        <v>4180</v>
       </c>
       <c r="B1194" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1194" t="s">
-        <v>4130</v>
+        <v>4132</v>
       </c>
       <c r="D1194" t="s">
         <v>10</v>
       </c>
       <c r="E1194" t="s">
         <v>11</v>
       </c>
       <c r="F1194" s="1" t="s">
-        <v>4176</v>
+        <v>4181</v>
       </c>
       <c r="G1194" t="s">
-        <v>4177</v>
+        <v>4182</v>
       </c>
     </row>
     <row r="1195" spans="1:7">
       <c r="A1195" t="s">
-        <v>4178</v>
+        <v>4183</v>
       </c>
       <c r="B1195" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1195" t="s">
-        <v>4133</v>
+        <v>4136</v>
       </c>
       <c r="D1195" t="s">
         <v>10</v>
       </c>
       <c r="E1195" t="s">
         <v>11</v>
       </c>
       <c r="F1195" s="1" t="s">
-        <v>4179</v>
+        <v>4184</v>
       </c>
       <c r="G1195" t="s">
-        <v>4180</v>
+        <v>4185</v>
       </c>
     </row>
     <row r="1196" spans="1:7">
       <c r="A1196" t="s">
-        <v>4144</v>
+        <v>4186</v>
       </c>
       <c r="B1196" t="s">
-        <v>1071</v>
+        <v>1089</v>
       </c>
       <c r="C1196" t="s">
-        <v>4136</v>
+        <v>4139</v>
       </c>
       <c r="D1196" t="s">
         <v>10</v>
       </c>
       <c r="E1196" t="s">
         <v>11</v>
       </c>
       <c r="F1196" s="1" t="s">
-        <v>4181</v>
+        <v>4187</v>
       </c>
       <c r="G1196" t="s">
-        <v>4182</v>
+        <v>4188</v>
       </c>
     </row>
     <row r="1197" spans="1:7">
       <c r="A1197" t="s">
+        <v>4189</v>
+      </c>
+      <c r="B1197" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1197" t="s">
+        <v>4142</v>
+      </c>
+      <c r="D1197" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1197" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1197" s="1" t="s">
+        <v>4190</v>
+      </c>
+      <c r="G1197" t="s">
+        <v>4191</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:7">
+      <c r="A1198" t="s">
+        <v>4192</v>
+      </c>
+      <c r="B1198" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1198" t="s">
+        <v>4145</v>
+      </c>
+      <c r="D1198" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1198" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1198" s="1" t="s">
+        <v>4193</v>
+      </c>
+      <c r="G1198" t="s">
+        <v>4176</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:7">
+      <c r="A1199" t="s">
+        <v>4159</v>
+      </c>
+      <c r="B1199" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1199" t="s">
         <v>4148</v>
       </c>
-      <c r="B1197" t="s">
-[...15 lines deleted...]
-        <v>4184</v>
+      <c r="D1199" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1199" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1199" s="1" t="s">
+        <v>4194</v>
+      </c>
+      <c r="G1199" t="s">
+        <v>4195</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:7">
+      <c r="A1200" t="s">
+        <v>4196</v>
+      </c>
+      <c r="B1200" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1200" t="s">
+        <v>4151</v>
+      </c>
+      <c r="D1200" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1200" s="1" t="s">
+        <v>4197</v>
+      </c>
+      <c r="G1200" t="s">
+        <v>4198</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:7">
+      <c r="A1201" t="s">
+        <v>4162</v>
+      </c>
+      <c r="B1201" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1201" t="s">
+        <v>4154</v>
+      </c>
+      <c r="D1201" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1201" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1201" s="1" t="s">
+        <v>4199</v>
+      </c>
+      <c r="G1201" t="s">
+        <v>4200</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:7">
+      <c r="A1202" t="s">
+        <v>4166</v>
+      </c>
+      <c r="B1202" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C1202" t="s">
+        <v>4158</v>
+      </c>
+      <c r="D1202" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1202" s="1" t="s">
+        <v>4201</v>
+      </c>
+      <c r="G1202" t="s">
+        <v>4202</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1"/>
     <hyperlink ref="F3" r:id="rId2"/>
     <hyperlink ref="F4" r:id="rId3"/>
     <hyperlink ref="F5" r:id="rId4"/>
     <hyperlink ref="F6" r:id="rId5"/>
     <hyperlink ref="F7" r:id="rId6"/>
     <hyperlink ref="F8" r:id="rId7"/>
     <hyperlink ref="F9" r:id="rId8"/>
     <hyperlink ref="F10" r:id="rId9"/>
     <hyperlink ref="F11" r:id="rId10"/>
     <hyperlink ref="F12" r:id="rId11"/>
     <hyperlink ref="F13" r:id="rId12"/>
     <hyperlink ref="F14" r:id="rId13"/>
     <hyperlink ref="F15" r:id="rId14"/>
     <hyperlink ref="F16" r:id="rId15"/>
     <hyperlink ref="F17" r:id="rId16"/>
     <hyperlink ref="F18" r:id="rId17"/>
     <hyperlink ref="F19" r:id="rId18"/>
     <hyperlink ref="F20" r:id="rId19"/>
     <hyperlink ref="F21" r:id="rId20"/>
     <hyperlink ref="F22" r:id="rId21"/>
@@ -41693,50 +41862,55 @@
     <hyperlink ref="F1173" r:id="rId1172"/>
     <hyperlink ref="F1174" r:id="rId1173"/>
     <hyperlink ref="F1175" r:id="rId1174"/>
     <hyperlink ref="F1176" r:id="rId1175"/>
     <hyperlink ref="F1177" r:id="rId1176"/>
     <hyperlink ref="F1178" r:id="rId1177"/>
     <hyperlink ref="F1179" r:id="rId1178"/>
     <hyperlink ref="F1180" r:id="rId1179"/>
     <hyperlink ref="F1181" r:id="rId1180"/>
     <hyperlink ref="F1182" r:id="rId1181"/>
     <hyperlink ref="F1183" r:id="rId1182"/>
     <hyperlink ref="F1184" r:id="rId1183"/>
     <hyperlink ref="F1185" r:id="rId1184"/>
     <hyperlink ref="F1186" r:id="rId1185"/>
     <hyperlink ref="F1187" r:id="rId1186"/>
     <hyperlink ref="F1188" r:id="rId1187"/>
     <hyperlink ref="F1189" r:id="rId1188"/>
     <hyperlink ref="F1190" r:id="rId1189"/>
     <hyperlink ref="F1191" r:id="rId1190"/>
     <hyperlink ref="F1192" r:id="rId1191"/>
     <hyperlink ref="F1193" r:id="rId1192"/>
     <hyperlink ref="F1194" r:id="rId1193"/>
     <hyperlink ref="F1195" r:id="rId1194"/>
     <hyperlink ref="F1196" r:id="rId1195"/>
     <hyperlink ref="F1197" r:id="rId1196"/>
+    <hyperlink ref="F1198" r:id="rId1197"/>
+    <hyperlink ref="F1199" r:id="rId1198"/>
+    <hyperlink ref="F1200" r:id="rId1199"/>
+    <hyperlink ref="F1201" r:id="rId1200"/>
+    <hyperlink ref="F1202" r:id="rId1201"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>