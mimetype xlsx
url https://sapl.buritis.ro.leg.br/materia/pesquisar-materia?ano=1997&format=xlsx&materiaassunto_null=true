--- v0 (2025-11-03)
+++ v1 (2026-02-08)
@@ -10,95 +10,473 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="141">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2198</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2198/indicacao_no_001-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Pelo Presidente, rogo ao Exmº. Sr. Presidente desta Egrégia Casa, ouvindo Douto Plenário, se digne enviar ao Exmº Prefeito Municipal, a indicação no sentido de agilizar procedimentos necessários para firmar Convênio com o MINISTÉRIO DA SAÚDE, AFIM DE OBter recursos indispensáveis a implantação do programa "LEITE E SAÚDE", neste município"</t>
+  </si>
+  <si>
+    <t>2168</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>Adair Ferreira de Souza</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2168/projeto_de_lei_no_001-1997-compactado.pdf</t>
+  </si>
+  <si>
+    <t>"Estima a Receita e Fixa a Despesa do Município de Buritis para o Exercício de 1997"</t>
+  </si>
+  <si>
+    <t>2169</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2169/projeto_de_lei_no_002-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação de cargos de confiança da Prefeitura Municipal de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2170</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2170/projeto_de_lei_no_003-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre concessão de diárias e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2171</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2171/projeto_de_lei_no_004-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o executivo municipal a proceder contratação de pessoal por excepcional interesse público e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2172</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2172/projeto_de_lei_no_005-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Cria o Conselho Municipal de Alimentação Escolar do Município de Buritis-RO, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2173</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2173/projeto_de_lei_no_006-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alteração da Lei Municipal nº 002/97, de 03 de Janeiro de 1.997, e dá outras Providências"</t>
+  </si>
+  <si>
+    <t>2174</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2174/projeto_de_lei_no_007-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Conselho Municipal de Saúde (C.M.S.) do Município de Buritis - RO., e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2175</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2175/projeto_de_lei_no_008-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Conselho Municipal de Ação Social e Trabalho - COMAST, Institui o fundo de ação social e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2176</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2176/projeto_de_lei_no_010-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o Código de Posturas e Obras do Município de Buritis - RO e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2177</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2177/projeto_de_lei_no_011-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alteração da Lei Municipal Nº 004/97 de 11.03.97, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2178</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2178/projeto_de_lei_no_013-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alteração da Lei Municipal Nº 002/97 de 03.01.97, e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2179</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2179/projeto_de_lei_no_015-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a Implantação de Associações e Cooperativas Urbanas e Rurais e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2180</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2180/projeto_de_lei_no_016-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre Treinamento dos Funcionários e Prestadores de Serviços do Município de Buritis-RO e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2181</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2181/projeto_de_lei_no_017-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre Intercâmbio entre a Prefeitura do Município de Buritis-RO e outras organizações e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2182</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2182/projeto_de_lei_no_018-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre Celebração de Convênios e Consórcios com Municípios, Estados e União e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2183</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2183/projeto_de_lei_no_019-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre alteração da Lei Municipal Nº 004/97 de 11 de março de 1997 e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2184</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2184/projeto_de_lei_no_020-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a contratação de auxiliar em laboratório, fiscal municipal, operador de trator-de-esteiras e operador de motoniveladora"</t>
+  </si>
+  <si>
+    <t>2185</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2185/projeto_de_lei_no_021-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre autorização ao poder executivo para dar publicidade de seus contratos e demais atos através de afixação em átrio municipal de grande acesso ao público"</t>
+  </si>
+  <si>
+    <t>2186</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2186/projeto_de_lei_no_022-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a Estrutura Adminitrativa do Município de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2187</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2187/projeto_de_lei_no_023-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Regime Jurídico Único dos Servidores Públicos Civis do Município de Buritis, das Autarquias e das Fundações Públicos Municipais"</t>
+  </si>
+  <si>
+    <t>2188</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2188/projeto_de_lei_no_024-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Plano de Carreiras, Cargos e Salários dos Servidores da Prefeitura Municipal de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2189</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2189/projeto_de_lei_no_025-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre a criação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério"</t>
+  </si>
+  <si>
     <t>2005</t>
   </si>
   <si>
-    <t>1997</t>
-[...1 lines deleted...]
-  <si>
     <t>26</t>
   </si>
   <si>
-    <t>PLO</t>
-[...4 lines deleted...]
-  <si>
     <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2005/scanner_20250910.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação e define o Plano de Carreira e Remuneração do Magistério do Município de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2190</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2190/projeto_de_lei_no_027-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Estabelece normas para a concessão, aplicação e comprovação de Suprimento de Fundos do Poder Executivo de Buritis"</t>
+  </si>
+  <si>
+    <t>2191</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2191/projeto_de_lei_no_028-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a adquirir peças e serviços, abastecer viaturas oficiais, máquinas e equipamentos pertencentes a Órgão Federal e Estadual, bem como fornecer alimentação e materiais de consumo e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2192</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2192/projeto_de_lei_no_029-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre as Diretrizes Orçamentárias para o ano de 1998 do Município de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2193</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2193/projeto_de_lei_no_030-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre o Plano Plurianual do Município de Buritis dos exercícios de 1998 a 2001 e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2194</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2194/projeto_de_lei_no_031-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre permissão ao Chefe do Executivo Municipal em participar junto a Mesa Diretora nas sessões da Câmara Municipal e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2195</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2195/projeto_de_lei_no_032-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a realizar despesas com Construção de Bases p/ instalação de Usina de energia em consonância com a CERON"</t>
+  </si>
+  <si>
+    <t>2196</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2196/projeto_de_lei_no_033-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Institui o Fundo Municipal de Saúde do Município de Buritis e dá outras providências"</t>
+  </si>
+  <si>
+    <t>2197</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2197/projeto_de_lei_no_035-1997.pdf</t>
+  </si>
+  <si>
+    <t>"Dispõe sobre reciclagem e treinamentos dos funcionários e prestadores de serviços do município de Buritis"</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -402,68 +780,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2005/scanner_20250910.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2198/indicacao_no_001-1997.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2168/projeto_de_lei_no_001-1997-compactado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2169/projeto_de_lei_no_002-1997.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2170/projeto_de_lei_no_003-1997.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2171/projeto_de_lei_no_004-1997.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2172/projeto_de_lei_no_005-1997.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2173/projeto_de_lei_no_006-1997.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2174/projeto_de_lei_no_007-1997.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2175/projeto_de_lei_no_008-1997.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2176/projeto_de_lei_no_010-1997.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2177/projeto_de_lei_no_011-1997.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2178/projeto_de_lei_no_013-1997.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2179/projeto_de_lei_no_015-1997.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2180/projeto_de_lei_no_016-1997.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2181/projeto_de_lei_no_017-1997.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2182/projeto_de_lei_no_018-1997.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2183/projeto_de_lei_no_019-1997.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2184/projeto_de_lei_no_020-1997.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2185/projeto_de_lei_no_021-1997.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2186/projeto_de_lei_no_022-1997.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2187/projeto_de_lei_no_023-1997.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2188/projeto_de_lei_no_024-1997.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2189/projeto_de_lei_no_025-1997.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2005/scanner_20250910.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2190/projeto_de_lei_no_027-1997.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2191/projeto_de_lei_no_028-1997.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2192/projeto_de_lei_no_029-1997.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2193/projeto_de_lei_no_030-1997.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2194/projeto_de_lei_no_031-1997.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2195/projeto_de_lei_no_032-1997.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2196/projeto_de_lei_no_033-1997.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.buritis.ro.leg.br/media/sapl/public/materialegislativa/1997/2197/projeto_de_lei_no_035-1997.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="118.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="21.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -471,53 +849,887 @@
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="H6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>46</v>
+      </c>
+      <c r="D10" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="H13" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" t="s">
+        <v>18</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>16</v>
+      </c>
+      <c r="E15" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="H15" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>70</v>
+      </c>
+      <c r="D16" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" t="s">
+        <v>17</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>71</v>
+      </c>
+      <c r="H16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>73</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="H17" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>77</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>16</v>
+      </c>
+      <c r="E18" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>82</v>
+      </c>
+      <c r="D19" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="H19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>16</v>
+      </c>
+      <c r="E20" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="H20" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D21" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="H21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>94</v>
+      </c>
+      <c r="D22" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>95</v>
+      </c>
+      <c r="H22" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="H23" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>102</v>
+      </c>
+      <c r="D24" t="s">
+        <v>16</v>
+      </c>
+      <c r="E24" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="H24" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>105</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>106</v>
+      </c>
+      <c r="D25" t="s">
+        <v>16</v>
+      </c>
+      <c r="E25" t="s">
+        <v>17</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="H25" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>109</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>110</v>
+      </c>
+      <c r="D26" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" t="s">
+        <v>17</v>
+      </c>
+      <c r="F26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="H26" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>113</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" t="s">
+        <v>16</v>
+      </c>
+      <c r="E27" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="H27" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>118</v>
+      </c>
+      <c r="D28" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="H28" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>121</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>122</v>
+      </c>
+      <c r="D29" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" t="s">
+        <v>17</v>
+      </c>
+      <c r="F29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>125</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>126</v>
+      </c>
+      <c r="D30" t="s">
+        <v>16</v>
+      </c>
+      <c r="E30" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H30" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>130</v>
+      </c>
+      <c r="D31" t="s">
+        <v>16</v>
+      </c>
+      <c r="E31" t="s">
+        <v>17</v>
+      </c>
+      <c r="F31" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H31" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>133</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>134</v>
+      </c>
+      <c r="D32" t="s">
+        <v>16</v>
+      </c>
+      <c r="E32" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H32" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>137</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" t="s">
+        <v>16</v>
+      </c>
+      <c r="E33" t="s">
+        <v>17</v>
+      </c>
+      <c r="F33" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="H33" t="s">
+        <v>140</v>
+      </c>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
+    <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>